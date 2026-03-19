--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -1,765 +1,1394 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\Local 2021-2022\County\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\ADA Project\Reports Requiring ADA Remediation\LG04 Assessibility Conversion\3. ADA Compliant\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5580AECD-FDC1-43AD-A6DF-FAFDC35D30E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20700" windowHeight="9990"/>
+    <workbookView xWindow="-28910" yWindow="-3200" windowWidth="29020" windowHeight="15700" xr2:uid="{BD62EC50-D24C-4951-841D-E1ABB406AD9D}"/>
   </bookViews>
   <sheets>
-    <sheet name="LG04 21-22" sheetId="1" r:id="rId1"/>
+    <sheet name="Valuation" sheetId="1" r:id="rId1"/>
+    <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'LG04 21-22'!$A$1:$I$134</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'LG04 21-22'!$3:$7</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Valuation!$A$1:$I$103</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Valuation!$2:$2</definedName>
   </definedNames>
-  <calcPr calcId="162913" calcOnSave="0"/>
+  <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="125">
-[...373 lines deleted...]
-    <t>(919) 814-1129</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="119">
+  <si>
+    <t>Percent Total Levy is of Valuation</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alamance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexander </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alleghany </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beaufort </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bertie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bladen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brunswick </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Buncombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Burke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cabarrus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caldwell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camden </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carteret </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caswell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catawba </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chatham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cherokee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cleveland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Columbus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Craven </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cumberland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Currituck </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dare </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davidson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duplin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edgecombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Forsyth </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franklin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Granville </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guilford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halifax </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harnett </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haywood </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henderson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hertford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyde </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iredell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jackson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jones </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lenoir </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Madison </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mcdowell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mecklenburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitchell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montgomery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nash </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Hanover </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northampton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Onslow </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamlico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pasquotank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pender </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perquimans </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Person </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pitt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polk </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Randolph </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richmond </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robeson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockingham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rutherford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scotland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stanly </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stokes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surry </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swain </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transylvania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrrell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wake </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warren </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Washington </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watauga </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wayne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilkes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yadkin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yancey </t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>Note Number</t>
+  </si>
+  <si>
+    <t>Note Text</t>
+  </si>
+  <si>
+    <t>North Carolina Department of Revenue, Local Government Division, 919-814-1129</t>
+  </si>
+  <si>
+    <t>End of worksheet</t>
+  </si>
+  <si>
+    <t>Counties 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Assessed Valuation</t>
+  </si>
+  <si>
+    <t>County-Wide Levies</t>
+  </si>
+  <si>
+    <t>School District Levies</t>
+  </si>
+  <si>
+    <t>County Special  District Levies</t>
+  </si>
+  <si>
+    <t>Municipal District Levies</t>
+  </si>
+  <si>
+    <t>Municipal District Special Levies</t>
+  </si>
+  <si>
+    <t>Property Tax Levies For all Jurisdictions District Special Levies</t>
+  </si>
+  <si>
+    <t>End of worksheet [Note 2]</t>
+  </si>
+  <si>
+    <t>LG04 TOTAL PROPERTY TAXES LEVIED BY ALL LOCAL JURISDICTIONS BY COUNTY FOR FISCAL YEAR 2021-2022</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>This report was prepared from information furnished by the counties and municipalities on the 2022 TR-1 and TR-1 Reports of Valuation and Property Tax Levies submitted to the Local Government Division, North Carolina Department of Revenue.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="3">
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="#.00"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...2 lines deleted...]
-      <bottom style="medium">
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...2 lines deleted...]
-      <right style="medium">
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...21 lines deleted...]
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right/>
+      <top style="thin">
         <color indexed="64"/>
-      </right>
-      <top/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="hair">
+        <color auto="1"/>
+      </left>
+      <right style="hair">
+        <color auto="1"/>
+      </right>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color theme="1"/>
       </left>
-      <right style="medium">
-        <color indexed="64"/>
+      <right style="thin">
+        <color theme="1"/>
       </right>
-      <top/>
-[...1 lines deleted...]
-        <color indexed="64"/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom style="thin">
+        <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="7" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="8" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="7" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="7" xfId="3" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="3"/>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="7" xfId="3" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="3" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="9">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 1 2" xfId="4" xr:uid="{E26E7452-E792-4B3C-A7AB-A4C5799AE49B}"/>
+    <cellStyle name="Heading 2" xfId="7" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 2 2" xfId="5" xr:uid="{A2F62A5F-CED2-4BF1-B61C-FC5F7884E0EE}"/>
+    <cellStyle name="Heading 3" xfId="8" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Heading 3 2" xfId="6" xr:uid="{EB7D4169-15CC-450F-8329-E0602F95EA55}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Total" xfId="3" builtinId="25" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="19">
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <color auto="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="#.00"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{70D6614F-E132-4007-A8B7-CEB339649389}" name="Values" displayName="Values" ref="A2:I103" totalsRowShown="0" headerRowDxfId="18" dataDxfId="17" tableBorderDxfId="16" totalsRowBorderDxfId="15" headerRowCellStyle="Heading 2" dataCellStyle="Comma">
+  <tableColumns count="9">
+    <tableColumn id="1" xr3:uid="{B3E718FB-F32E-42A4-BA82-BC2F2504DD4C}" name="Counties _x000a_[Note 1]" dataDxfId="14"/>
+    <tableColumn id="2" xr3:uid="{7AFD4CCA-92AD-436D-934B-8EAA1A753A03}" name="Assessed Valuation" dataDxfId="13" dataCellStyle="Comma"/>
+    <tableColumn id="3" xr3:uid="{F07C8033-FBCB-49A1-9ECF-E75EF92D5538}" name="County-Wide Levies" dataDxfId="12" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{9B688197-AA50-46AD-B097-DAF7816AA926}" name="School District Levies" dataDxfId="11" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{722DA307-9A2E-406D-943B-7CBBF84974CC}" name="County Special  District Levies" dataDxfId="10" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{8318CEF5-6F6F-42E1-B26E-AF39E47E75B0}" name="Municipal District Levies" dataDxfId="9" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{0093AF87-7DB9-44E7-BEDD-3B22AD34FC36}" name="Municipal District Special Levies" dataDxfId="8" dataCellStyle="Comma"/>
+    <tableColumn id="8" xr3:uid="{77F70764-F35D-40D2-9626-5361DECA0684}" name="Property Tax Levies For all Jurisdictions District Special Levies" dataDxfId="7" dataCellStyle="Comma"/>
+    <tableColumn id="9" xr3:uid="{F4D79A82-D7C2-45ED-B4D7-163767A40855}" name="Percent Total Levy is of Valuation" dataDxfId="6"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{66477E5A-AD16-4CB5-B5B4-6E0ED8A3A5B7}" name="Notes" displayName="Notes" ref="A3:B5" totalsRowShown="0" headerRowDxfId="5" dataDxfId="4" tableBorderDxfId="3" totalsRowBorderDxfId="2" headerRowCellStyle="Heading 3">
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{A95FAABF-B931-43D3-9AE3-EF6CE58AF161}" name="Note Number" dataDxfId="1"/>
+    <tableColumn id="2" xr3:uid="{88547040-C0D4-4DFC-8B22-B93FC8F0B9E3}" name="Note Text" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -857,3441 +1486,3302 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J134"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{438CA24F-FE1E-44B0-9D5A-DE2CDED3B683}">
+  <dimension ref="A1:J116"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="18.7109375" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="9.140625" style="1"/>
+    <col min="1" max="2" width="19.90625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="18.26953125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="13.1796875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="14.6328125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="15.453125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="15" style="1" customWidth="1"/>
+    <col min="8" max="8" width="22.36328125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="17.26953125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="A2" s="20" t="s">
+    <row r="1" spans="1:10" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="B1" s="11"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+    </row>
+    <row r="2" spans="1:10" ht="52" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="B2" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C2" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="D2" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E2" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F2" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="G2" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="H2" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="I2" s="18" t="s">
+        <v>0</v>
+      </c>
+      <c r="J2" s="2"/>
+    </row>
+    <row r="3" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A3" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="10">
+        <v>15609319816</v>
+      </c>
+      <c r="C3" s="10">
+        <v>103248116</v>
+      </c>
+      <c r="D3" s="10">
+        <v>0</v>
+      </c>
+      <c r="E3" s="10">
+        <v>6425268</v>
+      </c>
+      <c r="F3" s="10">
+        <v>53694023</v>
+      </c>
+      <c r="G3" s="10">
+        <v>139281</v>
+      </c>
+      <c r="H3" s="19">
+        <v>163506688</v>
+      </c>
+      <c r="I3" s="23">
+        <v>1.05</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A4" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="10">
+        <v>2809567758</v>
+      </c>
+      <c r="C4" s="10">
+        <v>22215705</v>
+      </c>
+      <c r="D4" s="10">
+        <v>0</v>
+      </c>
+      <c r="E4" s="10">
+        <v>1422847</v>
+      </c>
+      <c r="F4" s="10">
+        <v>786128</v>
+      </c>
+      <c r="G4" s="10">
+        <v>0</v>
+      </c>
+      <c r="H4" s="19">
+        <v>24424680</v>
+      </c>
+      <c r="I4" s="23">
+        <v>0.87</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A5" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="10">
+        <v>1955820467</v>
+      </c>
+      <c r="C5" s="10">
+        <v>11681990</v>
+      </c>
+      <c r="D5" s="10">
+        <v>0</v>
+      </c>
+      <c r="E5" s="10">
+        <v>878400</v>
+      </c>
+      <c r="F5" s="10">
+        <v>683077</v>
+      </c>
+      <c r="G5" s="10">
+        <v>0</v>
+      </c>
+      <c r="H5" s="19">
+        <v>13243467</v>
+      </c>
+      <c r="I5" s="23">
+        <v>0.68</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A6" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="10">
+        <v>2164866084</v>
+      </c>
+      <c r="C6" s="10">
+        <v>16837552</v>
+      </c>
+      <c r="D6" s="10">
+        <v>0</v>
+      </c>
+      <c r="E6" s="10">
+        <v>1589422</v>
+      </c>
+      <c r="F6" s="10">
+        <v>2508209</v>
+      </c>
+      <c r="G6" s="10">
+        <v>0</v>
+      </c>
+      <c r="H6" s="19">
+        <v>20935183</v>
+      </c>
+      <c r="I6" s="23">
+        <v>0.97</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A7" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="10">
+        <v>4222501716</v>
+      </c>
+      <c r="C7" s="10">
+        <v>21377410</v>
+      </c>
+      <c r="D7" s="10">
+        <v>0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>1873920</v>
+      </c>
+      <c r="F7" s="10">
+        <v>2151849</v>
+      </c>
+      <c r="G7" s="10">
+        <v>0</v>
+      </c>
+      <c r="H7" s="19">
+        <v>25403179</v>
+      </c>
+      <c r="I7" s="23">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A8" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="10">
+        <v>4284448439</v>
+      </c>
+      <c r="C8" s="10">
+        <v>23569584</v>
+      </c>
+      <c r="D8" s="10">
+        <v>0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>3944364</v>
+      </c>
+      <c r="G8" s="10">
+        <v>0</v>
+      </c>
+      <c r="H8" s="19">
+        <v>27513948</v>
+      </c>
+      <c r="I8" s="23">
+        <v>0.64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A9" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" s="10">
+        <v>6100987209</v>
+      </c>
+      <c r="C9" s="10">
+        <v>38199202</v>
+      </c>
+      <c r="D9" s="10">
+        <v>0</v>
+      </c>
+      <c r="E9" s="10">
+        <v>3800637</v>
+      </c>
+      <c r="F9" s="10">
+        <v>6435974</v>
+      </c>
+      <c r="G9" s="10">
+        <v>0</v>
+      </c>
+      <c r="H9" s="19">
+        <v>48435813</v>
+      </c>
+      <c r="I9" s="23">
+        <v>0.79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A10" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B10" s="10">
+        <v>1415350477</v>
+      </c>
+      <c r="C10" s="10">
+        <v>12259651</v>
+      </c>
+      <c r="D10" s="10">
+        <v>0</v>
+      </c>
+      <c r="E10" s="10">
+        <v>0</v>
+      </c>
+      <c r="F10" s="10">
+        <v>780460</v>
+      </c>
+      <c r="G10" s="10">
+        <v>0</v>
+      </c>
+      <c r="H10" s="19">
+        <v>13040111</v>
+      </c>
+      <c r="I10" s="23">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A11" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="10">
+        <v>3087154955</v>
+      </c>
+      <c r="C11" s="10">
+        <v>25335726</v>
+      </c>
+      <c r="D11" s="10">
+        <v>0</v>
+      </c>
+      <c r="E11" s="10">
+        <v>1451662</v>
+      </c>
+      <c r="F11" s="10">
+        <v>3714907</v>
+      </c>
+      <c r="G11" s="10">
+        <v>37942</v>
+      </c>
+      <c r="H11" s="19">
+        <v>30540237</v>
+      </c>
+      <c r="I11" s="23">
+        <v>0.99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A12" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" s="10">
+        <v>31383828920</v>
+      </c>
+      <c r="C12" s="10">
+        <v>152272355</v>
+      </c>
+      <c r="D12" s="10">
+        <v>0</v>
+      </c>
+      <c r="E12" s="10">
+        <v>3470970</v>
+      </c>
+      <c r="F12" s="10">
+        <v>47519213</v>
+      </c>
+      <c r="G12" s="10">
+        <v>444870</v>
+      </c>
+      <c r="H12" s="19">
+        <v>203707408</v>
+      </c>
+      <c r="I12" s="23">
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A13" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B13" s="10">
+        <v>48128555892</v>
+      </c>
+      <c r="C13" s="10">
+        <v>235791097</v>
+      </c>
+      <c r="D13" s="10">
+        <v>11251379</v>
+      </c>
+      <c r="E13" s="10">
+        <v>30177368</v>
+      </c>
+      <c r="F13" s="10">
+        <v>96925299</v>
+      </c>
+      <c r="G13" s="10">
+        <v>0</v>
+      </c>
+      <c r="H13" s="19">
+        <v>374145143</v>
+      </c>
+      <c r="I13" s="23">
+        <v>0.78</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A14" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" s="10">
+        <v>7570780134</v>
+      </c>
+      <c r="C14" s="10">
+        <v>52647243</v>
+      </c>
+      <c r="D14" s="10">
+        <v>0</v>
+      </c>
+      <c r="E14" s="10">
+        <v>4643281</v>
+      </c>
+      <c r="F14" s="10">
+        <v>15201567</v>
+      </c>
+      <c r="G14" s="10">
+        <v>141279</v>
+      </c>
+      <c r="H14" s="19">
+        <v>72633370</v>
+      </c>
+      <c r="I14" s="23">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A15" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B15" s="10">
+        <v>29803342743</v>
+      </c>
+      <c r="C15" s="10">
+        <v>220724947</v>
+      </c>
+      <c r="D15" s="10">
+        <v>0</v>
+      </c>
+      <c r="E15" s="10">
+        <v>5552051</v>
+      </c>
+      <c r="F15" s="10">
+        <v>114923149</v>
+      </c>
+      <c r="G15" s="10">
+        <v>144311</v>
+      </c>
+      <c r="H15" s="19">
+        <v>341344458</v>
+      </c>
+      <c r="I15" s="23">
+        <v>1.1499999999999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="15" x14ac:dyDescent="0.35">
+      <c r="A16" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B16" s="10">
+        <v>8387090349</v>
+      </c>
+      <c r="C16" s="10">
+        <v>52838669</v>
+      </c>
+      <c r="D16" s="10">
+        <v>0</v>
+      </c>
+      <c r="E16" s="10">
+        <v>5344309</v>
+      </c>
+      <c r="F16" s="10">
+        <v>23056739</v>
+      </c>
+      <c r="G16" s="10">
+        <v>277566</v>
+      </c>
+      <c r="H16" s="19">
+        <v>81517283</v>
+      </c>
+      <c r="I16" s="23">
+        <v>0.97</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A17" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="10">
+        <v>1225250730</v>
+      </c>
+      <c r="C17" s="10">
+        <v>10536105</v>
+      </c>
+      <c r="D17" s="10">
+        <v>0</v>
+      </c>
+      <c r="E17" s="10">
+        <v>107847</v>
+      </c>
+      <c r="F17" s="10">
+        <v>63907</v>
+      </c>
+      <c r="G17" s="10">
+        <v>0</v>
+      </c>
+      <c r="H17" s="19">
+        <v>10707859</v>
+      </c>
+      <c r="I17" s="23">
+        <v>0.87</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="10">
+        <v>16764756215</v>
+      </c>
+      <c r="C18" s="10">
+        <v>55345082</v>
+      </c>
+      <c r="D18" s="10">
+        <v>0</v>
+      </c>
+      <c r="E18" s="10">
+        <v>8204553</v>
+      </c>
+      <c r="F18" s="10">
+        <v>29550039</v>
+      </c>
+      <c r="G18" s="10">
+        <v>744622</v>
+      </c>
+      <c r="H18" s="19">
+        <v>93844296</v>
+      </c>
+      <c r="I18" s="23">
+        <v>0.56000000000000005</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A19" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="10">
+        <v>1757693235</v>
+      </c>
+      <c r="C19" s="10">
+        <v>13004608</v>
+      </c>
+      <c r="D19" s="10">
+        <v>0</v>
+      </c>
+      <c r="E19" s="10">
+        <v>585523</v>
+      </c>
+      <c r="F19" s="10">
+        <v>385135</v>
+      </c>
+      <c r="G19" s="10">
+        <v>0</v>
+      </c>
+      <c r="H19" s="19">
+        <v>13975266</v>
+      </c>
+      <c r="I19" s="23">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A20" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B20" s="10">
+        <v>19431026556</v>
+      </c>
+      <c r="C20" s="10">
+        <v>111803179</v>
+      </c>
+      <c r="D20" s="10">
+        <v>0</v>
+      </c>
+      <c r="E20" s="10">
+        <v>9444810</v>
+      </c>
+      <c r="F20" s="10">
+        <v>58184468</v>
+      </c>
+      <c r="G20" s="10">
+        <v>0</v>
+      </c>
+      <c r="H20" s="19">
+        <v>179432457</v>
+      </c>
+      <c r="I20" s="23">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A21" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" s="10">
+        <v>13836716022</v>
+      </c>
+      <c r="C21" s="10">
+        <v>92098580</v>
+      </c>
+      <c r="D21" s="10">
+        <v>0</v>
+      </c>
+      <c r="E21" s="10">
+        <v>12555344</v>
+      </c>
+      <c r="F21" s="10">
+        <v>10477765</v>
+      </c>
+      <c r="G21" s="10">
+        <v>0</v>
+      </c>
+      <c r="H21" s="19">
+        <v>115131689</v>
+      </c>
+      <c r="I21" s="23">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A22" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="10">
+        <v>3852993916</v>
+      </c>
+      <c r="C22" s="10">
+        <v>19182648</v>
+      </c>
+      <c r="D22" s="10">
+        <v>0</v>
+      </c>
+      <c r="E22" s="10">
+        <v>2100621</v>
+      </c>
+      <c r="F22" s="10">
+        <v>1710536</v>
+      </c>
+      <c r="G22" s="10">
+        <v>0</v>
+      </c>
+      <c r="H22" s="19">
+        <v>22993805</v>
+      </c>
+      <c r="I22" s="23">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A23" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B23" s="10">
+        <v>1546312772</v>
+      </c>
+      <c r="C23" s="10">
+        <v>11674662</v>
+      </c>
+      <c r="D23" s="10">
+        <v>0</v>
+      </c>
+      <c r="E23" s="10">
+        <v>737581</v>
+      </c>
+      <c r="F23" s="10">
+        <v>2194947</v>
+      </c>
+      <c r="G23" s="10">
+        <v>0</v>
+      </c>
+      <c r="H23" s="19">
+        <v>14607190</v>
+      </c>
+      <c r="I23" s="23">
+        <v>0.94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A24" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24" s="10">
+        <v>2068316496</v>
+      </c>
+      <c r="C24" s="10">
+        <v>8896560</v>
+      </c>
+      <c r="D24" s="10">
+        <v>0</v>
+      </c>
+      <c r="E24" s="10">
+        <v>664711</v>
+      </c>
+      <c r="F24" s="10">
+        <v>115117</v>
+      </c>
+      <c r="G24" s="10">
+        <v>0</v>
+      </c>
+      <c r="H24" s="19">
+        <v>9676388</v>
+      </c>
+      <c r="I24" s="23">
+        <v>0.47</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A25" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" s="10">
+        <v>10516861346</v>
+      </c>
+      <c r="C25" s="10">
+        <v>72583448</v>
+      </c>
+      <c r="D25" s="10">
+        <v>0</v>
+      </c>
+      <c r="E25" s="10">
+        <v>5686381</v>
+      </c>
+      <c r="F25" s="10">
+        <v>22732564</v>
+      </c>
+      <c r="G25" s="10">
+        <v>170702</v>
+      </c>
+      <c r="H25" s="19">
+        <v>101173095</v>
+      </c>
+      <c r="I25" s="23">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A26" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B26" s="10">
+        <v>4292566343</v>
+      </c>
+      <c r="C26" s="10">
+        <v>34592418</v>
+      </c>
+      <c r="D26" s="10">
+        <v>0</v>
+      </c>
+      <c r="E26" s="10">
+        <v>2582174</v>
+      </c>
+      <c r="F26" s="10">
+        <v>5405091</v>
+      </c>
+      <c r="G26" s="10">
+        <v>27582</v>
+      </c>
+      <c r="H26" s="19">
+        <v>42607265</v>
+      </c>
+      <c r="I26" s="23">
+        <v>0.99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A27" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B27" s="10">
+        <v>10249175175</v>
+      </c>
+      <c r="C27" s="10">
+        <v>57344933</v>
+      </c>
+      <c r="D27" s="10">
+        <v>0</v>
+      </c>
+      <c r="E27" s="10">
+        <v>2437138</v>
+      </c>
+      <c r="F27" s="10">
+        <v>24786515</v>
+      </c>
+      <c r="G27" s="10">
+        <v>196932</v>
+      </c>
+      <c r="H27" s="19">
+        <v>84765518</v>
+      </c>
+      <c r="I27" s="23">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A28" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B28" s="10">
+        <v>24340570609</v>
+      </c>
+      <c r="C28" s="10">
+        <v>194694951</v>
+      </c>
+      <c r="D28" s="10">
+        <v>0</v>
+      </c>
+      <c r="E28" s="10">
+        <v>15390174</v>
+      </c>
+      <c r="F28" s="10">
+        <v>82738510</v>
+      </c>
+      <c r="G28" s="10">
+        <v>150820</v>
+      </c>
+      <c r="H28" s="19">
+        <v>292974455</v>
+      </c>
+      <c r="I28" s="23">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A29" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B29" s="10">
+        <v>8105336294</v>
+      </c>
+      <c r="C29" s="10">
+        <v>37362689</v>
+      </c>
+      <c r="D29" s="10">
+        <v>0</v>
+      </c>
+      <c r="E29" s="10">
+        <v>3996774</v>
+      </c>
+      <c r="F29" s="10">
+        <v>0</v>
+      </c>
+      <c r="G29" s="10">
+        <v>0</v>
+      </c>
+      <c r="H29" s="19">
+        <v>41359463</v>
+      </c>
+      <c r="I29" s="23">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A30" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B30" s="10">
+        <v>17043820855</v>
+      </c>
+      <c r="C30" s="10">
+        <v>68279056</v>
+      </c>
+      <c r="D30" s="10">
+        <v>0</v>
+      </c>
+      <c r="E30" s="10">
+        <v>9886387</v>
+      </c>
+      <c r="F30" s="10">
+        <v>33412110</v>
+      </c>
+      <c r="G30" s="10">
+        <v>4046492</v>
+      </c>
+      <c r="H30" s="19">
+        <v>115624045</v>
+      </c>
+      <c r="I30" s="23">
+        <v>0.68</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A31" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B31" s="10">
+        <v>17546237233</v>
+      </c>
+      <c r="C31" s="10">
+        <v>94823448</v>
+      </c>
+      <c r="D31" s="10">
+        <v>1860954</v>
+      </c>
+      <c r="E31" s="10">
+        <v>12497699</v>
+      </c>
+      <c r="F31" s="10">
+        <v>29731097</v>
+      </c>
+      <c r="G31" s="10">
+        <v>1886256</v>
+      </c>
+      <c r="H31" s="19">
+        <v>140799454</v>
+      </c>
+      <c r="I31" s="23">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A32" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B32" s="10">
+        <v>5321667549</v>
+      </c>
+      <c r="C32" s="10">
+        <v>39056062</v>
+      </c>
+      <c r="D32" s="10">
+        <v>0</v>
+      </c>
+      <c r="E32" s="10">
+        <v>2333327</v>
+      </c>
+      <c r="F32" s="10">
+        <v>4307842</v>
+      </c>
+      <c r="G32" s="10">
+        <v>0</v>
+      </c>
+      <c r="H32" s="19">
+        <v>45697231</v>
+      </c>
+      <c r="I32" s="23">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A33" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B33" s="10">
+        <v>4709601451</v>
+      </c>
+      <c r="C33" s="10">
+        <v>34642910</v>
+      </c>
+      <c r="D33" s="10">
+        <v>0</v>
+      </c>
+      <c r="E33" s="10">
+        <v>1988991</v>
+      </c>
+      <c r="F33" s="10">
+        <v>5153160</v>
+      </c>
+      <c r="G33" s="10">
+        <v>0</v>
+      </c>
+      <c r="H33" s="19">
+        <v>41785061</v>
+      </c>
+      <c r="I33" s="23">
+        <v>0.89</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A34" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B34" s="10">
+        <v>47067145997</v>
+      </c>
+      <c r="C34" s="10">
+        <v>339914661</v>
+      </c>
+      <c r="D34" s="10">
+        <v>0</v>
+      </c>
+      <c r="E34" s="10">
+        <v>11373706</v>
+      </c>
+      <c r="F34" s="10">
+        <v>217486810</v>
+      </c>
+      <c r="G34" s="10">
+        <v>1221093</v>
+      </c>
+      <c r="H34" s="19">
+        <v>569996270</v>
+      </c>
+      <c r="I34" s="23">
+        <v>1.21</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A35" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B35" s="10">
+        <v>3509162975</v>
+      </c>
+      <c r="C35" s="10">
+        <v>33375093</v>
+      </c>
+      <c r="D35" s="10">
+        <v>0</v>
+      </c>
+      <c r="E35" s="10">
+        <v>1515811</v>
+      </c>
+      <c r="F35" s="10">
+        <v>9106583</v>
+      </c>
+      <c r="G35" s="10">
+        <v>0</v>
+      </c>
+      <c r="H35" s="19">
+        <v>43997487</v>
+      </c>
+      <c r="I35" s="23">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A36" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B36" s="10">
+        <v>43091786266</v>
+      </c>
+      <c r="C36" s="10">
+        <v>292076128</v>
+      </c>
+      <c r="D36" s="10">
+        <v>0</v>
+      </c>
+      <c r="E36" s="10">
+        <v>10948741</v>
+      </c>
+      <c r="F36" s="10">
+        <v>191830451</v>
+      </c>
+      <c r="G36" s="10">
+        <v>673613</v>
+      </c>
+      <c r="H36" s="19">
+        <v>495528933</v>
+      </c>
+      <c r="I36" s="23">
+        <v>1.1499999999999999</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A37" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B37" s="10">
+        <v>6683577281</v>
+      </c>
+      <c r="C37" s="10">
+        <v>53254590</v>
+      </c>
+      <c r="D37" s="10">
+        <v>0</v>
+      </c>
+      <c r="E37" s="10">
+        <v>5190124</v>
+      </c>
+      <c r="F37" s="10">
+        <v>5544314</v>
+      </c>
+      <c r="G37" s="10">
+        <v>0</v>
+      </c>
+      <c r="H37" s="19">
+        <v>63989028</v>
+      </c>
+      <c r="I37" s="23">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A38" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B38" s="10">
+        <v>21118753121</v>
+      </c>
+      <c r="C38" s="10">
+        <v>175478417</v>
+      </c>
+      <c r="D38" s="10">
+        <v>0</v>
+      </c>
+      <c r="E38" s="10">
+        <v>6332966</v>
+      </c>
+      <c r="F38" s="10">
+        <v>73122569</v>
+      </c>
+      <c r="G38" s="10">
+        <v>176854</v>
+      </c>
+      <c r="H38" s="19">
+        <v>255110806</v>
+      </c>
+      <c r="I38" s="23">
+        <v>1.21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A39" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B39" s="10">
+        <v>974357004</v>
+      </c>
+      <c r="C39" s="10">
+        <v>7703922</v>
+      </c>
+      <c r="D39" s="10">
+        <v>0</v>
+      </c>
+      <c r="E39" s="10">
+        <v>0</v>
+      </c>
+      <c r="F39" s="10">
+        <v>64103</v>
+      </c>
+      <c r="G39" s="10">
+        <v>0</v>
+      </c>
+      <c r="H39" s="19">
+        <v>7768025</v>
+      </c>
+      <c r="I39" s="23">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A40" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B40" s="10">
+        <v>1199358361</v>
+      </c>
+      <c r="C40" s="10">
+        <v>7799979</v>
+      </c>
+      <c r="D40" s="10">
+        <v>0</v>
+      </c>
+      <c r="E40" s="10">
+        <v>0</v>
+      </c>
+      <c r="F40" s="10">
+        <v>573731</v>
+      </c>
+      <c r="G40" s="10">
+        <v>0</v>
+      </c>
+      <c r="H40" s="19">
+        <v>8373710</v>
+      </c>
+      <c r="I40" s="23">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A41" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B41" s="10">
+        <v>5257557002</v>
+      </c>
+      <c r="C41" s="10">
+        <v>44214080</v>
+      </c>
+      <c r="D41" s="10">
+        <v>0</v>
+      </c>
+      <c r="E41" s="10">
+        <v>0</v>
+      </c>
+      <c r="F41" s="10">
+        <v>9068020</v>
+      </c>
+      <c r="G41" s="10">
+        <v>57518</v>
+      </c>
+      <c r="H41" s="19">
+        <v>53339618</v>
+      </c>
+      <c r="I41" s="23">
+        <v>1.01</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A42" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B42" s="10">
+        <v>1273100691</v>
+      </c>
+      <c r="C42" s="10">
+        <v>10016933</v>
+      </c>
+      <c r="D42" s="10">
+        <v>0</v>
+      </c>
+      <c r="E42" s="10">
+        <v>992623</v>
+      </c>
+      <c r="F42" s="10">
+        <v>587932</v>
+      </c>
+      <c r="G42" s="10">
+        <v>0</v>
+      </c>
+      <c r="H42" s="19">
+        <v>11597488</v>
+      </c>
+      <c r="I42" s="23">
+        <v>0.91</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A43" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B43" s="10">
+        <v>55175272525</v>
+      </c>
+      <c r="C43" s="10">
+        <v>403055366</v>
+      </c>
+      <c r="D43" s="10">
+        <v>0</v>
+      </c>
+      <c r="E43" s="10">
+        <v>19971791</v>
+      </c>
+      <c r="F43" s="10">
+        <v>272492074</v>
+      </c>
+      <c r="G43" s="10">
+        <v>1006124</v>
+      </c>
+      <c r="H43" s="19">
+        <v>696525355</v>
+      </c>
+      <c r="I43" s="23">
+        <v>1.26</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A44" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B44" s="10">
+        <v>4111783760</v>
+      </c>
+      <c r="C44" s="10">
+        <v>31274199</v>
+      </c>
+      <c r="D44" s="10">
+        <v>3855211</v>
+      </c>
+      <c r="E44" s="10">
+        <v>1599581</v>
+      </c>
+      <c r="F44" s="10">
+        <v>11063656</v>
+      </c>
+      <c r="G44" s="10">
+        <v>1833310</v>
+      </c>
+      <c r="H44" s="19">
+        <v>49625957</v>
+      </c>
+      <c r="I44" s="23">
+        <v>1.21</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A45" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B45" s="10">
+        <v>9703303303</v>
+      </c>
+      <c r="C45" s="10">
+        <v>72859604</v>
+      </c>
+      <c r="D45" s="10">
+        <v>263056</v>
+      </c>
+      <c r="E45" s="10">
+        <v>9199139</v>
+      </c>
+      <c r="F45" s="10">
+        <v>10511951</v>
+      </c>
+      <c r="G45" s="10">
+        <v>36849</v>
+      </c>
+      <c r="H45" s="19">
+        <v>92870599</v>
+      </c>
+      <c r="I45" s="23">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A46" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B46" s="10">
+        <v>9641870269</v>
+      </c>
+      <c r="C46" s="10">
+        <v>51584006</v>
+      </c>
+      <c r="D46" s="10">
+        <v>0</v>
+      </c>
+      <c r="E46" s="10">
+        <v>6021792</v>
+      </c>
+      <c r="F46" s="10">
+        <v>12742579</v>
+      </c>
+      <c r="G46" s="10">
+        <v>113041</v>
+      </c>
+      <c r="H46" s="19">
+        <v>70461418</v>
+      </c>
+      <c r="I46" s="23">
+        <v>0.73</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A47" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B47" s="10">
+        <v>17068933491</v>
+      </c>
+      <c r="C47" s="10">
+        <v>95809539</v>
+      </c>
+      <c r="D47" s="10">
+        <v>0</v>
+      </c>
+      <c r="E47" s="10">
+        <v>11854568</v>
+      </c>
+      <c r="F47" s="10">
+        <v>22804774</v>
+      </c>
+      <c r="G47" s="10">
+        <v>316811</v>
+      </c>
+      <c r="H47" s="19">
+        <v>130785692</v>
+      </c>
+      <c r="I47" s="23">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A48" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B48" s="10">
+        <v>1724222494</v>
+      </c>
+      <c r="C48" s="10">
+        <v>14499724</v>
+      </c>
+      <c r="D48" s="10">
+        <v>0</v>
+      </c>
+      <c r="E48" s="10">
+        <v>101396</v>
+      </c>
+      <c r="F48" s="10">
+        <v>4057764</v>
+      </c>
+      <c r="G48" s="10">
+        <v>0</v>
+      </c>
+      <c r="H48" s="19">
+        <v>18658884</v>
+      </c>
+      <c r="I48" s="23">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A49" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B49" s="10">
+        <v>4000875892</v>
+      </c>
+      <c r="C49" s="10">
+        <v>30045140</v>
+      </c>
+      <c r="D49" s="10">
+        <v>0</v>
+      </c>
+      <c r="E49" s="10">
+        <v>3198392</v>
+      </c>
+      <c r="F49" s="10">
+        <v>2540089</v>
+      </c>
+      <c r="G49" s="10">
+        <v>0</v>
+      </c>
+      <c r="H49" s="19">
+        <v>35783621</v>
+      </c>
+      <c r="I49" s="23">
+        <v>0.89</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A50" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B50" s="10">
+        <v>938503769</v>
+      </c>
+      <c r="C50" s="10">
+        <v>7454647</v>
+      </c>
+      <c r="D50" s="10">
+        <v>0</v>
+      </c>
+      <c r="E50" s="10">
+        <v>75953</v>
+      </c>
+      <c r="F50" s="10">
+        <v>0</v>
+      </c>
+      <c r="G50" s="10">
+        <v>0</v>
+      </c>
+      <c r="H50" s="19">
+        <v>7530600</v>
+      </c>
+      <c r="I50" s="23">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A51" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B51" s="10">
+        <v>27902276065</v>
+      </c>
+      <c r="C51" s="10">
+        <v>150076235</v>
+      </c>
+      <c r="D51" s="10">
+        <v>0</v>
+      </c>
+      <c r="E51" s="10">
+        <v>14425446</v>
+      </c>
+      <c r="F51" s="10">
+        <v>72766456</v>
+      </c>
+      <c r="G51" s="10">
+        <v>8972404</v>
+      </c>
+      <c r="H51" s="19">
+        <v>246240541</v>
+      </c>
+      <c r="I51" s="23">
+        <v>0.88</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A52" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B52" s="10">
+        <v>11467707901</v>
+      </c>
+      <c r="C52" s="10">
+        <v>41361054</v>
+      </c>
+      <c r="D52" s="10">
+        <v>0</v>
+      </c>
+      <c r="E52" s="10">
+        <v>1894090</v>
+      </c>
+      <c r="F52" s="10">
+        <v>2685196</v>
+      </c>
+      <c r="G52" s="10">
+        <v>21106</v>
+      </c>
+      <c r="H52" s="19">
+        <v>45961446</v>
+      </c>
+      <c r="I52" s="23">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A53" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B53" s="10">
+        <v>23975078619</v>
+      </c>
+      <c r="C53" s="10">
+        <v>175751513</v>
+      </c>
+      <c r="D53" s="10">
+        <v>0</v>
+      </c>
+      <c r="E53" s="10">
+        <v>19366045</v>
+      </c>
+      <c r="F53" s="10">
+        <v>35811939</v>
+      </c>
+      <c r="G53" s="10">
+        <v>192960</v>
+      </c>
+      <c r="H53" s="19">
+        <v>231122457</v>
+      </c>
+      <c r="I53" s="23">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A54" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B54" s="10">
+        <v>946087151</v>
+      </c>
+      <c r="C54" s="10">
+        <v>7118668</v>
+      </c>
+      <c r="D54" s="10">
+        <v>0</v>
+      </c>
+      <c r="E54" s="10">
+        <v>187528</v>
+      </c>
+      <c r="F54" s="10">
+        <v>429114</v>
+      </c>
+      <c r="G54" s="10">
+        <v>0</v>
+      </c>
+      <c r="H54" s="19">
+        <v>7735310</v>
+      </c>
+      <c r="I54" s="23">
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A55" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B55" s="10">
+        <v>6616723368</v>
+      </c>
+      <c r="C55" s="10">
+        <v>50403914</v>
+      </c>
+      <c r="D55" s="10">
+        <v>0</v>
+      </c>
+      <c r="E55" s="10">
+        <v>3648990</v>
+      </c>
+      <c r="F55" s="10">
+        <v>19232691</v>
+      </c>
+      <c r="G55" s="10">
+        <v>78475</v>
+      </c>
+      <c r="H55" s="19">
+        <v>73364070</v>
+      </c>
+      <c r="I55" s="23">
+        <v>1.1100000000000001</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A56" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B56" s="10">
+        <v>4260651965</v>
+      </c>
+      <c r="C56" s="10">
+        <v>36036950</v>
+      </c>
+      <c r="D56" s="10">
+        <v>0</v>
+      </c>
+      <c r="E56" s="10">
+        <v>1565404</v>
+      </c>
+      <c r="F56" s="10">
+        <v>11760125</v>
+      </c>
+      <c r="G56" s="10">
+        <v>80017</v>
+      </c>
+      <c r="H56" s="19">
+        <v>49442496</v>
+      </c>
+      <c r="I56" s="23">
+        <v>1.1599999999999999</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A57" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B57" s="10">
+        <v>11958917318</v>
+      </c>
+      <c r="C57" s="10">
+        <v>73910359</v>
+      </c>
+      <c r="D57" s="10">
+        <v>0</v>
+      </c>
+      <c r="E57" s="10">
+        <v>11703252</v>
+      </c>
+      <c r="F57" s="10">
+        <v>5670730</v>
+      </c>
+      <c r="G57" s="10">
+        <v>0</v>
+      </c>
+      <c r="H57" s="19">
+        <v>91284341</v>
+      </c>
+      <c r="I57" s="23">
+        <v>0.76</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A58" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B58" s="10">
+        <v>8378824566</v>
+      </c>
+      <c r="C58" s="10">
+        <v>33443972</v>
+      </c>
+      <c r="D58" s="10">
+        <v>0</v>
+      </c>
+      <c r="E58" s="10">
+        <v>4525892</v>
+      </c>
+      <c r="F58" s="10">
+        <v>5314053</v>
+      </c>
+      <c r="G58" s="10">
+        <v>0</v>
+      </c>
+      <c r="H58" s="19">
+        <v>43283917</v>
+      </c>
+      <c r="I58" s="23">
+        <v>0.52</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A59" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B59" s="10">
+        <v>2795783923</v>
+      </c>
+      <c r="C59" s="10">
+        <v>13988201</v>
+      </c>
+      <c r="D59" s="10">
+        <v>0</v>
+      </c>
+      <c r="E59" s="10">
+        <v>1696451</v>
+      </c>
+      <c r="F59" s="10">
+        <v>1758838</v>
+      </c>
+      <c r="G59" s="10">
+        <v>0</v>
+      </c>
+      <c r="H59" s="19">
+        <v>17443490</v>
+      </c>
+      <c r="I59" s="23">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A60" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B60" s="10">
+        <v>2050531833</v>
+      </c>
+      <c r="C60" s="10">
+        <v>16609308</v>
+      </c>
+      <c r="D60" s="10">
+        <v>0</v>
+      </c>
+      <c r="E60" s="10">
+        <v>754375</v>
+      </c>
+      <c r="F60" s="10">
+        <v>4602112</v>
+      </c>
+      <c r="G60" s="10">
+        <v>0</v>
+      </c>
+      <c r="H60" s="19">
+        <v>21965795</v>
+      </c>
+      <c r="I60" s="23">
+        <v>1.07</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A61" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B61" s="10">
+        <v>4763548163</v>
+      </c>
+      <c r="C61" s="10">
+        <v>27555724</v>
+      </c>
+      <c r="D61" s="10">
+        <v>0</v>
+      </c>
+      <c r="E61" s="10">
+        <v>4628499</v>
+      </c>
+      <c r="F61" s="10">
+        <v>3491050</v>
+      </c>
+      <c r="G61" s="10">
+        <v>0</v>
+      </c>
+      <c r="H61" s="19">
+        <v>35675273</v>
+      </c>
+      <c r="I61" s="23">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A62" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B62" s="10">
+        <v>195368040819</v>
+      </c>
+      <c r="C62" s="10">
+        <v>1205972345</v>
+      </c>
+      <c r="D62" s="10">
+        <v>0</v>
+      </c>
+      <c r="E62" s="10">
+        <v>29674321</v>
+      </c>
+      <c r="F62" s="10">
+        <v>612988944</v>
+      </c>
+      <c r="G62" s="10">
+        <v>7556395</v>
+      </c>
+      <c r="H62" s="19">
+        <v>1856192005</v>
+      </c>
+      <c r="I62" s="23">
+        <v>0.95</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A63" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B63" s="10">
+        <v>1873496483</v>
+      </c>
+      <c r="C63" s="10">
+        <v>10871777</v>
+      </c>
+      <c r="D63" s="10">
+        <v>0</v>
+      </c>
+      <c r="E63" s="10">
+        <v>1072126</v>
+      </c>
+      <c r="F63" s="10">
+        <v>1524225</v>
+      </c>
+      <c r="G63" s="10">
+        <v>0</v>
+      </c>
+      <c r="H63" s="19">
+        <v>13468128</v>
+      </c>
+      <c r="I63" s="23">
+        <v>0.72</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A64" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B64" s="10">
+        <v>3592025942</v>
+      </c>
+      <c r="C64" s="10">
+        <v>22105646</v>
+      </c>
+      <c r="D64" s="10">
+        <v>0</v>
+      </c>
+      <c r="E64" s="10">
+        <v>734014</v>
+      </c>
+      <c r="F64" s="10">
+        <v>3723619</v>
+      </c>
+      <c r="G64" s="10">
+        <v>0</v>
+      </c>
+      <c r="H64" s="19">
+        <v>26563279</v>
+      </c>
+      <c r="I64" s="23">
+        <v>0.74</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A65" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B65" s="10">
+        <v>14650879744</v>
+      </c>
+      <c r="C65" s="10">
+        <v>74762783</v>
+      </c>
+      <c r="D65" s="10">
+        <v>0</v>
+      </c>
+      <c r="E65" s="10">
+        <v>11315700</v>
+      </c>
+      <c r="F65" s="10">
+        <v>36890327</v>
+      </c>
+      <c r="G65" s="10">
+        <v>0</v>
+      </c>
+      <c r="H65" s="19">
+        <v>122968810</v>
+      </c>
+      <c r="I65" s="23">
+        <v>0.84</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A66" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B66" s="10">
+        <v>8290083762</v>
+      </c>
+      <c r="C66" s="10">
+        <v>55543562</v>
+      </c>
+      <c r="D66" s="10">
+        <v>0</v>
+      </c>
+      <c r="E66" s="10">
+        <v>4309637</v>
+      </c>
+      <c r="F66" s="10">
+        <v>28799225</v>
+      </c>
+      <c r="G66" s="10">
+        <v>122874</v>
+      </c>
+      <c r="H66" s="19">
+        <v>88775298</v>
+      </c>
+      <c r="I66" s="23">
+        <v>1.07</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A67" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B67" s="10">
+        <v>48116974874</v>
+      </c>
+      <c r="C67" s="10">
+        <v>230246184</v>
+      </c>
+      <c r="D67" s="10">
+        <v>0</v>
+      </c>
+      <c r="E67" s="10">
+        <v>13489562</v>
+      </c>
+      <c r="F67" s="10">
+        <v>96310367</v>
+      </c>
+      <c r="G67" s="10">
+        <v>491641</v>
+      </c>
+      <c r="H67" s="19">
+        <v>340537754</v>
+      </c>
+      <c r="I67" s="23">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A68" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B68" s="10">
+        <v>2291459534</v>
+      </c>
+      <c r="C68" s="10">
+        <v>20758245</v>
+      </c>
+      <c r="D68" s="10">
+        <v>0</v>
+      </c>
+      <c r="E68" s="10">
+        <v>892731</v>
+      </c>
+      <c r="F68" s="10">
+        <v>2159587</v>
+      </c>
+      <c r="G68" s="10">
+        <v>0</v>
+      </c>
+      <c r="H68" s="19">
+        <v>23810563</v>
+      </c>
+      <c r="I68" s="23">
+        <v>1.04</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A69" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B69" s="10">
+        <v>15472136360</v>
+      </c>
+      <c r="C69" s="10">
+        <v>109171518</v>
+      </c>
+      <c r="D69" s="10">
+        <v>0</v>
+      </c>
+      <c r="E69" s="10">
+        <v>0</v>
+      </c>
+      <c r="F69" s="10">
+        <v>34474408</v>
+      </c>
+      <c r="G69" s="10">
+        <v>0</v>
+      </c>
+      <c r="H69" s="19">
+        <v>143645926</v>
+      </c>
+      <c r="I69" s="23">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A70" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B70" s="10">
+        <v>21978885056</v>
+      </c>
+      <c r="C70" s="10">
+        <v>180506882</v>
+      </c>
+      <c r="D70" s="10">
+        <v>25234034</v>
+      </c>
+      <c r="E70" s="10">
+        <v>7152421</v>
+      </c>
+      <c r="F70" s="10">
+        <v>74617987</v>
+      </c>
+      <c r="G70" s="10">
+        <v>387719</v>
+      </c>
+      <c r="H70" s="19">
+        <v>287899043</v>
+      </c>
+      <c r="I70" s="23">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A71" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B71" s="10">
+        <v>1929165387</v>
+      </c>
+      <c r="C71" s="10">
+        <v>12062162</v>
+      </c>
+      <c r="D71" s="10">
+        <v>0</v>
+      </c>
+      <c r="E71" s="10">
+        <v>733013</v>
+      </c>
+      <c r="F71" s="10">
+        <v>1029702</v>
+      </c>
+      <c r="G71" s="10">
+        <v>0</v>
+      </c>
+      <c r="H71" s="19">
+        <v>13824877</v>
+      </c>
+      <c r="I71" s="23">
+        <v>0.72</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A72" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B72" s="10">
+        <v>3407679158</v>
+      </c>
+      <c r="C72" s="10">
+        <v>26256080</v>
+      </c>
+      <c r="D72" s="10">
+        <v>0</v>
+      </c>
+      <c r="E72" s="10">
+        <v>0</v>
+      </c>
+      <c r="F72" s="10">
+        <v>9790100</v>
+      </c>
+      <c r="G72" s="10">
+        <v>32221</v>
+      </c>
+      <c r="H72" s="19">
+        <v>36078401</v>
+      </c>
+      <c r="I72" s="23">
+        <v>1.06</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A73" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B73" s="10">
+        <v>8376545333</v>
+      </c>
+      <c r="C73" s="10">
+        <v>54071212</v>
+      </c>
+      <c r="D73" s="10">
+        <v>0</v>
+      </c>
+      <c r="E73" s="10">
+        <v>13552895</v>
+      </c>
+      <c r="F73" s="10">
+        <v>9416798</v>
+      </c>
+      <c r="G73" s="10">
+        <v>0</v>
+      </c>
+      <c r="H73" s="19">
+        <v>77040905</v>
+      </c>
+      <c r="I73" s="23">
+        <v>0.92</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A74" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B74" s="10">
+        <v>1580324804</v>
+      </c>
+      <c r="C74" s="10">
+        <v>9621899</v>
+      </c>
+      <c r="D74" s="10">
+        <v>0</v>
+      </c>
+      <c r="E74" s="10">
+        <v>0</v>
+      </c>
+      <c r="F74" s="10">
+        <v>999041</v>
+      </c>
+      <c r="G74" s="10">
+        <v>0</v>
+      </c>
+      <c r="H74" s="19">
+        <v>10620940</v>
+      </c>
+      <c r="I74" s="23">
+        <v>0.67</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A75" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B75" s="10">
+        <v>5155163097</v>
+      </c>
+      <c r="C75" s="10">
+        <v>37142540</v>
+      </c>
+      <c r="D75" s="10">
+        <v>0</v>
+      </c>
+      <c r="E75" s="10">
+        <v>1246667</v>
+      </c>
+      <c r="F75" s="10">
+        <v>4932334</v>
+      </c>
+      <c r="G75" s="10">
+        <v>0</v>
+      </c>
+      <c r="H75" s="19">
+        <v>43321541</v>
+      </c>
+      <c r="I75" s="23">
+        <v>0.84</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A76" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B76" s="10">
+        <v>15537360250</v>
+      </c>
+      <c r="C76" s="10">
+        <v>106359324</v>
+      </c>
+      <c r="D76" s="10">
+        <v>0</v>
+      </c>
+      <c r="E76" s="10">
+        <v>7141973</v>
+      </c>
+      <c r="F76" s="10">
+        <v>47473316</v>
+      </c>
+      <c r="G76" s="10">
+        <v>0</v>
+      </c>
+      <c r="H76" s="19">
+        <v>160974613</v>
+      </c>
+      <c r="I76" s="23">
+        <v>1.04</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A77" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B77" s="10">
+        <v>3526183755</v>
+      </c>
+      <c r="C77" s="10">
+        <v>18205925</v>
+      </c>
+      <c r="D77" s="10">
+        <v>104989</v>
+      </c>
+      <c r="E77" s="10">
+        <v>2780960</v>
+      </c>
+      <c r="F77" s="10">
+        <v>2913967</v>
+      </c>
+      <c r="G77" s="10">
+        <v>0</v>
+      </c>
+      <c r="H77" s="19">
+        <v>24005841</v>
+      </c>
+      <c r="I77" s="23">
+        <v>0.68</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A78" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="B78" s="10">
+        <v>12278228837</v>
+      </c>
+      <c r="C78" s="10">
+        <v>77758538</v>
+      </c>
+      <c r="D78" s="10">
+        <v>6129139</v>
+      </c>
+      <c r="E78" s="10">
+        <v>11453302</v>
+      </c>
+      <c r="F78" s="10">
+        <v>28076011</v>
+      </c>
+      <c r="G78" s="10">
+        <v>0</v>
+      </c>
+      <c r="H78" s="19">
+        <v>123416990</v>
+      </c>
+      <c r="I78" s="23">
+        <v>1.01</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A79" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B79" s="10">
+        <v>3602070997</v>
+      </c>
+      <c r="C79" s="10">
+        <v>29925975</v>
+      </c>
+      <c r="D79" s="10">
+        <v>0</v>
+      </c>
+      <c r="E79" s="10">
+        <v>795770</v>
+      </c>
+      <c r="F79" s="10">
+        <v>6838981</v>
+      </c>
+      <c r="G79" s="10">
+        <v>0</v>
+      </c>
+      <c r="H79" s="19">
+        <v>37560726</v>
+      </c>
+      <c r="I79" s="23">
+        <v>1.04</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A80" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B80" s="10">
+        <v>7652333632</v>
+      </c>
+      <c r="C80" s="10">
+        <v>59024320</v>
+      </c>
+      <c r="D80" s="10">
+        <v>0</v>
+      </c>
+      <c r="E80" s="10">
+        <v>6272276</v>
+      </c>
+      <c r="F80" s="10">
+        <v>17119995</v>
+      </c>
+      <c r="G80" s="10">
+        <v>63492</v>
+      </c>
+      <c r="H80" s="19">
+        <v>82480083</v>
+      </c>
+      <c r="I80" s="23">
+        <v>1.08</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A81" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="B81" s="10">
+        <v>8015198443</v>
+      </c>
+      <c r="C81" s="10">
+        <v>55749173</v>
+      </c>
+      <c r="D81" s="10">
+        <v>0</v>
+      </c>
+      <c r="E81" s="10">
+        <v>4639129</v>
+      </c>
+      <c r="F81" s="10">
+        <v>19412427</v>
+      </c>
+      <c r="G81" s="10">
+        <v>50711</v>
+      </c>
+      <c r="H81" s="19">
+        <v>79851440</v>
+      </c>
+      <c r="I81" s="23">
         <v>1</v>
       </c>
-      <c r="B2" s="20"/>
-[...13 lines deleted...]
-      <c r="E3" s="3" t="s">
+    </row>
+    <row r="82" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A82" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B82" s="10">
+        <v>14233488115</v>
+      </c>
+      <c r="C82" s="10">
+        <v>93656112</v>
+      </c>
+      <c r="D82" s="10">
+        <v>0</v>
+      </c>
+      <c r="E82" s="10">
+        <v>7386145</v>
+      </c>
+      <c r="F82" s="10">
+        <v>36313101</v>
+      </c>
+      <c r="G82" s="10">
+        <v>145491</v>
+      </c>
+      <c r="H82" s="19">
+        <v>137500849</v>
+      </c>
+      <c r="I82" s="23">
+        <v>0.97</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A83" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B83" s="10">
+        <v>7992825625</v>
+      </c>
+      <c r="C83" s="10">
+        <v>47735878</v>
+      </c>
+      <c r="D83" s="10">
+        <v>0</v>
+      </c>
+      <c r="E83" s="10">
+        <v>3212032</v>
+      </c>
+      <c r="F83" s="10">
+        <v>13321478</v>
+      </c>
+      <c r="G83" s="10">
+        <v>47537</v>
+      </c>
+      <c r="H83" s="19">
+        <v>64316925</v>
+      </c>
+      <c r="I83" s="23">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A84" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B84" s="10">
+        <v>5086251948</v>
+      </c>
+      <c r="C84" s="10">
+        <v>42010642</v>
+      </c>
+      <c r="D84" s="10">
+        <v>2033279</v>
+      </c>
+      <c r="E84" s="10">
+        <v>3587561</v>
+      </c>
+      <c r="F84" s="10">
+        <v>4761038</v>
+      </c>
+      <c r="G84" s="10">
+        <v>58835</v>
+      </c>
+      <c r="H84" s="19">
+        <v>52451355</v>
+      </c>
+      <c r="I84" s="23">
+        <v>1.03</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A85" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B85" s="10">
+        <v>2427779537</v>
+      </c>
+      <c r="C85" s="10">
+        <v>24305408</v>
+      </c>
+      <c r="D85" s="10">
+        <v>0</v>
+      </c>
+      <c r="E85" s="10">
+        <v>740786</v>
+      </c>
+      <c r="F85" s="10">
+        <v>3852253</v>
+      </c>
+      <c r="G85" s="10">
+        <v>31934</v>
+      </c>
+      <c r="H85" s="19">
+        <v>28930381</v>
+      </c>
+      <c r="I85" s="23">
+        <v>1.19</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A86" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B86" s="10">
+        <v>6000650130</v>
+      </c>
+      <c r="C86" s="10">
+        <v>36956917</v>
+      </c>
+      <c r="D86" s="10">
+        <v>0</v>
+      </c>
+      <c r="E86" s="10">
+        <v>3863997</v>
+      </c>
+      <c r="F86" s="10">
+        <v>13474198</v>
+      </c>
+      <c r="G86" s="10">
+        <v>57584</v>
+      </c>
+      <c r="H86" s="19">
+        <v>54352696</v>
+      </c>
+      <c r="I86" s="23">
+        <v>0.91</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A87" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B87" s="10">
+        <v>4677071951</v>
+      </c>
+      <c r="C87" s="10">
+        <v>30868674</v>
+      </c>
+      <c r="D87" s="10">
+        <v>0</v>
+      </c>
+      <c r="E87" s="10">
+        <v>3094826</v>
+      </c>
+      <c r="F87" s="10">
+        <v>3682360</v>
+      </c>
+      <c r="G87" s="10">
+        <v>0</v>
+      </c>
+      <c r="H87" s="19">
+        <v>37645860</v>
+      </c>
+      <c r="I87" s="23">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A88" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="B88" s="10">
+        <v>6986640247</v>
+      </c>
+      <c r="C88" s="10">
+        <v>38758185</v>
+      </c>
+      <c r="D88" s="10">
+        <v>2070594</v>
+      </c>
+      <c r="E88" s="10">
+        <v>3790832</v>
+      </c>
+      <c r="F88" s="10">
+        <v>12204227</v>
+      </c>
+      <c r="G88" s="10">
+        <v>119579</v>
+      </c>
+      <c r="H88" s="19">
+        <v>56943417</v>
+      </c>
+      <c r="I88" s="23">
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A89" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B89" s="10">
+        <v>1995058248</v>
+      </c>
+      <c r="C89" s="10">
+        <v>7185405</v>
+      </c>
+      <c r="D89" s="10">
+        <v>0</v>
+      </c>
+      <c r="E89" s="10">
+        <v>0</v>
+      </c>
+      <c r="F89" s="10">
+        <v>840864</v>
+      </c>
+      <c r="G89" s="10">
+        <v>0</v>
+      </c>
+      <c r="H89" s="19">
+        <v>8026269</v>
+      </c>
+      <c r="I89" s="23">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A90" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="B90" s="10">
+        <v>6959672775</v>
+      </c>
+      <c r="C90" s="10">
+        <v>42094219</v>
+      </c>
+      <c r="D90" s="10">
+        <v>0</v>
+      </c>
+      <c r="E90" s="10">
+        <v>2830559</v>
+      </c>
+      <c r="F90" s="10">
+        <v>6021114</v>
+      </c>
+      <c r="G90" s="10">
+        <v>148988</v>
+      </c>
+      <c r="H90" s="19">
+        <v>51094880</v>
+      </c>
+      <c r="I90" s="23">
+        <v>0.73</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A91" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B91" s="10">
+        <v>450625792</v>
+      </c>
+      <c r="C91" s="10">
+        <v>4279974</v>
+      </c>
+      <c r="D91" s="10">
+        <v>0</v>
+      </c>
+      <c r="E91" s="10">
+        <v>0</v>
+      </c>
+      <c r="F91" s="10">
+        <v>333989</v>
+      </c>
+      <c r="G91" s="10">
+        <v>0</v>
+      </c>
+      <c r="H91" s="19">
+        <v>4613963</v>
+      </c>
+      <c r="I91" s="23">
+        <v>1.02</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A92" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B92" s="10">
+        <v>36609130617</v>
+      </c>
+      <c r="C92" s="10">
+        <v>218808689</v>
+      </c>
+      <c r="D92" s="10">
+        <v>0</v>
+      </c>
+      <c r="E92" s="10">
+        <v>11994592</v>
+      </c>
+      <c r="F92" s="10">
+        <v>57245042</v>
+      </c>
+      <c r="G92" s="10">
+        <v>62284</v>
+      </c>
+      <c r="H92" s="19">
+        <v>288110607</v>
+      </c>
+      <c r="I92" s="23">
+        <v>0.79</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A93" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B93" s="10">
+        <v>2893037925</v>
+      </c>
+      <c r="C93" s="10">
+        <v>25748037</v>
+      </c>
+      <c r="D93" s="10">
+        <v>0</v>
+      </c>
+      <c r="E93" s="10">
+        <v>1748285</v>
+      </c>
+      <c r="F93" s="10">
+        <v>6649086</v>
+      </c>
+      <c r="G93" s="10">
+        <v>0</v>
+      </c>
+      <c r="H93" s="19">
+        <v>34145408</v>
+      </c>
+      <c r="I93" s="23">
+        <v>1.18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A94" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B94" s="10">
+        <v>193338379225</v>
+      </c>
+      <c r="C94" s="10">
+        <v>1161061262</v>
+      </c>
+      <c r="D94" s="10">
+        <v>0</v>
+      </c>
+      <c r="E94" s="10">
+        <v>35909350</v>
+      </c>
+      <c r="F94" s="10">
+        <v>610989339</v>
+      </c>
+      <c r="G94" s="10">
+        <v>2504314</v>
+      </c>
+      <c r="H94" s="19">
+        <v>1810464265</v>
+      </c>
+      <c r="I94" s="23">
+        <v>0.94</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A95" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B95" s="10">
+        <v>2539346192</v>
+      </c>
+      <c r="C95" s="10">
+        <v>20578865</v>
+      </c>
+      <c r="D95" s="10">
+        <v>0</v>
+      </c>
+      <c r="E95" s="10">
+        <v>1074486</v>
+      </c>
+      <c r="F95" s="10">
+        <v>773623</v>
+      </c>
+      <c r="G95" s="10">
+        <v>0</v>
+      </c>
+      <c r="H95" s="19">
+        <v>22426974</v>
+      </c>
+      <c r="I95" s="23">
+        <v>0.88</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A96" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="B96" s="10">
+        <v>1017242370</v>
+      </c>
+      <c r="C96" s="10">
+        <v>8657694</v>
+      </c>
+      <c r="D96" s="10">
+        <v>0</v>
+      </c>
+      <c r="E96" s="10">
+        <v>0</v>
+      </c>
+      <c r="F96" s="10">
+        <v>1292911</v>
+      </c>
+      <c r="G96" s="10">
+        <v>0</v>
+      </c>
+      <c r="H96" s="19">
+        <v>9950605</v>
+      </c>
+      <c r="I96" s="23">
+        <v>0.98</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A97" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B97" s="10">
+        <v>9721139902</v>
+      </c>
+      <c r="C97" s="10">
+        <v>39189468</v>
+      </c>
+      <c r="D97" s="10">
+        <v>0</v>
+      </c>
+      <c r="E97" s="10">
+        <v>3494166</v>
+      </c>
+      <c r="F97" s="10">
+        <v>15974606</v>
+      </c>
+      <c r="G97" s="10">
+        <v>210617</v>
+      </c>
+      <c r="H97" s="19">
+        <v>58868857</v>
+      </c>
+      <c r="I97" s="23">
+        <v>0.61</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A98" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="B98" s="10">
+        <v>9278594636</v>
+      </c>
+      <c r="C98" s="10">
+        <v>65336740</v>
+      </c>
+      <c r="D98" s="10">
+        <v>0</v>
+      </c>
+      <c r="E98" s="10">
+        <v>3917373</v>
+      </c>
+      <c r="F98" s="10">
+        <v>21171699</v>
+      </c>
+      <c r="G98" s="10">
+        <v>91391</v>
+      </c>
+      <c r="H98" s="19">
+        <v>90517203</v>
+      </c>
+      <c r="I98" s="23">
+        <v>0.98</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A99" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B99" s="10">
+        <v>6060206338</v>
+      </c>
+      <c r="C99" s="10">
+        <v>40017527</v>
+      </c>
+      <c r="D99" s="10">
+        <v>0</v>
+      </c>
+      <c r="E99" s="10">
+        <v>4666704</v>
+      </c>
+      <c r="F99" s="10">
+        <v>5926884</v>
+      </c>
+      <c r="G99" s="10">
+        <v>0</v>
+      </c>
+      <c r="H99" s="19">
+        <v>50611115</v>
+      </c>
+      <c r="I99" s="23">
+        <v>0.84</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A100" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B100" s="10">
+        <v>7803274292</v>
+      </c>
+      <c r="C100" s="10">
+        <v>57019858</v>
+      </c>
+      <c r="D100" s="10">
+        <v>0</v>
+      </c>
+      <c r="E100" s="10">
+        <v>3102451</v>
+      </c>
+      <c r="F100" s="10">
+        <v>27792895</v>
+      </c>
+      <c r="G100" s="10">
+        <v>79501</v>
+      </c>
+      <c r="H100" s="19">
+        <v>87994705</v>
+      </c>
+      <c r="I100" s="23">
+        <v>1.1299999999999999</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A101" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B101" s="10">
+        <v>3199526046</v>
+      </c>
+      <c r="C101" s="10">
+        <v>21135350</v>
+      </c>
+      <c r="D101" s="10">
+        <v>0</v>
+      </c>
+      <c r="E101" s="10">
+        <v>2310510</v>
+      </c>
+      <c r="F101" s="10">
+        <v>2868399</v>
+      </c>
+      <c r="G101" s="10">
+        <v>0</v>
+      </c>
+      <c r="H101" s="19">
+        <v>26314259</v>
+      </c>
+      <c r="I101" s="23">
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="15" x14ac:dyDescent="0.35">
+      <c r="A102" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="B102" s="10">
+        <v>2397909369</v>
+      </c>
+      <c r="C102" s="10">
+        <v>14393502</v>
+      </c>
+      <c r="D102" s="10">
+        <v>0</v>
+      </c>
+      <c r="E102" s="10">
+        <v>1525590</v>
+      </c>
+      <c r="F102" s="10">
+        <v>923890</v>
+      </c>
+      <c r="G102" s="10">
+        <v>0</v>
+      </c>
+      <c r="H102" s="19">
+        <v>16842982</v>
+      </c>
+      <c r="I102" s="23">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A103" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="B103" s="21">
+        <v>1381550300376</v>
+      </c>
+      <c r="C103" s="21">
+        <v>8677507008</v>
+      </c>
+      <c r="D103" s="21">
+        <v>52802635</v>
+      </c>
+      <c r="E103" s="21">
+        <v>526109467</v>
+      </c>
+      <c r="F103" s="21">
+        <v>3576297822</v>
+      </c>
+      <c r="G103" s="21">
+        <v>35451938</v>
+      </c>
+      <c r="H103" s="21">
+        <v>12868168870</v>
+      </c>
+      <c r="I103" s="22" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A104" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B104" s="12"/>
+      <c r="C104" s="12"/>
+      <c r="D104" s="12"/>
+      <c r="E104" s="12"/>
+      <c r="F104" s="12"/>
+      <c r="G104" s="12"/>
+      <c r="H104" s="12"/>
+      <c r="I104" s="13"/>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="B105" s="3"/>
+      <c r="C105" s="3"/>
+      <c r="D105" s="3"/>
+      <c r="E105" s="3"/>
+      <c r="F105" s="3"/>
+      <c r="G105" s="3"/>
+      <c r="H105" s="3"/>
+      <c r="I105" s="3"/>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="B106" s="3"/>
+      <c r="C106" s="3"/>
+      <c r="D106" s="3"/>
+      <c r="E106" s="3"/>
+      <c r="F106" s="3"/>
+      <c r="G106" s="3"/>
+      <c r="H106" s="3"/>
+      <c r="I106" s="3"/>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="B107" s="3"/>
+      <c r="C107" s="3"/>
+      <c r="D107" s="3"/>
+      <c r="E107" s="3"/>
+      <c r="F107" s="3"/>
+      <c r="G107" s="3"/>
+      <c r="H107" s="3"/>
+      <c r="I107" s="3"/>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A108" s="3"/>
+      <c r="B108" s="3"/>
+      <c r="C108" s="3"/>
+      <c r="D108" s="3"/>
+      <c r="E108" s="3"/>
+      <c r="F108" s="3"/>
+      <c r="G108" s="3"/>
+      <c r="H108" s="3"/>
+      <c r="I108" s="3"/>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A109" s="3"/>
+      <c r="B109" s="3"/>
+      <c r="C109" s="3"/>
+      <c r="D109" s="3"/>
+      <c r="E109" s="3"/>
+      <c r="F109" s="3"/>
+      <c r="G109" s="3"/>
+      <c r="H109" s="3"/>
+      <c r="I109" s="3"/>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A110" s="3"/>
+      <c r="B110" s="3"/>
+      <c r="C110" s="3"/>
+      <c r="D110" s="3"/>
+      <c r="E110" s="3"/>
+      <c r="F110" s="3"/>
+      <c r="G110" s="3"/>
+      <c r="H110" s="3"/>
+      <c r="I110" s="3"/>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A111" s="3"/>
+      <c r="B111" s="3"/>
+      <c r="C111" s="3"/>
+      <c r="D111" s="3"/>
+      <c r="E111" s="3"/>
+      <c r="F111" s="3"/>
+      <c r="G111" s="3"/>
+      <c r="H111" s="3"/>
+      <c r="I111" s="3"/>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A112" s="3"/>
+      <c r="B112" s="3"/>
+      <c r="C112" s="3"/>
+      <c r="D112" s="3"/>
+      <c r="E112" s="3"/>
+      <c r="F112" s="3"/>
+      <c r="G112" s="3"/>
+      <c r="H112" s="3"/>
+      <c r="I112" s="3"/>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A113" s="3"/>
+      <c r="B113" s="3"/>
+      <c r="C113" s="3"/>
+      <c r="D113" s="3"/>
+      <c r="E113" s="3"/>
+      <c r="F113" s="3"/>
+      <c r="G113" s="3"/>
+      <c r="H113" s="3"/>
+      <c r="I113" s="3"/>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A114" s="3"/>
+      <c r="B114" s="3"/>
+      <c r="C114" s="3"/>
+      <c r="D114" s="3"/>
+      <c r="E114" s="3"/>
+      <c r="F114" s="3"/>
+      <c r="G114" s="3"/>
+      <c r="H114" s="3"/>
+      <c r="I114" s="3"/>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A115" s="3"/>
+      <c r="B115" s="3"/>
+      <c r="C115" s="3"/>
+      <c r="D115" s="3"/>
+      <c r="E115" s="3"/>
+      <c r="F115" s="3"/>
+      <c r="G115" s="3"/>
+      <c r="H115" s="3"/>
+      <c r="I115" s="3"/>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A116" s="3"/>
+      <c r="B116" s="3"/>
+      <c r="C116" s="3"/>
+      <c r="D116" s="3"/>
+      <c r="E116" s="3"/>
+      <c r="F116" s="3"/>
+      <c r="G116" s="3"/>
+      <c r="H116" s="3"/>
+      <c r="I116" s="3"/>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:I102">
+    <sortCondition ref="A3:A102"/>
+  </sortState>
+  <pageMargins left="0.4" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="80" orientation="landscape" verticalDpi="599" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{303D75FE-17F0-4F3B-84AE-D8BBC6726182}">
+  <dimension ref="A1:E8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="15.26953125" customWidth="1"/>
+    <col min="2" max="2" width="80.1796875" customWidth="1"/>
+    <col min="3" max="3" width="59.26953125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="11" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" s="15"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A3" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B3" s="17" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="41" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="6">
+        <v>1</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A5" s="6">
         <v>2</v>
       </c>
-      <c r="F3" s="3"/>
-[...2730 lines deleted...]
-      <c r="A108" s="14" t="s">
+      <c r="B5" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="B108" s="17">
-[...36 lines deleted...]
-      <c r="A110" s="14" t="s">
+      <c r="E5" s="4"/>
+    </row>
+    <row r="6" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="8" t="s">
         <v>106</v>
       </c>
-      <c r="B110" s="17">
-[...525 lines deleted...]
-      </c>
+      <c r="B6" s="9"/>
+      <c r="E6" s="4"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E7" s="4"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E8" s="4"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-[...6 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="60" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'LG04 21-22'!Print_Titles</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Valuation</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>Valuation!Print_Area</vt:lpstr>
+      <vt:lpstr>Valuation!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NCDOR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:subject>Total Property Taxes Levied by all Local Jurisdictions by County</dc:subject>
   <dc:creator>Sharon C Phelan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>