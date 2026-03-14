--- v0 (2025-10-13)
+++ v1 (2026-03-14)
@@ -1,742 +1,1471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\Local 2022-2023\County\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\ADA Project\Reports Requiring ADA Remediation\LG01 Assessibility Conversion\3. ADA Compliant\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{811FF563-0A9E-41A5-ACF1-D9C6587FC079}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20700" windowHeight="9990"/>
+    <workbookView xWindow="-57710" yWindow="-1750" windowWidth="29020" windowHeight="15700" xr2:uid="{C3F5E2B1-5295-4191-9F1A-A8A7C1C9FEA3}"/>
   </bookViews>
   <sheets>
-    <sheet name="LG01-2022-2023" sheetId="1" r:id="rId1"/>
+    <sheet name="Values" sheetId="1" r:id="rId1"/>
+    <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'LG01-2022-2023'!$A$1:$M$127</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'LG01-2022-2023'!$5:$11</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Values!$A$1:$L$104</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Values!$2:$2</definedName>
   </definedNames>
-  <calcPr calcId="162913" calcOnSave="0"/>
+  <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="140">
-[...31 lines deleted...]
-    <t>Public Service</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="125">
+  <si>
+    <t>Counties</t>
+  </si>
+  <si>
+    <t>County-Wide Tax Rate Per $100 Value</t>
+  </si>
+  <si>
+    <t xml:space="preserve">County-Wide Final Sales Ratio </t>
+  </si>
+  <si>
+    <t>Valuation of public service companies subject to appraisal by the Local Government Division, Property Tax Section.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alamance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexander </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alleghany </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beaufort </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bertie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bladen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brunswick </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Buncombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Burke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cabarrus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caldwell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camden </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carteret </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caswell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catawba </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chatham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cherokee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cleveland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Columbus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Craven </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cumberland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Currituck </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dare </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davidson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duplin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edgecombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Forsyth </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franklin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Granville </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guilford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halifax </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harnett </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haywood </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henderson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hertford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyde </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iredell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jackson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jones </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lenoir </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Madison </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mcdowell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mecklenburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitchell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montgomery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nash </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Hanover </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northampton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Onslow </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamlico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pasquotank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pender </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perquimans </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Person </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pitt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polk </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Randolph </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richmond </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robeson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockingham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rutherford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scotland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stanly </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stokes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surry </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swain </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transylvania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrrell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wake </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warren </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Washington </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watauga </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wayne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilkes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yadkin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yancey </t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>Note Number</t>
+  </si>
+  <si>
+    <t>Note Text</t>
+  </si>
+  <si>
+    <t>North Carolina Department of Revenue, Local Government Division, 919-814-1129</t>
+  </si>
+  <si>
+    <t>End of Worksheet [Note 4]</t>
+  </si>
+  <si>
+    <t>End of worksheet</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>County-Wide</t>
-[...380 lines deleted...]
-    <t>(919) 814-1129</t>
+    <t>Classified Registered Motor Vehicles 
+[Notes 1, 2]</t>
+  </si>
+  <si>
+    <t>Other Taxable Personal Property 
+  [Note 1]</t>
+  </si>
+  <si>
+    <t>Total Taxable Personal Property 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Public Service Company Property 
+ [Notes 1,3]</t>
+  </si>
+  <si>
+    <t>Taxable Real Property 
+ [Note 1]</t>
+  </si>
+  <si>
+    <t>Taxable Present Use Value (Included in Real Property) 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Deferred Value Present Use Value 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Total Assessed Present-Use Value 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Total Taxable Property 
+[Notes, 1,2,3]</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>LG01:  Valuations Of Real And Personal Property And Valuations Of Public Service Companies, By Counties, For Fiscal Year 2022-2023</t>
+  </si>
+  <si>
+    <t>LG01:  Valuations Of Real And Personal Property And Valuations Of Public Service Companies, By Counties, For Fiscal Year 2022-2023 Notes</t>
+  </si>
+  <si>
+    <t>Property other than classified registered motor vehicles is valued as of January 1, 2022.</t>
+  </si>
+  <si>
+    <t>Amounts shown are for motor vehicles for which tax notices were issued in accordance with  G.S.105-330.5(a) during calendar year of 2022, net of releases made by that date.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0000"/>
     <numFmt numFmtId="165" formatCode=".0000"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <sz val="11"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="3">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...1 lines deleted...]
-      <bottom style="medium">
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="1" xfId="3" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="3"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="3" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="7" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="7" applyFill="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="8">
+    <cellStyle name="Heading 1" xfId="1" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 1 2" xfId="4" xr:uid="{9878E195-391F-4563-997D-54556DCFDC48}"/>
+    <cellStyle name="Heading 2" xfId="2" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 2 2" xfId="5" xr:uid="{0A8680A1-BDA8-4305-ABD3-58DEAF16282F}"/>
+    <cellStyle name="Heading 3" xfId="7" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Table Header" xfId="6" xr:uid="{89C2CAC2-17ED-4D88-BF53-C44A07D1E595}"/>
+    <cellStyle name="Total" xfId="3" builtinId="25" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="22">
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.0000"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="165" formatCode=".0000"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{4E2FFF06-2891-41C2-ACDE-B10E3609BF08}" name="Valuations" displayName="Valuations" ref="A2:L104" totalsRowShown="0" headerRowDxfId="21" dataDxfId="20" tableBorderDxfId="19" headerRowCellStyle="Heading 2">
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{48E2C565-1F2C-44B3-9E2B-9645C1A118FE}" name="Counties" dataDxfId="18"/>
+    <tableColumn id="2" xr3:uid="{AB5C5752-FA2E-458A-A060-017F76CAADCF}" name="Total Assessed Present-Use Value _x000a_[Note 1]" dataDxfId="17"/>
+    <tableColumn id="3" xr3:uid="{178048A6-D520-4592-B6E0-271631D6EBC7}" name="Deferred Value Present Use Value _x000a_[Note 1]" dataDxfId="16"/>
+    <tableColumn id="4" xr3:uid="{21E9A095-EC40-4E1B-BA07-70E0CF752D2F}" name="Taxable Present Use Value (Included in Real Property) _x000a_[Note 1]" dataDxfId="15"/>
+    <tableColumn id="5" xr3:uid="{213F5244-128D-48C7-9071-6C58C8C95384}" name="Taxable Real Property _x000a_ [Note 1]" dataDxfId="14"/>
+    <tableColumn id="6" xr3:uid="{F1E69BCF-3D3F-4A02-9B67-AD792800A723}" name="Classified Registered Motor Vehicles _x000a_[Notes 1, 2]" dataDxfId="13"/>
+    <tableColumn id="7" xr3:uid="{613D288C-FEFF-483D-8308-EBEBB2430C7C}" name="Other Taxable Personal Property _x000a_  [Note 1]" dataDxfId="12"/>
+    <tableColumn id="8" xr3:uid="{18D33639-445B-42C5-B15A-FA7ABF2CDFFC}" name="Total Taxable Personal Property _x000a_[Note 1]" dataDxfId="11"/>
+    <tableColumn id="9" xr3:uid="{06E0BAD0-6E8B-4DFD-9C74-BD4882C64D2C}" name="Public Service Company Property _x000a_ [Notes 1,3]" dataDxfId="10"/>
+    <tableColumn id="10" xr3:uid="{F5153D3F-1A72-4695-8418-405852200395}" name="Total Taxable Property _x000a_[Notes, 1,2,3]" dataDxfId="9"/>
+    <tableColumn id="11" xr3:uid="{572A2278-C788-4AB6-8E40-BC3A23906D8E}" name="County-Wide Tax Rate Per $100 Value" dataDxfId="8"/>
+    <tableColumn id="12" xr3:uid="{085004D1-EDD9-408A-A42A-B5E79480E562}" name="County-Wide Final Sales Ratio " dataDxfId="7"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{A2A18E7B-693C-4D07-9F3F-F30E7E64008E}" name="Notes" displayName="Notes" ref="A3:B7" totalsRowShown="0" headerRowDxfId="6" dataDxfId="4" headerRowBorderDxfId="5" tableBorderDxfId="3" totalsRowBorderDxfId="2" headerRowCellStyle="Table Header">
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{51346832-3E36-4900-9D89-86E06338C7B1}" name="Note Number" dataDxfId="1"/>
+    <tableColumn id="2" xr3:uid="{643CCD06-239B-4EFC-BF0E-BE0F34C033C4}" name="Note Text" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -834,4190 +1563,4105 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:O127"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C7EA9D3-C0A9-48A3-9092-F5D7CEEF2540}">
+  <dimension ref="A1:N104"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="12.7109375" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="3"/>
+    <col min="1" max="1" width="12.7265625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="16.90625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="17.26953125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="21" style="1" customWidth="1"/>
+    <col min="5" max="5" width="19.1796875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="19.08984375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="18.54296875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="16.6328125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="16.453125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="18.26953125" style="1" customWidth="1"/>
+    <col min="11" max="12" width="13.54296875" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.1796875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:14" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="12" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14" s="6" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="M1" s="2">
-[...4 lines deleted...]
-      <c r="A2" s="12" t="s">
+      <c r="B2" s="19" t="s">
+        <v>118</v>
+      </c>
+      <c r="C2" s="19" t="s">
+        <v>117</v>
+      </c>
+      <c r="D2" s="19" t="s">
+        <v>116</v>
+      </c>
+      <c r="E2" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="G2" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" s="19" t="s">
+        <v>113</v>
+      </c>
+      <c r="I2" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="J2" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="K2" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="12"/>
-[...13 lines deleted...]
-      <c r="A3" s="12" t="s">
+      <c r="L2" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="12"/>
-[...13 lines deleted...]
-      <c r="A4" s="13" t="s">
+      <c r="M2" s="5"/>
+      <c r="N2" s="5"/>
+    </row>
+    <row r="3" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="8">
+        <v>564736918</v>
+      </c>
+      <c r="C3" s="8">
+        <v>372053685</v>
+      </c>
+      <c r="D3" s="8">
+        <v>192683233</v>
+      </c>
+      <c r="E3" s="8">
+        <v>11975369554</v>
+      </c>
+      <c r="F3" s="8">
+        <v>1849078275</v>
+      </c>
+      <c r="G3" s="8">
+        <v>1904931553</v>
+      </c>
+      <c r="H3" s="8">
+        <v>3754009828</v>
+      </c>
+      <c r="I3" s="8">
+        <v>356097988</v>
+      </c>
+      <c r="J3" s="18">
+        <v>16085477370</v>
+      </c>
+      <c r="K3" s="9">
+        <v>0.65</v>
+      </c>
+      <c r="L3" s="10">
+        <v>0.67569999999999997</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="8">
+        <v>432223596</v>
+      </c>
+      <c r="C4" s="8">
+        <v>259881878</v>
+      </c>
+      <c r="D4" s="8">
+        <v>172341718</v>
+      </c>
+      <c r="E4" s="8">
+        <v>2195473798</v>
+      </c>
+      <c r="F4" s="8">
+        <v>382048306</v>
+      </c>
+      <c r="G4" s="8">
+        <v>198472250</v>
+      </c>
+      <c r="H4" s="8">
+        <v>580520556</v>
+      </c>
+      <c r="I4" s="8">
+        <v>77217012</v>
+      </c>
+      <c r="J4" s="18">
+        <v>2853211366</v>
+      </c>
+      <c r="K4" s="9">
+        <v>0.79</v>
+      </c>
+      <c r="L4" s="10">
+        <v>0.65610000000000002</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" s="8">
+        <v>452051018</v>
+      </c>
+      <c r="C5" s="8">
+        <v>367477100</v>
+      </c>
+      <c r="D5" s="8">
+        <v>84573918</v>
+      </c>
+      <c r="E5" s="8">
+        <v>1729021511</v>
+      </c>
+      <c r="F5" s="8">
+        <v>156513638</v>
+      </c>
+      <c r="G5" s="8">
+        <v>83329888</v>
+      </c>
+      <c r="H5" s="8">
+        <v>239843526</v>
+      </c>
+      <c r="I5" s="8">
+        <v>43938632</v>
+      </c>
+      <c r="J5" s="18">
+        <v>2012803669</v>
+      </c>
+      <c r="K5" s="9">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="L5" s="10">
+        <v>0.83940000000000003</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="8">
+        <v>642209700</v>
+      </c>
+      <c r="C6" s="8">
+        <v>347646900</v>
+      </c>
+      <c r="D6" s="8">
+        <v>294562800</v>
+      </c>
+      <c r="E6" s="8">
+        <v>1320698774</v>
+      </c>
+      <c r="F6" s="8">
+        <v>210994374</v>
+      </c>
+      <c r="G6" s="8">
+        <v>268389983</v>
+      </c>
+      <c r="H6" s="8">
+        <v>479384357</v>
+      </c>
+      <c r="I6" s="8">
+        <v>351195348</v>
+      </c>
+      <c r="J6" s="18">
+        <v>2151278479</v>
+      </c>
+      <c r="K6" s="9">
+        <v>0.77700000000000002</v>
+      </c>
+      <c r="L6" s="10">
+        <v>0.91210000000000002</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="8">
+        <v>644349700</v>
+      </c>
+      <c r="C7" s="8">
+        <v>387022200</v>
+      </c>
+      <c r="D7" s="8">
+        <v>257327500</v>
+      </c>
+      <c r="E7" s="8">
+        <v>3634507285</v>
+      </c>
+      <c r="F7" s="8">
+        <v>361388463</v>
+      </c>
+      <c r="G7" s="8">
+        <v>196615729</v>
+      </c>
+      <c r="H7" s="8">
+        <v>558004192</v>
+      </c>
+      <c r="I7" s="8">
+        <v>106034999</v>
+      </c>
+      <c r="J7" s="18">
+        <v>4298546476</v>
+      </c>
+      <c r="K7" s="9">
+        <v>0.51</v>
+      </c>
+      <c r="L7" s="10">
+        <v>0.79390000000000005</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="8">
+        <v>184607300</v>
+      </c>
+      <c r="C8" s="8">
+        <v>101136800</v>
+      </c>
+      <c r="D8" s="8">
+        <v>83470500</v>
+      </c>
+      <c r="E8" s="8">
+        <v>5447150774</v>
+      </c>
+      <c r="F8" s="8">
+        <v>249785922</v>
+      </c>
+      <c r="G8" s="8">
+        <v>152023964</v>
+      </c>
+      <c r="H8" s="8">
+        <v>401809886</v>
+      </c>
+      <c r="I8" s="8">
+        <v>60816967</v>
+      </c>
+      <c r="J8" s="18">
+        <v>5909777627</v>
+      </c>
+      <c r="K8" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="L8" s="10">
+        <v>0.99470000000000003</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="8">
+        <v>485764759</v>
+      </c>
+      <c r="C9" s="8">
+        <v>274949680</v>
+      </c>
+      <c r="D9" s="8">
+        <v>210815079</v>
+      </c>
+      <c r="E9" s="8">
+        <v>4061262072</v>
+      </c>
+      <c r="F9" s="8">
+        <v>612757797</v>
+      </c>
+      <c r="G9" s="8">
+        <v>1479414447</v>
+      </c>
+      <c r="H9" s="8">
+        <v>2092172244</v>
+      </c>
+      <c r="I9" s="8">
+        <v>139262542</v>
+      </c>
+      <c r="J9" s="18">
+        <v>6292696858</v>
+      </c>
+      <c r="K9" s="9">
+        <v>0.625</v>
+      </c>
+      <c r="L9" s="10">
+        <v>0.81010000000000004</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="8">
+        <v>329337398</v>
+      </c>
+      <c r="C10" s="8">
+        <v>188187587</v>
+      </c>
+      <c r="D10" s="8">
+        <v>141149811</v>
+      </c>
+      <c r="E10" s="8">
+        <v>998832855</v>
+      </c>
+      <c r="F10" s="8">
+        <v>191552659</v>
+      </c>
+      <c r="G10" s="8">
+        <v>173830384</v>
+      </c>
+      <c r="H10" s="8">
+        <v>365383043</v>
+      </c>
+      <c r="I10" s="8">
+        <v>65140595</v>
+      </c>
+      <c r="J10" s="18">
+        <v>1429356493</v>
+      </c>
+      <c r="K10" s="9">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="L10" s="10">
+        <v>1.0350999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="8">
+        <v>485326510</v>
+      </c>
+      <c r="C11" s="8">
+        <v>243128729</v>
+      </c>
+      <c r="D11" s="8">
+        <v>242197781</v>
+      </c>
+      <c r="E11" s="8">
+        <v>2279770835</v>
+      </c>
+      <c r="F11" s="8">
+        <v>340127179</v>
+      </c>
+      <c r="G11" s="8">
+        <v>632678105</v>
+      </c>
+      <c r="H11" s="8">
+        <v>972805284</v>
+      </c>
+      <c r="I11" s="8">
+        <v>183532599</v>
+      </c>
+      <c r="J11" s="18">
+        <v>3436108718</v>
+      </c>
+      <c r="K11" s="9">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="L11" s="10">
+        <v>0.9677</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="8">
+        <v>542742370</v>
+      </c>
+      <c r="C12" s="8">
+        <v>423019700</v>
+      </c>
+      <c r="D12" s="8">
+        <v>119722670</v>
+      </c>
+      <c r="E12" s="8">
+        <v>27805967312</v>
+      </c>
+      <c r="F12" s="8">
+        <v>2257933133</v>
+      </c>
+      <c r="G12" s="8">
+        <v>702710038</v>
+      </c>
+      <c r="H12" s="8">
+        <v>2960643171</v>
+      </c>
+      <c r="I12" s="8">
+        <v>2001819165</v>
+      </c>
+      <c r="J12" s="18">
+        <v>32768429648</v>
+      </c>
+      <c r="K12" s="9">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="L12" s="10">
+        <v>0.75180000000000002</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" s="8">
+        <v>1327056600</v>
+      </c>
+      <c r="C13" s="8">
+        <v>845163300</v>
+      </c>
+      <c r="D13" s="8">
+        <v>481893300</v>
+      </c>
+      <c r="E13" s="8">
+        <v>42844487076</v>
+      </c>
+      <c r="F13" s="8">
+        <v>2973911505</v>
+      </c>
+      <c r="G13" s="8">
+        <v>2813967900</v>
+      </c>
+      <c r="H13" s="8">
+        <v>5787879405</v>
+      </c>
+      <c r="I13" s="8">
+        <v>973156750</v>
+      </c>
+      <c r="J13" s="18">
+        <v>49605523231</v>
+      </c>
+      <c r="K13" s="9">
+        <v>0.48799999999999999</v>
+      </c>
+      <c r="L13" s="10">
+        <v>0.86180000000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="8">
+        <v>154963576</v>
+      </c>
+      <c r="C14" s="8">
+        <v>138547185</v>
+      </c>
+      <c r="D14" s="8">
+        <v>16416391</v>
+      </c>
+      <c r="E14" s="8">
+        <v>5840368827</v>
+      </c>
+      <c r="F14" s="8">
+        <v>859743161</v>
+      </c>
+      <c r="G14" s="8">
+        <v>821575334</v>
+      </c>
+      <c r="H14" s="8">
+        <v>1681318495</v>
+      </c>
+      <c r="I14" s="8">
+        <v>302619649</v>
+      </c>
+      <c r="J14" s="18">
+        <v>7824306971</v>
+      </c>
+      <c r="K14" s="9">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="L14" s="10">
+        <v>0.74550000000000005</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="8">
+        <v>996218820</v>
+      </c>
+      <c r="C15" s="8">
+        <v>899497890</v>
+      </c>
+      <c r="D15" s="8">
+        <v>96720930</v>
+      </c>
+      <c r="E15" s="8">
+        <v>24877727597</v>
+      </c>
+      <c r="F15" s="8">
+        <v>2707054580</v>
+      </c>
+      <c r="G15" s="8">
+        <v>2544070593</v>
+      </c>
+      <c r="H15" s="8">
+        <v>5251125173</v>
+      </c>
+      <c r="I15" s="8">
+        <v>507055204</v>
+      </c>
+      <c r="J15" s="18">
+        <v>30635907974</v>
+      </c>
+      <c r="K15" s="9">
+        <v>0.74</v>
+      </c>
+      <c r="L15" s="10">
+        <v>0.78180000000000005</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="8">
+        <v>406556425</v>
+      </c>
+      <c r="C16" s="8">
+        <v>271890700</v>
+      </c>
+      <c r="D16" s="8">
+        <v>134665725</v>
+      </c>
+      <c r="E16" s="8">
+        <v>5967040986</v>
+      </c>
+      <c r="F16" s="8">
+        <v>808859058</v>
+      </c>
+      <c r="G16" s="8">
+        <v>1381896171</v>
+      </c>
+      <c r="H16" s="8">
+        <v>2190755229</v>
+      </c>
+      <c r="I16" s="8">
+        <v>357904301</v>
+      </c>
+      <c r="J16" s="18">
+        <v>8515700516</v>
+      </c>
+      <c r="K16" s="9">
+        <v>0.63</v>
+      </c>
+      <c r="L16" s="10">
+        <v>0.91420000000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="8">
+        <v>213036391</v>
+      </c>
+      <c r="C17" s="8">
+        <v>155103205</v>
+      </c>
+      <c r="D17" s="8">
+        <v>57933186</v>
+      </c>
+      <c r="E17" s="8">
+        <v>1041864874</v>
+      </c>
+      <c r="F17" s="8">
+        <v>144631353</v>
+      </c>
+      <c r="G17" s="8">
+        <v>52909242</v>
+      </c>
+      <c r="H17" s="8">
+        <v>197540595</v>
+      </c>
+      <c r="I17" s="8">
+        <v>16898343</v>
+      </c>
+      <c r="J17" s="18">
+        <v>1256303812</v>
+      </c>
+      <c r="K17" s="9">
+        <v>0.87</v>
+      </c>
+      <c r="L17" s="10">
+        <v>0.73299999999999998</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="8">
+        <v>190376528</v>
+      </c>
+      <c r="C18" s="8">
+        <v>106197504</v>
+      </c>
+      <c r="D18" s="8">
+        <v>84179024</v>
+      </c>
+      <c r="E18" s="8">
+        <v>15171751106</v>
+      </c>
+      <c r="F18" s="8">
+        <v>1072174249</v>
+      </c>
+      <c r="G18" s="8">
+        <v>768668046</v>
+      </c>
+      <c r="H18" s="8">
+        <v>1840842295</v>
+      </c>
+      <c r="I18" s="8">
+        <v>163461595</v>
+      </c>
+      <c r="J18" s="18">
+        <v>17176054996</v>
+      </c>
+      <c r="K18" s="9">
+        <v>0.33</v>
+      </c>
+      <c r="L18" s="10">
+        <v>0.77180000000000004</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" s="8">
+        <v>299844170</v>
+      </c>
+      <c r="C19" s="8">
+        <v>228331424</v>
+      </c>
+      <c r="D19" s="8">
+        <v>71512746</v>
+      </c>
+      <c r="E19" s="8">
+        <v>1396805308</v>
+      </c>
+      <c r="F19" s="8">
+        <v>213796233</v>
+      </c>
+      <c r="G19" s="8">
+        <v>51202771</v>
+      </c>
+      <c r="H19" s="8">
+        <v>264999004</v>
+      </c>
+      <c r="I19" s="8">
+        <v>101544500</v>
+      </c>
+      <c r="J19" s="18">
+        <v>1763348812</v>
+      </c>
+      <c r="K19" s="9">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="L19" s="10">
+        <v>0.94589999999999996</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="8">
+        <v>389939100</v>
+      </c>
+      <c r="C20" s="8">
+        <v>246483500</v>
+      </c>
+      <c r="D20" s="8">
+        <v>143455600</v>
+      </c>
+      <c r="E20" s="8">
+        <v>13883826300</v>
+      </c>
+      <c r="F20" s="8">
+        <v>1890891352</v>
+      </c>
+      <c r="G20" s="8">
+        <v>3317856375</v>
+      </c>
+      <c r="H20" s="8">
+        <v>5208747727</v>
+      </c>
+      <c r="I20" s="8">
+        <v>1177954427</v>
+      </c>
+      <c r="J20" s="18">
+        <v>20270528454</v>
+      </c>
+      <c r="K20" s="9">
+        <v>0.57499999999999996</v>
+      </c>
+      <c r="L20" s="10">
+        <v>0.69730000000000003</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="8">
+        <v>1474257561</v>
+      </c>
+      <c r="C21" s="8">
+        <v>995667558</v>
+      </c>
+      <c r="D21" s="8">
+        <v>478590003</v>
+      </c>
+      <c r="E21" s="8">
+        <v>12328099170</v>
+      </c>
+      <c r="F21" s="8">
+        <v>1090162259</v>
+      </c>
+      <c r="G21" s="8">
+        <v>715069525</v>
+      </c>
+      <c r="H21" s="8">
+        <v>1805231784</v>
+      </c>
+      <c r="I21" s="8">
+        <v>235295363</v>
+      </c>
+      <c r="J21" s="18">
+        <v>14368626317</v>
+      </c>
+      <c r="K21" s="9">
+        <v>0.66500000000000004</v>
+      </c>
+      <c r="L21" s="10">
+        <v>0.82530000000000003</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="8">
+        <v>210606400</v>
+      </c>
+      <c r="C22" s="8">
+        <v>132150240</v>
+      </c>
+      <c r="D22" s="8">
+        <v>78456160</v>
+      </c>
+      <c r="E22" s="8">
+        <v>3397660995</v>
+      </c>
+      <c r="F22" s="8">
+        <v>344586831</v>
+      </c>
+      <c r="G22" s="8">
+        <v>212932711</v>
+      </c>
+      <c r="H22" s="8">
+        <v>557519542</v>
+      </c>
+      <c r="I22" s="8">
+        <v>71435572</v>
+      </c>
+      <c r="J22" s="18">
+        <v>4026616109</v>
+      </c>
+      <c r="K22" s="9">
+        <v>0.61</v>
+      </c>
+      <c r="L22" s="10">
+        <v>0.80930000000000002</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="8">
+        <v>178528291</v>
+      </c>
+      <c r="C23" s="8">
+        <v>123972649</v>
+      </c>
+      <c r="D23" s="8">
+        <v>54555642</v>
+      </c>
+      <c r="E23" s="8">
+        <v>1525818753</v>
+      </c>
+      <c r="F23" s="8">
+        <v>180024476</v>
+      </c>
+      <c r="G23" s="8">
+        <v>158045932</v>
+      </c>
+      <c r="H23" s="8">
+        <v>338070408</v>
+      </c>
+      <c r="I23" s="8">
+        <v>43712682</v>
+      </c>
+      <c r="J23" s="18">
+        <v>1907601843</v>
+      </c>
+      <c r="K23" s="9">
+        <v>0.66500000000000004</v>
+      </c>
+      <c r="L23" s="10">
+        <v>0.98380000000000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="8">
+        <v>105895000</v>
+      </c>
+      <c r="C24" s="8">
+        <v>90068900</v>
+      </c>
+      <c r="D24" s="8">
+        <v>15826100</v>
+      </c>
+      <c r="E24" s="8">
+        <v>1856998097</v>
+      </c>
+      <c r="F24" s="8">
+        <v>158600189</v>
+      </c>
+      <c r="G24" s="8">
+        <v>68231256</v>
+      </c>
+      <c r="H24" s="8">
+        <v>226831445</v>
+      </c>
+      <c r="I24" s="8">
+        <v>24746175</v>
+      </c>
+      <c r="J24" s="18">
+        <v>2108575717</v>
+      </c>
+      <c r="K24" s="9">
+        <v>0.43</v>
+      </c>
+      <c r="L24" s="10">
+        <v>0.80230000000000001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="8">
+        <v>579733979</v>
+      </c>
+      <c r="C25" s="8">
+        <v>317960514</v>
+      </c>
+      <c r="D25" s="8">
+        <v>261773465</v>
+      </c>
+      <c r="E25" s="8">
+        <v>6553453803</v>
+      </c>
+      <c r="F25" s="8">
+        <v>977141320</v>
+      </c>
+      <c r="G25" s="8">
+        <v>2285161852</v>
+      </c>
+      <c r="H25" s="8">
+        <v>3262303172</v>
+      </c>
+      <c r="I25" s="8">
+        <v>1109700413</v>
+      </c>
+      <c r="J25" s="18">
+        <v>10925457388</v>
+      </c>
+      <c r="K25" s="9">
+        <v>0.6875</v>
+      </c>
+      <c r="L25" s="10">
+        <v>0.74980000000000002</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B26" s="8">
+        <v>430445400</v>
+      </c>
+      <c r="C26" s="8">
+        <v>172542600</v>
+      </c>
+      <c r="D26" s="8">
+        <v>257902800</v>
+      </c>
+      <c r="E26" s="8">
+        <v>2788312546</v>
+      </c>
+      <c r="F26" s="8">
+        <v>501405856</v>
+      </c>
+      <c r="G26" s="8">
+        <v>797483861</v>
+      </c>
+      <c r="H26" s="8">
+        <v>1298889717</v>
+      </c>
+      <c r="I26" s="8">
+        <v>208549656</v>
+      </c>
+      <c r="J26" s="18">
+        <v>4295751919</v>
+      </c>
+      <c r="K26" s="9">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="L26" s="10">
+        <v>0.7944</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="8">
+        <v>318781689</v>
+      </c>
+      <c r="C27" s="8">
+        <v>247869030</v>
+      </c>
+      <c r="D27" s="8">
+        <v>70912659</v>
+      </c>
+      <c r="E27" s="8">
+        <v>8047794591</v>
+      </c>
+      <c r="F27" s="8">
+        <v>1256335555</v>
+      </c>
+      <c r="G27" s="8">
+        <v>932768168</v>
+      </c>
+      <c r="H27" s="8">
+        <v>2189103723</v>
+      </c>
+      <c r="I27" s="8">
+        <v>194810988</v>
+      </c>
+      <c r="J27" s="18">
+        <v>10431709302</v>
+      </c>
+      <c r="K27" s="9">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="L27" s="10">
+        <v>0.76880000000000004</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="8">
+        <v>363686846</v>
+      </c>
+      <c r="C28" s="8">
+        <v>336408898</v>
+      </c>
+      <c r="D28" s="8">
+        <v>27277948</v>
+      </c>
+      <c r="E28" s="8">
+        <v>19595947558</v>
+      </c>
+      <c r="F28" s="8">
+        <v>3044580966</v>
+      </c>
+      <c r="G28" s="8">
+        <v>1700245288</v>
+      </c>
+      <c r="H28" s="8">
+        <v>4744826254</v>
+      </c>
+      <c r="I28" s="8">
+        <v>460293982</v>
+      </c>
+      <c r="J28" s="18">
+        <v>24801067794</v>
+      </c>
+      <c r="K28" s="9">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="L28" s="10">
+        <v>0.75890000000000002</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29" s="8">
+        <v>295461800</v>
+      </c>
+      <c r="C29" s="8">
+        <v>231572840</v>
+      </c>
+      <c r="D29" s="8">
+        <v>63888960</v>
+      </c>
+      <c r="E29" s="8">
+        <v>7519172122</v>
+      </c>
+      <c r="F29" s="8">
+        <v>486789287</v>
+      </c>
+      <c r="G29" s="8">
+        <v>271964763</v>
+      </c>
+      <c r="H29" s="8">
+        <v>758754050</v>
+      </c>
+      <c r="I29" s="8">
+        <v>123445003</v>
+      </c>
+      <c r="J29" s="18">
+        <v>8401371175</v>
+      </c>
+      <c r="K29" s="9">
+        <v>0.46</v>
+      </c>
+      <c r="L29" s="10">
+        <v>0.86780000000000002</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="8">
+        <v>101700</v>
+      </c>
+      <c r="C30" s="8">
+        <v>90500</v>
+      </c>
+      <c r="D30" s="8">
+        <v>11200</v>
+      </c>
+      <c r="E30" s="8">
+        <v>15985207580</v>
+      </c>
+      <c r="F30" s="8">
+        <v>619116412</v>
+      </c>
+      <c r="G30" s="8">
+        <v>478646566</v>
+      </c>
+      <c r="H30" s="8">
+        <v>1097762978</v>
+      </c>
+      <c r="I30" s="8">
+        <v>151589514</v>
+      </c>
+      <c r="J30" s="18">
+        <v>17234560072</v>
+      </c>
+      <c r="K30" s="9">
+        <v>0.40050000000000002</v>
+      </c>
+      <c r="L30" s="10">
+        <v>0.79110000000000003</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="8">
+        <v>686462030</v>
+      </c>
+      <c r="C31" s="8">
+        <v>581658370</v>
+      </c>
+      <c r="D31" s="8">
+        <v>104803660</v>
+      </c>
+      <c r="E31" s="8">
+        <v>14317714946</v>
+      </c>
+      <c r="F31" s="8">
+        <v>1861948697</v>
+      </c>
+      <c r="G31" s="8">
+        <v>1390853912</v>
+      </c>
+      <c r="H31" s="8">
+        <v>3252802609</v>
+      </c>
+      <c r="I31" s="8">
+        <v>476043548</v>
+      </c>
+      <c r="J31" s="18">
+        <v>18046561103</v>
+      </c>
+      <c r="K31" s="9">
+        <v>0.54</v>
+      </c>
+      <c r="L31" s="10">
+        <v>0.87090000000000001</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" s="8">
+        <v>672479977</v>
+      </c>
+      <c r="C32" s="8">
+        <v>440611387</v>
+      </c>
+      <c r="D32" s="8">
+        <v>231868590</v>
+      </c>
+      <c r="E32" s="8">
+        <v>4238123289</v>
+      </c>
+      <c r="F32" s="8">
+        <v>581940026</v>
+      </c>
+      <c r="G32" s="8">
+        <v>570697185</v>
+      </c>
+      <c r="H32" s="8">
+        <v>1152637211</v>
+      </c>
+      <c r="I32" s="8">
+        <v>128751330</v>
+      </c>
+      <c r="J32" s="18">
+        <v>5519511830</v>
+      </c>
+      <c r="K32" s="9">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="L32" s="10">
+        <v>0.86419999999999997</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="8">
+        <v>898110451</v>
+      </c>
+      <c r="C33" s="8">
+        <v>701645357</v>
+      </c>
+      <c r="D33" s="8">
+        <v>196465094</v>
+      </c>
+      <c r="E33" s="8">
+        <v>3414412701</v>
+      </c>
+      <c r="F33" s="8">
+        <v>573649690</v>
+      </c>
+      <c r="G33" s="8">
+        <v>756461080</v>
+      </c>
+      <c r="H33" s="8">
+        <v>1330110770</v>
+      </c>
+      <c r="I33" s="8">
+        <v>172894694</v>
+      </c>
+      <c r="J33" s="18">
+        <v>4917418165</v>
+      </c>
+      <c r="K33" s="9">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="L33" s="10">
+        <v>0.87619999999999998</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" s="8">
+        <v>312657058</v>
+      </c>
+      <c r="C34" s="8">
+        <v>217666432</v>
+      </c>
+      <c r="D34" s="8">
+        <v>94990626</v>
+      </c>
+      <c r="E34" s="8">
+        <v>40578750753</v>
+      </c>
+      <c r="F34" s="8">
+        <v>3007197427</v>
+      </c>
+      <c r="G34" s="8">
+        <v>5020209662</v>
+      </c>
+      <c r="H34" s="8">
+        <v>8027407089</v>
+      </c>
+      <c r="I34" s="8">
+        <v>677619677</v>
+      </c>
+      <c r="J34" s="18">
+        <v>49283777519</v>
+      </c>
+      <c r="K34" s="9">
+        <v>0.72219999999999995</v>
+      </c>
+      <c r="L34" s="10">
+        <v>0.76639999999999997</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" s="8">
+        <v>557495599</v>
+      </c>
+      <c r="C35" s="8">
+        <v>320183504</v>
+      </c>
+      <c r="D35" s="8">
+        <v>237312095</v>
+      </c>
+      <c r="E35" s="8">
+        <v>2303702985</v>
+      </c>
+      <c r="F35" s="8">
+        <v>450544702</v>
+      </c>
+      <c r="G35" s="8">
+        <v>460229852</v>
+      </c>
+      <c r="H35" s="8">
+        <v>910774554</v>
+      </c>
+      <c r="I35" s="8">
+        <v>253262125</v>
+      </c>
+      <c r="J35" s="18">
+        <v>3467739664</v>
+      </c>
+      <c r="K35" s="9">
+        <v>0.95</v>
+      </c>
+      <c r="L35" s="10">
+        <v>0.9667</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B36" s="8">
+        <v>320112000</v>
+      </c>
+      <c r="C36" s="8">
+        <v>306989600</v>
+      </c>
+      <c r="D36" s="8">
+        <v>13122400</v>
+      </c>
+      <c r="E36" s="8">
+        <v>35133754122</v>
+      </c>
+      <c r="F36" s="8">
+        <v>3930186192</v>
+      </c>
+      <c r="G36" s="8">
+        <v>4271506374</v>
+      </c>
+      <c r="H36" s="8">
+        <v>8201692566</v>
+      </c>
+      <c r="I36" s="8">
+        <v>960949007</v>
+      </c>
+      <c r="J36" s="18">
+        <v>44296395695</v>
+      </c>
+      <c r="K36" s="9">
+        <v>0.67779999999999996</v>
+      </c>
+      <c r="L36" s="10">
+        <v>0.84509999999999996</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B37" s="8">
+        <v>547134386</v>
+      </c>
+      <c r="C37" s="8">
+        <v>437532947</v>
+      </c>
+      <c r="D37" s="8">
+        <v>109601439</v>
+      </c>
+      <c r="E37" s="8">
+        <v>5525707094</v>
+      </c>
+      <c r="F37" s="8">
+        <v>854052396</v>
+      </c>
+      <c r="G37" s="8">
+        <v>643984243</v>
+      </c>
+      <c r="H37" s="8">
+        <v>1498036639</v>
+      </c>
+      <c r="I37" s="8">
+        <v>154600568</v>
+      </c>
+      <c r="J37" s="18">
+        <v>7178344301</v>
+      </c>
+      <c r="K37" s="9">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="L37" s="10">
+        <v>0.71519999999999995</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B38" s="8">
+        <v>269078536</v>
+      </c>
+      <c r="C38" s="8">
+        <v>152430930</v>
+      </c>
+      <c r="D38" s="8">
+        <v>116647606</v>
+      </c>
+      <c r="E38" s="8">
+        <v>16747953811</v>
+      </c>
+      <c r="F38" s="8">
+        <v>2422596323</v>
+      </c>
+      <c r="G38" s="8">
+        <v>1858482026</v>
+      </c>
+      <c r="H38" s="8">
+        <v>4281078349</v>
+      </c>
+      <c r="I38" s="8">
+        <v>915467195</v>
+      </c>
+      <c r="J38" s="18">
+        <v>21944499355</v>
+      </c>
+      <c r="K38" s="9">
+        <v>0.81</v>
+      </c>
+      <c r="L38" s="10">
+        <v>0.68669999999999998</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B39" s="8">
+        <v>298726393</v>
+      </c>
+      <c r="C39" s="8">
+        <v>193855926</v>
+      </c>
+      <c r="D39" s="8">
+        <v>104870467</v>
+      </c>
+      <c r="E39" s="8">
+        <v>754357959</v>
+      </c>
+      <c r="F39" s="8">
+        <v>123060805</v>
+      </c>
+      <c r="G39" s="8">
+        <v>70059802</v>
+      </c>
+      <c r="H39" s="8">
+        <v>193120607</v>
+      </c>
+      <c r="I39" s="8">
+        <v>55011048</v>
+      </c>
+      <c r="J39" s="18">
+        <v>1002489614</v>
+      </c>
+      <c r="K39" s="9">
+        <v>0.84</v>
+      </c>
+      <c r="L39" s="10">
+        <v>0.88260000000000005</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B40" s="8">
+        <v>48319970</v>
+      </c>
+      <c r="C40" s="8">
+        <v>33383270</v>
+      </c>
+      <c r="D40" s="8">
+        <v>14936700</v>
+      </c>
+      <c r="E40" s="8">
+        <v>1023200690</v>
+      </c>
+      <c r="F40" s="8">
+        <v>99140007</v>
+      </c>
+      <c r="G40" s="8">
+        <v>46390589</v>
+      </c>
+      <c r="H40" s="8">
+        <v>145530596</v>
+      </c>
+      <c r="I40" s="8">
+        <v>48323389</v>
+      </c>
+      <c r="J40" s="18">
+        <v>1217054675</v>
+      </c>
+      <c r="K40" s="9">
+        <v>0.65</v>
+      </c>
+      <c r="L40" s="10">
+        <v>0.72609999999999997</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="B41" s="8">
+        <v>473672769</v>
+      </c>
+      <c r="C41" s="8">
+        <v>395001117</v>
+      </c>
+      <c r="D41" s="8">
+        <v>78671652</v>
+      </c>
+      <c r="E41" s="8">
+        <v>4019167753</v>
+      </c>
+      <c r="F41" s="8">
+        <v>671688996</v>
+      </c>
+      <c r="G41" s="8">
+        <v>541410096</v>
+      </c>
+      <c r="H41" s="8">
+        <v>1213099092</v>
+      </c>
+      <c r="I41" s="8">
+        <v>127620147</v>
+      </c>
+      <c r="J41" s="18">
+        <v>5359886992</v>
+      </c>
+      <c r="K41" s="9">
+        <v>0.84</v>
+      </c>
+      <c r="L41" s="10">
+        <v>0.67500000000000004</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B42" s="8">
+        <v>321697940</v>
+      </c>
+      <c r="C42" s="8">
+        <v>231552483</v>
+      </c>
+      <c r="D42" s="8">
+        <v>90145457</v>
+      </c>
+      <c r="E42" s="8">
+        <v>915059088</v>
+      </c>
+      <c r="F42" s="8">
+        <v>198977054</v>
+      </c>
+      <c r="G42" s="8">
+        <v>148626133</v>
+      </c>
+      <c r="H42" s="8">
+        <v>347603187</v>
+      </c>
+      <c r="I42" s="8">
+        <v>49739661</v>
+      </c>
+      <c r="J42" s="18">
+        <v>1312401936</v>
+      </c>
+      <c r="K42" s="9">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="L42" s="10">
+        <v>0.83699999999999997</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="8">
+        <v>706860175</v>
+      </c>
+      <c r="C43" s="8">
+        <v>615673581</v>
+      </c>
+      <c r="D43" s="8">
+        <v>91186594</v>
+      </c>
+      <c r="E43" s="8">
+        <v>56725427106</v>
+      </c>
+      <c r="F43" s="8">
+        <v>5318550635</v>
+      </c>
+      <c r="G43" s="8">
+        <v>5840022672</v>
+      </c>
+      <c r="H43" s="8">
+        <v>11158573307</v>
+      </c>
+      <c r="I43" s="8">
+        <v>1671269797</v>
+      </c>
+      <c r="J43" s="18">
+        <v>69555270210</v>
+      </c>
+      <c r="K43" s="9">
+        <v>0.73050000000000004</v>
+      </c>
+      <c r="L43" s="10">
+        <v>0.98509999999999998</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B44" s="8">
+        <v>559212900</v>
+      </c>
+      <c r="C44" s="8">
+        <v>403634900</v>
+      </c>
+      <c r="D44" s="8">
+        <v>155578000</v>
+      </c>
+      <c r="E44" s="8">
+        <v>2727509046</v>
+      </c>
+      <c r="F44" s="8">
+        <v>461960672</v>
+      </c>
+      <c r="G44" s="8">
+        <v>616959541</v>
+      </c>
+      <c r="H44" s="8">
+        <v>1078920213</v>
+      </c>
+      <c r="I44" s="8">
+        <v>384737877</v>
+      </c>
+      <c r="J44" s="18">
+        <v>4191167136</v>
+      </c>
+      <c r="K44" s="9">
+        <v>0.76</v>
+      </c>
+      <c r="L44" s="10">
+        <v>0.84550000000000003</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" s="8">
+        <v>1088131027</v>
+      </c>
+      <c r="C45" s="8">
+        <v>981417780</v>
+      </c>
+      <c r="D45" s="8">
+        <v>106713247</v>
+      </c>
+      <c r="E45" s="8">
+        <v>11061397524</v>
+      </c>
+      <c r="F45" s="8">
+        <v>1415334902</v>
+      </c>
+      <c r="G45" s="8">
+        <v>552688530</v>
+      </c>
+      <c r="H45" s="8">
+        <v>1968023432</v>
+      </c>
+      <c r="I45" s="8">
+        <v>265131929</v>
+      </c>
+      <c r="J45" s="18">
+        <v>13294552885</v>
+      </c>
+      <c r="K45" s="9">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="L45" s="10">
+        <v>0.99350000000000005</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B46" s="8">
+        <v>454861205</v>
+      </c>
+      <c r="C46" s="8">
+        <v>381143078</v>
+      </c>
+      <c r="D46" s="8">
+        <v>73718127</v>
+      </c>
+      <c r="E46" s="8">
+        <v>8252039855</v>
+      </c>
+      <c r="F46" s="8">
+        <v>795326111</v>
+      </c>
+      <c r="G46" s="8">
+        <v>646624096</v>
+      </c>
+      <c r="H46" s="8">
+        <v>1441950207</v>
+      </c>
+      <c r="I46" s="8">
+        <v>203162917</v>
+      </c>
+      <c r="J46" s="18">
+        <v>9897152979</v>
+      </c>
+      <c r="K46" s="9">
+        <v>0.53500000000000003</v>
+      </c>
+      <c r="L46" s="10">
+        <v>0.79369999999999996</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B47" s="8">
+        <v>595401300</v>
+      </c>
+      <c r="C47" s="8">
+        <v>386044715</v>
+      </c>
+      <c r="D47" s="8">
+        <v>209356585</v>
+      </c>
+      <c r="E47" s="8">
+        <v>14385980013</v>
+      </c>
+      <c r="F47" s="8">
+        <v>1471918208</v>
+      </c>
+      <c r="G47" s="8">
+        <v>1404391247</v>
+      </c>
+      <c r="H47" s="8">
+        <v>2876309455</v>
+      </c>
+      <c r="I47" s="8">
+        <v>388295850</v>
+      </c>
+      <c r="J47" s="18">
+        <v>17650585318</v>
+      </c>
+      <c r="K47" s="9">
+        <v>0.56100000000000005</v>
+      </c>
+      <c r="L47" s="10">
+        <v>0.73580000000000001</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B48" s="8">
+        <v>245278081</v>
+      </c>
+      <c r="C48" s="8">
+        <v>169632969</v>
+      </c>
+      <c r="D48" s="8">
+        <v>75645112</v>
+      </c>
+      <c r="E48" s="8">
+        <v>1124006379</v>
+      </c>
+      <c r="F48" s="8">
+        <v>206348346</v>
+      </c>
+      <c r="G48" s="8">
+        <v>296312174</v>
+      </c>
+      <c r="H48" s="8">
+        <v>502660520</v>
+      </c>
+      <c r="I48" s="8">
+        <v>136095793</v>
+      </c>
+      <c r="J48" s="18">
+        <v>1762762692</v>
+      </c>
+      <c r="K48" s="9">
+        <v>0.84</v>
+      </c>
+      <c r="L48" s="10">
+        <v>0.90649999999999997</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B49" s="8">
+        <v>326555130</v>
+      </c>
+      <c r="C49" s="8">
+        <v>192383330</v>
+      </c>
+      <c r="D49" s="8">
+        <v>134171800</v>
+      </c>
+      <c r="E49" s="8">
+        <v>3724849884</v>
+      </c>
+      <c r="F49" s="8">
+        <v>561873118</v>
+      </c>
+      <c r="G49" s="8">
+        <v>256745004</v>
+      </c>
+      <c r="H49" s="8">
+        <v>818618122</v>
+      </c>
+      <c r="I49" s="8">
+        <v>109182324</v>
+      </c>
+      <c r="J49" s="18">
+        <v>4652650330</v>
+      </c>
+      <c r="K49" s="9">
+        <v>0.73</v>
+      </c>
+      <c r="L49" s="10">
+        <v>0.98680000000000001</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B50" s="8">
+        <v>322712410</v>
+      </c>
+      <c r="C50" s="8">
+        <v>195155095</v>
+      </c>
+      <c r="D50" s="8">
+        <v>127557315</v>
+      </c>
+      <c r="E50" s="8">
+        <v>825557275</v>
+      </c>
+      <c r="F50" s="8">
+        <v>57671609</v>
+      </c>
+      <c r="G50" s="8">
+        <v>50045940</v>
+      </c>
+      <c r="H50" s="8">
+        <v>107717549</v>
+      </c>
+      <c r="I50" s="8">
+        <v>29812068</v>
+      </c>
+      <c r="J50" s="18">
+        <v>963086892</v>
+      </c>
+      <c r="K50" s="9">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="L50" s="10">
+        <v>0.6986</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B51" s="8">
+        <v>1225339542</v>
+      </c>
+      <c r="C51" s="8">
+        <v>845503792</v>
+      </c>
+      <c r="D51" s="8">
+        <v>379835750</v>
+      </c>
+      <c r="E51" s="8">
+        <v>23112390572</v>
+      </c>
+      <c r="F51" s="8">
+        <v>2606487844</v>
+      </c>
+      <c r="G51" s="8">
+        <v>2507518943</v>
+      </c>
+      <c r="H51" s="8">
+        <v>5114006787</v>
+      </c>
+      <c r="I51" s="8">
+        <v>546913515</v>
+      </c>
+      <c r="J51" s="18">
+        <v>28773310874</v>
+      </c>
+      <c r="K51" s="9">
+        <v>0.53749999999999998</v>
+      </c>
+      <c r="L51" s="10">
+        <v>0.71460000000000001</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B52" s="8">
+        <v>415797280</v>
+      </c>
+      <c r="C52" s="8">
+        <v>332024460</v>
+      </c>
+      <c r="D52" s="8">
+        <v>83772820</v>
+      </c>
+      <c r="E52" s="8">
+        <v>10859263017</v>
+      </c>
+      <c r="F52" s="8">
+        <v>502444382</v>
+      </c>
+      <c r="G52" s="8">
+        <v>197250159</v>
+      </c>
+      <c r="H52" s="8">
+        <v>699694541</v>
+      </c>
+      <c r="I52" s="8">
+        <v>297901510</v>
+      </c>
+      <c r="J52" s="18">
+        <v>11856859068</v>
+      </c>
+      <c r="K52" s="9">
+        <v>0.38</v>
+      </c>
+      <c r="L52" s="10">
+        <v>0.95620000000000005</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B53" s="8">
+        <v>1181929320</v>
+      </c>
+      <c r="C53" s="8">
+        <v>949833620</v>
+      </c>
+      <c r="D53" s="8">
+        <v>232095700</v>
+      </c>
+      <c r="E53" s="8">
+        <v>19788841093</v>
+      </c>
+      <c r="F53" s="8">
+        <v>2744417361</v>
+      </c>
+      <c r="G53" s="8">
+        <v>2824228196</v>
+      </c>
+      <c r="H53" s="8">
+        <v>5568645557</v>
+      </c>
+      <c r="I53" s="8">
+        <v>495463273</v>
+      </c>
+      <c r="J53" s="18">
+        <v>25852949923</v>
+      </c>
+      <c r="K53" s="9">
+        <v>0.73</v>
+      </c>
+      <c r="L53" s="10">
+        <v>0.80779999999999996</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B54" s="8">
+        <v>297948261</v>
+      </c>
+      <c r="C54" s="8">
+        <v>228833910</v>
+      </c>
+      <c r="D54" s="8">
+        <v>69114351</v>
+      </c>
+      <c r="E54" s="8">
+        <v>862084328</v>
+      </c>
+      <c r="F54" s="8">
+        <v>116893099</v>
+      </c>
+      <c r="G54" s="8">
+        <v>85257013</v>
+      </c>
+      <c r="H54" s="8">
+        <v>202150112</v>
+      </c>
+      <c r="I54" s="8">
+        <v>54615908</v>
+      </c>
+      <c r="J54" s="18">
+        <v>1118850348</v>
+      </c>
+      <c r="K54" s="9">
+        <v>0.72</v>
+      </c>
+      <c r="L54" s="10">
+        <v>1.0021</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B55" s="8">
+        <v>284015500</v>
+      </c>
+      <c r="C55" s="8">
+        <v>242564800</v>
+      </c>
+      <c r="D55" s="8">
+        <v>41450700</v>
+      </c>
+      <c r="E55" s="8">
+        <v>4573531231</v>
+      </c>
+      <c r="F55" s="8">
+        <v>692342977</v>
+      </c>
+      <c r="G55" s="8">
+        <v>1701613665</v>
+      </c>
+      <c r="H55" s="8">
+        <v>2393956642</v>
+      </c>
+      <c r="I55" s="8">
+        <v>148614897</v>
+      </c>
+      <c r="J55" s="18">
+        <v>7116102770</v>
+      </c>
+      <c r="K55" s="9">
+        <v>0.73</v>
+      </c>
+      <c r="L55" s="10">
+        <v>0.7389</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B56" s="8">
+        <v>486682215</v>
+      </c>
+      <c r="C56" s="8">
+        <v>287122256</v>
+      </c>
+      <c r="D56" s="8">
+        <v>199559959</v>
+      </c>
+      <c r="E56" s="8">
+        <v>2765594717</v>
+      </c>
+      <c r="F56" s="8">
+        <v>553049388</v>
+      </c>
+      <c r="G56" s="8">
+        <v>959768115</v>
+      </c>
+      <c r="H56" s="8">
+        <v>1512817503</v>
+      </c>
+      <c r="I56" s="8">
+        <v>129061653</v>
+      </c>
+      <c r="J56" s="18">
+        <v>4407473873</v>
+      </c>
+      <c r="K56" s="9">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="L56" s="10">
+        <v>0.82240000000000002</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B57" s="8">
+        <v>553893157</v>
+      </c>
+      <c r="C57" s="8">
+        <v>356627937</v>
+      </c>
+      <c r="D57" s="8">
+        <v>197265220</v>
+      </c>
+      <c r="E57" s="8">
+        <v>9800405480</v>
+      </c>
+      <c r="F57" s="8">
+        <v>1252633386</v>
+      </c>
+      <c r="G57" s="8">
+        <v>952621878</v>
+      </c>
+      <c r="H57" s="8">
+        <v>2205255264</v>
+      </c>
+      <c r="I57" s="8">
+        <v>572648005</v>
+      </c>
+      <c r="J57" s="18">
+        <v>12578308749</v>
+      </c>
+      <c r="K57" s="9">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="L57" s="10">
+        <v>0.754</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B58" s="8">
+        <v>250003416</v>
+      </c>
+      <c r="C58" s="8">
+        <v>210374322</v>
+      </c>
+      <c r="D58" s="8">
+        <v>39629094</v>
+      </c>
+      <c r="E58" s="8">
+        <v>7697117168</v>
+      </c>
+      <c r="F58" s="8">
+        <v>485092942</v>
+      </c>
+      <c r="G58" s="8">
+        <v>135069979</v>
+      </c>
+      <c r="H58" s="8">
+        <v>620162921</v>
+      </c>
+      <c r="I58" s="8">
+        <v>203502705</v>
+      </c>
+      <c r="J58" s="18">
+        <v>8520782794</v>
+      </c>
+      <c r="K58" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="L58" s="10">
+        <v>0.89380000000000004</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B59" s="8">
+        <v>307117846</v>
+      </c>
+      <c r="C59" s="8">
+        <v>272269751</v>
+      </c>
+      <c r="D59" s="8">
+        <v>34848095</v>
+      </c>
+      <c r="E59" s="8">
+        <v>2415727775</v>
+      </c>
+      <c r="F59" s="8">
+        <v>246061094</v>
+      </c>
+      <c r="G59" s="8">
+        <v>93249155</v>
+      </c>
+      <c r="H59" s="8">
+        <v>339310249</v>
+      </c>
+      <c r="I59" s="8">
+        <v>91178331</v>
+      </c>
+      <c r="J59" s="18">
+        <v>2846216355</v>
+      </c>
+      <c r="K59" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="L59" s="10">
+        <v>0.72499999999999998</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B60" s="8">
+        <v>362873890</v>
+      </c>
+      <c r="C60" s="8">
+        <v>270602082</v>
+      </c>
+      <c r="D60" s="8">
+        <v>92271808</v>
+      </c>
+      <c r="E60" s="8">
+        <v>1212335213</v>
+      </c>
+      <c r="F60" s="8">
+        <v>238025756</v>
+      </c>
+      <c r="G60" s="8">
+        <v>532486484</v>
+      </c>
+      <c r="H60" s="8">
+        <v>770512240</v>
+      </c>
+      <c r="I60" s="8">
+        <v>91179067</v>
+      </c>
+      <c r="J60" s="18">
+        <v>2074026520</v>
+      </c>
+      <c r="K60" s="9">
+        <v>0.81</v>
+      </c>
+      <c r="L60" s="10">
+        <v>0.99019999999999997</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B61" s="8">
+        <v>112682808</v>
+      </c>
+      <c r="C61" s="8">
+        <v>88514090</v>
+      </c>
+      <c r="D61" s="8">
+        <v>24168718</v>
+      </c>
+      <c r="E61" s="8">
+        <v>3470789294</v>
+      </c>
+      <c r="F61" s="8">
+        <v>492553234</v>
+      </c>
+      <c r="G61" s="8">
+        <v>692000453</v>
+      </c>
+      <c r="H61" s="8">
+        <v>1184553687</v>
+      </c>
+      <c r="I61" s="8">
+        <v>320997437</v>
+      </c>
+      <c r="J61" s="18">
+        <v>4976340418</v>
+      </c>
+      <c r="K61" s="9">
+        <v>0.57750000000000001</v>
+      </c>
+      <c r="L61" s="10">
+        <v>0.74199999999999999</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A62" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B62" s="8">
+        <v>381555088</v>
+      </c>
+      <c r="C62" s="8">
+        <v>323069875</v>
+      </c>
+      <c r="D62" s="8">
+        <v>58485213</v>
+      </c>
+      <c r="E62" s="8">
+        <v>170095413453</v>
+      </c>
+      <c r="F62" s="8">
+        <v>12651340799</v>
+      </c>
+      <c r="G62" s="8">
+        <v>13246060659</v>
+      </c>
+      <c r="H62" s="8">
+        <v>25897401458</v>
+      </c>
+      <c r="I62" s="8">
+        <v>5593438872</v>
+      </c>
+      <c r="J62" s="18">
+        <v>201586253783</v>
+      </c>
+      <c r="K62" s="9">
+        <v>0.6169</v>
+      </c>
+      <c r="L62" s="10">
+        <v>0.74329999999999996</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A63" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B63" s="8">
+        <v>202232800</v>
+      </c>
+      <c r="C63" s="8">
+        <v>114581000</v>
+      </c>
+      <c r="D63" s="8">
+        <v>87651800</v>
+      </c>
+      <c r="E63" s="8">
+        <v>1990387823</v>
+      </c>
+      <c r="F63" s="8">
+        <v>178894178</v>
+      </c>
+      <c r="G63" s="8">
+        <v>185930137</v>
+      </c>
+      <c r="H63" s="8">
+        <v>364824315</v>
+      </c>
+      <c r="I63" s="8">
+        <v>97389916</v>
+      </c>
+      <c r="J63" s="18">
+        <v>2452602054</v>
+      </c>
+      <c r="K63" s="9">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="L63" s="10">
+        <v>0.99760000000000004</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A64" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B64" s="8">
+        <v>281186051</v>
+      </c>
+      <c r="C64" s="8">
+        <v>150908931</v>
+      </c>
+      <c r="D64" s="8">
+        <v>130277120</v>
+      </c>
+      <c r="E64" s="8">
+        <v>2767929767</v>
+      </c>
+      <c r="F64" s="8">
+        <v>318130033</v>
+      </c>
+      <c r="G64" s="8">
+        <v>490227564</v>
+      </c>
+      <c r="H64" s="8">
+        <v>808357597</v>
+      </c>
+      <c r="I64" s="8">
+        <v>115887705</v>
+      </c>
+      <c r="J64" s="18">
+        <v>3692175069</v>
+      </c>
+      <c r="K64" s="9">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="L64" s="10">
+        <v>0.8488</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B65" s="8">
+        <v>1043627690</v>
+      </c>
+      <c r="C65" s="8">
+        <v>700694800</v>
+      </c>
+      <c r="D65" s="8">
+        <v>342932890</v>
+      </c>
+      <c r="E65" s="8">
+        <v>13001191152</v>
+      </c>
+      <c r="F65" s="8">
+        <v>1367541771</v>
+      </c>
+      <c r="G65" s="8">
+        <v>583483516</v>
+      </c>
+      <c r="H65" s="8">
+        <v>1951025287</v>
+      </c>
+      <c r="I65" s="8">
+        <v>238948840</v>
+      </c>
+      <c r="J65" s="18">
+        <v>15191165279</v>
+      </c>
+      <c r="K65" s="9">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="L65" s="10">
+        <v>0.80279999999999996</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B66" s="8">
+        <v>647934511</v>
+      </c>
+      <c r="C66" s="8">
+        <v>400432380</v>
+      </c>
+      <c r="D66" s="8">
+        <v>247502131</v>
+      </c>
+      <c r="E66" s="8">
+        <v>5889644030</v>
+      </c>
+      <c r="F66" s="8">
+        <v>1191750334</v>
+      </c>
+      <c r="G66" s="8">
+        <v>1321995770</v>
+      </c>
+      <c r="H66" s="8">
+        <v>2513746104</v>
+      </c>
+      <c r="I66" s="8">
+        <v>187501708</v>
+      </c>
+      <c r="J66" s="18">
+        <v>8590891842</v>
+      </c>
+      <c r="K66" s="9">
+        <v>0.67</v>
+      </c>
+      <c r="L66" s="10">
+        <v>0.70899999999999996</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A67" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B67" s="8">
+        <v>206601500</v>
+      </c>
+      <c r="C67" s="8">
+        <v>173343200</v>
+      </c>
+      <c r="D67" s="8">
+        <v>33258300</v>
+      </c>
+      <c r="E67" s="8">
+        <v>43182524946</v>
+      </c>
+      <c r="F67" s="8">
+        <v>2929553787</v>
+      </c>
+      <c r="G67" s="8">
+        <v>2360062922</v>
+      </c>
+      <c r="H67" s="8">
+        <v>5289616709</v>
+      </c>
+      <c r="I67" s="8">
+        <v>764846733</v>
+      </c>
+      <c r="J67" s="18">
+        <v>49236988388</v>
+      </c>
+      <c r="K67" s="9">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="L67" s="10">
+        <v>0.96709999999999996</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B68" s="8">
+        <v>458402596</v>
+      </c>
+      <c r="C68" s="8">
+        <v>275534297</v>
+      </c>
+      <c r="D68" s="8">
+        <v>182868299</v>
+      </c>
+      <c r="E68" s="8">
+        <v>1506792537</v>
+      </c>
+      <c r="F68" s="8">
+        <v>190825895</v>
+      </c>
+      <c r="G68" s="8">
+        <v>337754378</v>
+      </c>
+      <c r="H68" s="8">
+        <v>528580273</v>
+      </c>
+      <c r="I68" s="8">
+        <v>223647058</v>
+      </c>
+      <c r="J68" s="18">
+        <v>2259019868</v>
+      </c>
+      <c r="K68" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="L68" s="10">
+        <v>0.77339999999999998</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B69" s="8">
+        <v>337579175</v>
+      </c>
+      <c r="C69" s="8">
+        <v>209201416</v>
+      </c>
+      <c r="D69" s="8">
+        <v>128377759</v>
+      </c>
+      <c r="E69" s="8">
+        <v>17470163006</v>
+      </c>
+      <c r="F69" s="8">
+        <v>1865496905</v>
+      </c>
+      <c r="G69" s="8">
+        <v>719487746</v>
+      </c>
+      <c r="H69" s="8">
+        <v>2584984651</v>
+      </c>
+      <c r="I69" s="8">
+        <v>362845769</v>
+      </c>
+      <c r="J69" s="18">
+        <v>20417993426</v>
+      </c>
+      <c r="K69" s="9">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="L69" s="10">
+        <v>1.0150999999999999</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A70" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B70" s="8">
+        <v>820493860</v>
+      </c>
+      <c r="C70" s="8">
+        <v>777065526</v>
+      </c>
+      <c r="D70" s="8">
+        <v>43428334</v>
+      </c>
+      <c r="E70" s="8">
+        <v>19916311610</v>
+      </c>
+      <c r="F70" s="8">
+        <v>1433315493</v>
+      </c>
+      <c r="G70" s="8">
+        <v>534446258</v>
+      </c>
+      <c r="H70" s="8">
+        <v>1967761751</v>
+      </c>
+      <c r="I70" s="8">
+        <v>386793191</v>
+      </c>
+      <c r="J70" s="18">
+        <v>22270866552</v>
+      </c>
+      <c r="K70" s="9">
+        <v>0.83120000000000005</v>
+      </c>
+      <c r="L70" s="10">
+        <v>0.81969999999999998</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A71" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B71" s="8">
+        <v>143103289</v>
+      </c>
+      <c r="C71" s="8">
+        <v>87966165</v>
+      </c>
+      <c r="D71" s="8">
+        <v>55137124</v>
+      </c>
+      <c r="E71" s="8">
+        <v>1621006339</v>
+      </c>
+      <c r="F71" s="8">
+        <v>179136525</v>
+      </c>
+      <c r="G71" s="8">
+        <v>120563738</v>
+      </c>
+      <c r="H71" s="8">
+        <v>299700263</v>
+      </c>
+      <c r="I71" s="8">
+        <v>47525564</v>
+      </c>
+      <c r="J71" s="18">
+        <v>1968232166</v>
+      </c>
+      <c r="K71" s="9">
+        <v>0.625</v>
+      </c>
+      <c r="L71" s="10">
+        <v>0.84419999999999995</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B72" s="8">
+        <v>330768800</v>
+      </c>
+      <c r="C72" s="8">
+        <v>218066300</v>
+      </c>
+      <c r="D72" s="8">
+        <v>112702500</v>
+      </c>
+      <c r="E72" s="8">
+        <v>3510080334</v>
+      </c>
+      <c r="F72" s="8">
+        <v>407151035</v>
+      </c>
+      <c r="G72" s="8">
+        <v>347506060</v>
+      </c>
+      <c r="H72" s="8">
+        <v>754657095</v>
+      </c>
+      <c r="I72" s="8">
+        <v>88380438</v>
+      </c>
+      <c r="J72" s="18">
+        <v>4353117867</v>
+      </c>
+      <c r="K72" s="9">
+        <v>0.62</v>
+      </c>
+      <c r="L72" s="10">
+        <v>0.97550000000000003</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A73" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="B73" s="8">
+        <v>400988148</v>
+      </c>
+      <c r="C73" s="8">
+        <v>101545121</v>
+      </c>
+      <c r="D73" s="8">
+        <v>299443027</v>
+      </c>
+      <c r="E73" s="8">
+        <v>7282010057</v>
+      </c>
+      <c r="F73" s="8">
+        <v>878208266</v>
+      </c>
+      <c r="G73" s="8">
+        <v>495057432</v>
+      </c>
+      <c r="H73" s="8">
+        <v>1373265698</v>
+      </c>
+      <c r="I73" s="8">
+        <v>151017524</v>
+      </c>
+      <c r="J73" s="18">
+        <v>8806293279</v>
+      </c>
+      <c r="K73" s="9">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="L73" s="10">
+        <v>0.71789999999999998</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B74" s="8">
+        <v>682592900</v>
+      </c>
+      <c r="C74" s="8">
+        <v>185649000</v>
+      </c>
+      <c r="D74" s="8">
+        <v>496943900</v>
+      </c>
+      <c r="E74" s="8">
+        <v>1352642608</v>
+      </c>
+      <c r="F74" s="8">
+        <v>165419376</v>
+      </c>
+      <c r="G74" s="8">
+        <v>146075097</v>
+      </c>
+      <c r="H74" s="8">
+        <v>311494473</v>
+      </c>
+      <c r="I74" s="8">
+        <v>68572229</v>
+      </c>
+      <c r="J74" s="18">
+        <v>1732709310</v>
+      </c>
+      <c r="K74" s="9">
+        <v>0.61</v>
+      </c>
+      <c r="L74" s="10">
+        <v>0.83330000000000004</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A75" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B75" s="8">
+        <v>500267408</v>
+      </c>
+      <c r="C75" s="8">
+        <v>341597662</v>
+      </c>
+      <c r="D75" s="8">
+        <v>158669746</v>
+      </c>
+      <c r="E75" s="8">
+        <v>3395305390</v>
+      </c>
+      <c r="F75" s="8">
+        <v>449761412</v>
+      </c>
+      <c r="G75" s="8">
+        <v>488225631</v>
+      </c>
+      <c r="H75" s="8">
+        <v>937987043</v>
+      </c>
+      <c r="I75" s="8">
+        <v>967762440</v>
+      </c>
+      <c r="J75" s="18">
+        <v>5301054873</v>
+      </c>
+      <c r="K75" s="9">
+        <v>0.72</v>
+      </c>
+      <c r="L75" s="10">
+        <v>0.9133</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A76" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B76" s="8">
+        <v>757433919</v>
+      </c>
+      <c r="C76" s="8">
+        <v>490639781</v>
+      </c>
+      <c r="D76" s="8">
+        <v>266794138</v>
+      </c>
+      <c r="E76" s="8">
+        <v>12098477855</v>
+      </c>
+      <c r="F76" s="8">
+        <v>2020860461</v>
+      </c>
+      <c r="G76" s="8">
+        <v>1670832892</v>
+      </c>
+      <c r="H76" s="8">
+        <v>3691693353</v>
+      </c>
+      <c r="I76" s="8">
+        <v>202331003</v>
+      </c>
+      <c r="J76" s="18">
+        <v>15992502211</v>
+      </c>
+      <c r="K76" s="9">
+        <v>0.68410000000000004</v>
+      </c>
+      <c r="L76" s="10">
+        <v>0.81020000000000003</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A77" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="B77" s="8">
+        <v>486414629</v>
+      </c>
+      <c r="C77" s="8">
+        <v>316255271</v>
+      </c>
+      <c r="D77" s="8">
+        <v>170159358</v>
+      </c>
+      <c r="E77" s="8">
+        <v>3109128008</v>
+      </c>
+      <c r="F77" s="8">
+        <v>256211091</v>
+      </c>
+      <c r="G77" s="8">
+        <v>124428197</v>
+      </c>
+      <c r="H77" s="8">
+        <v>380639288</v>
+      </c>
+      <c r="I77" s="8">
+        <v>161738041</v>
+      </c>
+      <c r="J77" s="18">
+        <v>3651505337</v>
+      </c>
+      <c r="K77" s="9">
+        <v>0.51429999999999998</v>
+      </c>
+      <c r="L77" s="10">
+        <v>0.84450000000000003</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B78" s="8">
+        <v>632539350</v>
+      </c>
+      <c r="C78" s="8">
+        <v>594676190</v>
+      </c>
+      <c r="D78" s="8">
+        <v>37863160</v>
+      </c>
+      <c r="E78" s="8">
+        <v>9245057610</v>
+      </c>
+      <c r="F78" s="8">
+        <v>1537115468</v>
+      </c>
+      <c r="G78" s="8">
+        <v>1536635784</v>
+      </c>
+      <c r="H78" s="8">
+        <v>3073751252</v>
+      </c>
+      <c r="I78" s="8">
+        <v>351727412</v>
+      </c>
+      <c r="J78" s="18">
+        <v>12670536274</v>
+      </c>
+      <c r="K78" s="9">
+        <v>0.63270000000000004</v>
+      </c>
+      <c r="L78" s="10">
+        <v>0.76639999999999997</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="B79" s="8">
+        <v>198270788</v>
+      </c>
+      <c r="C79" s="8">
+        <v>109071403</v>
+      </c>
+      <c r="D79" s="8">
+        <v>89199385</v>
+      </c>
+      <c r="E79" s="8">
+        <v>1966182764</v>
+      </c>
+      <c r="F79" s="8">
+        <v>393714737</v>
+      </c>
+      <c r="G79" s="8">
+        <v>529238181</v>
+      </c>
+      <c r="H79" s="8">
+        <v>922952918</v>
+      </c>
+      <c r="I79" s="8">
+        <v>849443928</v>
+      </c>
+      <c r="J79" s="18">
+        <v>3738579610</v>
+      </c>
+      <c r="K79" s="9">
+        <v>0.83</v>
+      </c>
+      <c r="L79" s="10">
+        <v>0.88300000000000001</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B80" s="8">
+        <v>469671200</v>
+      </c>
+      <c r="C80" s="8">
+        <v>199356400</v>
+      </c>
+      <c r="D80" s="8">
+        <v>270314800</v>
+      </c>
+      <c r="E80" s="8">
+        <v>4847003616</v>
+      </c>
+      <c r="F80" s="8">
+        <v>1261216805</v>
+      </c>
+      <c r="G80" s="8">
+        <v>1308151019</v>
+      </c>
+      <c r="H80" s="8">
+        <v>2569367824</v>
+      </c>
+      <c r="I80" s="8">
+        <v>548048583</v>
+      </c>
+      <c r="J80" s="18">
+        <v>7964420023</v>
+      </c>
+      <c r="K80" s="9">
+        <v>0.77</v>
+      </c>
+      <c r="L80" s="10">
+        <v>0.84899999999999998</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="B81" s="8">
+        <v>506512762</v>
+      </c>
+      <c r="C81" s="8">
+        <v>310819378</v>
+      </c>
+      <c r="D81" s="8">
+        <v>195693384</v>
+      </c>
+      <c r="E81" s="8">
+        <v>5498378067</v>
+      </c>
+      <c r="F81" s="8">
+        <v>1026605042</v>
+      </c>
+      <c r="G81" s="8">
+        <v>865189262</v>
+      </c>
+      <c r="H81" s="8">
+        <v>1891794304</v>
+      </c>
+      <c r="I81" s="8">
+        <v>990183439</v>
+      </c>
+      <c r="J81" s="18">
+        <v>8380355810</v>
+      </c>
+      <c r="K81" s="9">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="L81" s="10">
+        <v>0.77859999999999996</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A82" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B82" s="8">
+        <v>1192204665</v>
+      </c>
+      <c r="C82" s="8">
+        <v>819034116</v>
+      </c>
+      <c r="D82" s="8">
+        <v>373170549</v>
+      </c>
+      <c r="E82" s="8">
+        <v>10664582398</v>
+      </c>
+      <c r="F82" s="8">
+        <v>1545910398</v>
+      </c>
+      <c r="G82" s="8">
+        <v>1590110033</v>
+      </c>
+      <c r="H82" s="8">
+        <v>3136020431</v>
+      </c>
+      <c r="I82" s="8">
+        <v>880944707</v>
+      </c>
+      <c r="J82" s="18">
+        <v>14681547536</v>
+      </c>
+      <c r="K82" s="9">
+        <v>0.65749999999999997</v>
+      </c>
+      <c r="L82" s="10">
+        <v>0.73380000000000001</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A83" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="B83" s="8">
+        <v>210248700</v>
+      </c>
+      <c r="C83" s="8">
+        <v>161666800</v>
+      </c>
+      <c r="D83" s="8">
+        <v>48581900</v>
+      </c>
+      <c r="E83" s="8">
+        <v>5244624999</v>
+      </c>
+      <c r="F83" s="8">
+        <v>646292924</v>
+      </c>
+      <c r="G83" s="8">
+        <v>1338044605</v>
+      </c>
+      <c r="H83" s="8">
+        <v>1984337529</v>
+      </c>
+      <c r="I83" s="8">
+        <v>807325035</v>
+      </c>
+      <c r="J83" s="18">
+        <v>8036287563</v>
+      </c>
+      <c r="K83" s="9">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="L83" s="10">
+        <v>0.68730000000000002</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B84" s="8">
+        <v>830630185</v>
+      </c>
+      <c r="C84" s="8">
+        <v>562580349</v>
+      </c>
+      <c r="D84" s="8">
+        <v>268049836</v>
+      </c>
+      <c r="E84" s="8">
+        <v>3770883755</v>
+      </c>
+      <c r="F84" s="8">
+        <v>718445470</v>
+      </c>
+      <c r="G84" s="8">
+        <v>502216687</v>
+      </c>
+      <c r="H84" s="8">
+        <v>1220662157</v>
+      </c>
+      <c r="I84" s="8">
+        <v>221231312</v>
+      </c>
+      <c r="J84" s="18">
+        <v>5212777224</v>
+      </c>
+      <c r="K84" s="9">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="L84" s="10">
+        <v>0.82250000000000001</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="B85" s="8">
+        <v>210768360</v>
+      </c>
+      <c r="C85" s="8">
+        <v>105169630</v>
+      </c>
+      <c r="D85" s="8">
+        <v>105598730</v>
+      </c>
+      <c r="E85" s="8">
+        <v>1565744009</v>
+      </c>
+      <c r="F85" s="8">
+        <v>277510085</v>
+      </c>
+      <c r="G85" s="8">
+        <v>552621485</v>
+      </c>
+      <c r="H85" s="8">
+        <v>830131570</v>
+      </c>
+      <c r="I85" s="8">
+        <v>128542994</v>
+      </c>
+      <c r="J85" s="18">
+        <v>2524418573</v>
+      </c>
+      <c r="K85" s="9">
+        <v>0.99</v>
+      </c>
+      <c r="L85" s="10">
+        <v>0.8407</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A86" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="B86" s="8">
+        <v>676386311</v>
+      </c>
+      <c r="C86" s="8">
+        <v>405545284</v>
+      </c>
+      <c r="D86" s="8">
+        <v>270841027</v>
+      </c>
+      <c r="E86" s="8">
+        <v>4811941241</v>
+      </c>
+      <c r="F86" s="8">
+        <v>768837580</v>
+      </c>
+      <c r="G86" s="8">
+        <v>694354671</v>
+      </c>
+      <c r="H86" s="8">
+        <v>1463192251</v>
+      </c>
+      <c r="I86" s="8">
+        <v>197412787</v>
+      </c>
+      <c r="J86" s="18">
+        <v>6472546279</v>
+      </c>
+      <c r="K86" s="9">
+        <v>0.61</v>
+      </c>
+      <c r="L86" s="10">
+        <v>0.83179999999999998</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A87" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B87" s="8">
+        <v>511761454</v>
+      </c>
+      <c r="C87" s="8">
+        <v>397596100</v>
+      </c>
+      <c r="D87" s="8">
+        <v>114165354</v>
+      </c>
+      <c r="E87" s="8">
+        <v>3249782604</v>
+      </c>
+      <c r="F87" s="8">
+        <v>497902054</v>
+      </c>
+      <c r="G87" s="8">
+        <v>224694503</v>
+      </c>
+      <c r="H87" s="8">
+        <v>722596557</v>
+      </c>
+      <c r="I87" s="8">
+        <v>856024228</v>
+      </c>
+      <c r="J87" s="18">
+        <v>4828403389</v>
+      </c>
+      <c r="K87" s="9">
+        <v>0.66</v>
+      </c>
+      <c r="L87" s="10">
+        <v>0.90769999999999995</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A88" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B88" s="8">
+        <v>748525050</v>
+      </c>
+      <c r="C88" s="8">
+        <v>444055720</v>
+      </c>
+      <c r="D88" s="8">
+        <v>304469330</v>
+      </c>
+      <c r="E88" s="8">
+        <v>4824727595</v>
+      </c>
+      <c r="F88" s="8">
+        <v>811608661</v>
+      </c>
+      <c r="G88" s="8">
+        <v>1338182771</v>
+      </c>
+      <c r="H88" s="8">
+        <v>2149791432</v>
+      </c>
+      <c r="I88" s="8">
+        <v>290452825</v>
+      </c>
+      <c r="J88" s="18">
+        <v>7264971852</v>
+      </c>
+      <c r="K88" s="9">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="L88" s="10">
+        <v>0.8851</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A89" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="B89" s="8">
+        <v>63375076</v>
+      </c>
+      <c r="C89" s="8">
+        <v>51472120</v>
+      </c>
+      <c r="D89" s="8">
+        <v>11902956</v>
+      </c>
+      <c r="E89" s="8">
+        <v>1755703590</v>
+      </c>
+      <c r="F89" s="8">
+        <v>131703195</v>
+      </c>
+      <c r="G89" s="8">
+        <v>56751972</v>
+      </c>
+      <c r="H89" s="8">
+        <v>188455167</v>
+      </c>
+      <c r="I89" s="8">
+        <v>91060975</v>
+      </c>
+      <c r="J89" s="18">
+        <v>2035219732</v>
+      </c>
+      <c r="K89" s="9">
+        <v>0.36</v>
+      </c>
+      <c r="L89" s="10">
+        <v>0.81889999999999996</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="B90" s="8">
+        <v>257628860</v>
+      </c>
+      <c r="C90" s="8">
+        <v>222517740</v>
+      </c>
+      <c r="D90" s="8">
+        <v>35111120</v>
+      </c>
+      <c r="E90" s="8">
+        <v>6382321637</v>
+      </c>
+      <c r="F90" s="8">
+        <v>422318316</v>
+      </c>
+      <c r="G90" s="8">
+        <v>157205682</v>
+      </c>
+      <c r="H90" s="8">
+        <v>579523998</v>
+      </c>
+      <c r="I90" s="8">
+        <v>146838243</v>
+      </c>
+      <c r="J90" s="18">
+        <v>7108683878</v>
+      </c>
+      <c r="K90" s="9">
+        <v>0.60329999999999995</v>
+      </c>
+      <c r="L90" s="10">
+        <v>0.84799999999999998</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B91" s="8">
+        <v>151269390</v>
+      </c>
+      <c r="C91" s="8">
+        <v>101787036</v>
+      </c>
+      <c r="D91" s="8">
+        <v>49482354</v>
+      </c>
+      <c r="E91" s="8">
+        <v>365721864</v>
+      </c>
+      <c r="F91" s="8">
+        <v>39371318</v>
+      </c>
+      <c r="G91" s="8">
+        <v>27812411</v>
+      </c>
+      <c r="H91" s="8">
+        <v>67183729</v>
+      </c>
+      <c r="I91" s="8">
+        <v>10883584</v>
+      </c>
+      <c r="J91" s="18">
+        <v>443789177</v>
+      </c>
+      <c r="K91" s="9">
+        <v>0.95</v>
+      </c>
+      <c r="L91" s="10">
+        <v>0.89910000000000001</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A92" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B92" s="8">
+        <v>1796603200</v>
+      </c>
+      <c r="C92" s="8">
+        <v>1210475910</v>
+      </c>
+      <c r="D92" s="8">
+        <v>586127290</v>
+      </c>
+      <c r="E92" s="8">
+        <v>32118396248</v>
+      </c>
+      <c r="F92" s="8">
+        <v>3512610178</v>
+      </c>
+      <c r="G92" s="8">
+        <v>2066105280</v>
+      </c>
+      <c r="H92" s="8">
+        <v>5578715458</v>
+      </c>
+      <c r="I92" s="8">
+        <v>557932893</v>
+      </c>
+      <c r="J92" s="18">
+        <v>38255044599</v>
+      </c>
+      <c r="K92" s="9">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="L92" s="10">
+        <v>0.82030000000000003</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A93" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="B93" s="8">
+        <v>198628072</v>
+      </c>
+      <c r="C93" s="8">
+        <v>121253813</v>
+      </c>
+      <c r="D93" s="8">
+        <v>77374259</v>
+      </c>
+      <c r="E93" s="8">
+        <v>2047134046</v>
+      </c>
+      <c r="F93" s="8">
+        <v>419740784</v>
+      </c>
+      <c r="G93" s="8">
+        <v>421997000</v>
+      </c>
+      <c r="H93" s="8">
+        <v>841737784</v>
+      </c>
+      <c r="I93" s="8">
+        <v>98065621</v>
+      </c>
+      <c r="J93" s="18">
+        <v>2986937451</v>
+      </c>
+      <c r="K93" s="9">
+        <v>0.89</v>
+      </c>
+      <c r="L93" s="10">
+        <v>0.74770000000000003</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A94" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="B94" s="8">
+        <v>2709162267</v>
+      </c>
+      <c r="C94" s="8">
+        <v>2336803135</v>
+      </c>
+      <c r="D94" s="8">
+        <v>372359132</v>
+      </c>
+      <c r="E94" s="8">
+        <v>172070497897</v>
+      </c>
+      <c r="F94" s="8">
+        <v>14061196994</v>
+      </c>
+      <c r="G94" s="8">
+        <v>9129797928</v>
+      </c>
+      <c r="H94" s="8">
+        <v>23190994922</v>
+      </c>
+      <c r="I94" s="8">
+        <v>3874946548</v>
+      </c>
+      <c r="J94" s="18">
+        <v>199136439367</v>
+      </c>
+      <c r="K94" s="9">
+        <v>0.61950000000000005</v>
+      </c>
+      <c r="L94" s="10">
+        <v>0.80520000000000003</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A95" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="B95" s="8">
+        <v>198669233</v>
+      </c>
+      <c r="C95" s="8">
+        <v>116399591</v>
+      </c>
+      <c r="D95" s="8">
+        <v>82269642</v>
+      </c>
+      <c r="E95" s="8">
+        <v>2292939094</v>
+      </c>
+      <c r="F95" s="8">
+        <v>190955470</v>
+      </c>
+      <c r="G95" s="8">
+        <v>189748578</v>
+      </c>
+      <c r="H95" s="8">
+        <v>380704048</v>
+      </c>
+      <c r="I95" s="8">
+        <v>71068006</v>
+      </c>
+      <c r="J95" s="18">
+        <v>2744711148</v>
+      </c>
+      <c r="K95" s="9">
+        <v>0.81</v>
+      </c>
+      <c r="L95" s="10">
+        <v>0.86180000000000001</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A96" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="B96" s="8">
+        <v>255425540</v>
+      </c>
+      <c r="C96" s="8">
+        <v>138233470</v>
+      </c>
+      <c r="D96" s="8">
+        <v>117192070</v>
+      </c>
+      <c r="E96" s="8">
+        <v>709926706</v>
+      </c>
+      <c r="F96" s="8">
+        <v>112944447</v>
+      </c>
+      <c r="G96" s="8">
+        <v>74092684</v>
+      </c>
+      <c r="H96" s="8">
+        <v>187037131</v>
+      </c>
+      <c r="I96" s="8">
+        <v>82719059</v>
+      </c>
+      <c r="J96" s="18">
+        <v>979682896</v>
+      </c>
+      <c r="K96" s="9">
+        <v>0.85</v>
+      </c>
+      <c r="L96" s="10">
+        <v>0.99719999999999998</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A97" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="B97" s="8">
+        <v>329973000</v>
+      </c>
+      <c r="C97" s="8">
+        <v>286860900</v>
+      </c>
+      <c r="D97" s="8">
+        <v>43112100</v>
+      </c>
+      <c r="E97" s="8">
+        <v>13530918344</v>
+      </c>
+      <c r="F97" s="8">
+        <v>1149265692</v>
+      </c>
+      <c r="G97" s="8">
+        <v>185320900</v>
+      </c>
+      <c r="H97" s="8">
+        <v>1334586592</v>
+      </c>
+      <c r="I97" s="8">
+        <v>112129820</v>
+      </c>
+      <c r="J97" s="18">
+        <v>14977634756</v>
+      </c>
+      <c r="K97" s="9">
+        <v>0.318</v>
+      </c>
+      <c r="L97" s="10">
+        <v>0.98409999999999997</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A98" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="B98" s="8">
+        <v>880101442</v>
+      </c>
+      <c r="C98" s="8">
+        <v>601069670</v>
+      </c>
+      <c r="D98" s="8">
+        <v>279031772</v>
+      </c>
+      <c r="E98" s="8">
+        <v>6655546768</v>
+      </c>
+      <c r="F98" s="8">
+        <v>1190042223</v>
+      </c>
+      <c r="G98" s="8">
+        <v>790653404</v>
+      </c>
+      <c r="H98" s="8">
+        <v>1980695627</v>
+      </c>
+      <c r="I98" s="8">
+        <v>778861259</v>
+      </c>
+      <c r="J98" s="18">
+        <v>9415103654</v>
+      </c>
+      <c r="K98" s="9">
+        <v>0.74250000000000005</v>
+      </c>
+      <c r="L98" s="10">
+        <v>0.83350000000000002</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A99" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="B99" s="8">
+        <v>996899750</v>
+      </c>
+      <c r="C99" s="8">
+        <v>635175190</v>
+      </c>
+      <c r="D99" s="8">
+        <v>361724560</v>
+      </c>
+      <c r="E99" s="8">
+        <v>4673554561</v>
+      </c>
+      <c r="F99" s="8">
+        <v>808602802</v>
+      </c>
+      <c r="G99" s="8">
+        <v>410988450</v>
+      </c>
+      <c r="H99" s="8">
+        <v>1219591252</v>
+      </c>
+      <c r="I99" s="8">
+        <v>264929665</v>
+      </c>
+      <c r="J99" s="18">
+        <v>6158075478</v>
+      </c>
+      <c r="K99" s="9">
+        <v>0.66</v>
+      </c>
+      <c r="L99" s="10">
+        <v>0.90869999999999995</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A100" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="B100" s="8">
+        <v>399856905</v>
+      </c>
+      <c r="C100" s="8">
+        <v>210717142</v>
+      </c>
+      <c r="D100" s="8">
+        <v>189139763</v>
+      </c>
+      <c r="E100" s="8">
+        <v>5100136400</v>
+      </c>
+      <c r="F100" s="8">
+        <v>883705827</v>
+      </c>
+      <c r="G100" s="8">
+        <v>1878295001</v>
+      </c>
+      <c r="H100" s="8">
+        <v>2762000828</v>
+      </c>
+      <c r="I100" s="8">
+        <v>141503843</v>
+      </c>
+      <c r="J100" s="18">
+        <v>8003641071</v>
+      </c>
+      <c r="K100" s="9">
+        <v>0.73</v>
+      </c>
+      <c r="L100" s="10">
+        <v>0.71689999999999998</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="B101" s="8">
+        <v>753744477</v>
+      </c>
+      <c r="C101" s="8">
+        <v>468323420</v>
+      </c>
+      <c r="D101" s="8">
+        <v>285421057</v>
+      </c>
+      <c r="E101" s="8">
+        <v>2330425837</v>
+      </c>
+      <c r="F101" s="8">
+        <v>431132658</v>
+      </c>
+      <c r="G101" s="8">
+        <v>404469186</v>
+      </c>
+      <c r="H101" s="8">
+        <v>835601844</v>
+      </c>
+      <c r="I101" s="8">
+        <v>122750038</v>
+      </c>
+      <c r="J101" s="18">
+        <v>3288777719</v>
+      </c>
+      <c r="K101" s="9">
+        <v>0.66</v>
+      </c>
+      <c r="L101" s="10">
+        <v>0.77900000000000003</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A102" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="B102" s="8">
+        <v>272959290</v>
+      </c>
+      <c r="C102" s="8">
+        <v>170036173</v>
+      </c>
+      <c r="D102" s="8">
+        <v>102923117</v>
+      </c>
+      <c r="E102" s="8">
+        <v>2043933293</v>
+      </c>
+      <c r="F102" s="8">
+        <v>225001295</v>
+      </c>
+      <c r="G102" s="8">
+        <v>107294142</v>
+      </c>
+      <c r="H102" s="8">
+        <v>332295437</v>
+      </c>
+      <c r="I102" s="8">
+        <v>72229657</v>
+      </c>
+      <c r="J102" s="18">
+        <v>2448458387</v>
+      </c>
+      <c r="K102" s="9">
+        <v>0.6</v>
+      </c>
+      <c r="L102" s="10">
+        <v>0.93440000000000001</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A103" s="20" t="s">
+        <v>110</v>
+      </c>
+      <c r="B103" s="18">
+        <v>51015079808</v>
+      </c>
+      <c r="C103" s="18">
+        <v>35573137892</v>
+      </c>
+      <c r="D103" s="18">
+        <v>15441941916</v>
+      </c>
+      <c r="E103" s="18">
+        <v>1182382218078</v>
+      </c>
+      <c r="F103" s="18">
+        <v>120483299551</v>
+      </c>
+      <c r="G103" s="18">
+        <v>110840966509</v>
+      </c>
+      <c r="H103" s="18">
+        <v>231324266060</v>
+      </c>
+      <c r="I103" s="18">
+        <v>41975160701</v>
+      </c>
+      <c r="J103" s="18">
+        <v>1455681644839</v>
+      </c>
+      <c r="K103" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="L103" s="17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A104" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="B104" s="11"/>
+      <c r="C104" s="11"/>
+      <c r="D104" s="11"/>
+      <c r="E104" s="11"/>
+      <c r="F104" s="11"/>
+      <c r="G104" s="11"/>
+      <c r="H104" s="11"/>
+      <c r="I104" s="11"/>
+      <c r="J104" s="11"/>
+      <c r="K104" s="11"/>
+      <c r="L104" s="11"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
+  <pageSetup scale="60" orientation="landscape" verticalDpi="599" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DAF42CEB-7E12-4895-BD84-975FF4CDB03F}">
+  <dimension ref="A1:E10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="15.26953125" customWidth="1"/>
+    <col min="2" max="2" width="80.1796875" customWidth="1"/>
+    <col min="3" max="3" width="30" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="22" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" s="4"/>
+    </row>
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="23" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" s="25" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A4" s="13">
+        <v>1</v>
+      </c>
+      <c r="B4" s="14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="28" x14ac:dyDescent="0.35">
+      <c r="A5" s="13">
+        <v>2</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="E5" s="3"/>
+    </row>
+    <row r="6" spans="1:5" ht="30.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="13">
         <v>3</v>
       </c>
-      <c r="B4" s="13"/>
-[...12 lines deleted...]
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
       <c r="B6" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="E6" s="3"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A7" s="13">
         <v>4</v>
       </c>
-      <c r="C6" s="14"/>
-[...3000 lines deleted...]
-      <c r="A87" s="8" t="s">
+      <c r="B7" s="14" t="s">
         <v>107</v>
       </c>
-      <c r="C87" s="9">
-[...72 lines deleted...]
-      <c r="A89" s="8" t="s">
+      <c r="E7" s="3"/>
+    </row>
+    <row r="8" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="C89" s="9">
-[...934 lines deleted...]
-      </c>
+      <c r="B8" s="16"/>
+      <c r="E8" s="3"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E9" s="3"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E10" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...7 lines deleted...]
-  <pageSetup scale="57" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="75" orientation="landscape" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'LG01-2022-2023'!Print_Titles</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Values</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>Values!Print_Area</vt:lpstr>
+      <vt:lpstr>Values!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NCDOR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>LG01 County Property Tax Values</dc:title>
   <dc:creator>Sharon C Phelan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>