--- v0 (2025-10-25)
+++ v1 (2026-03-19)
@@ -1,636 +1,1283 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\Local 2024-2025\County\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\ADA Project\Reports Requiring ADA Remediation\LG01 Assessibility Conversion\3. ADA Compliant\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A69B4A83-EF50-4091-882F-E123EA31046A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{218AC862-7AAF-4D3E-8551-687A62165DAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28910" yWindow="-3140" windowWidth="29020" windowHeight="15700" xr2:uid="{C3F5E2B1-5295-4191-9F1A-A8A7C1C9FEA3}"/>
+    <workbookView xWindow="-28910" yWindow="-3200" windowWidth="29020" windowHeight="15700" xr2:uid="{C3F5E2B1-5295-4191-9F1A-A8A7C1C9FEA3}"/>
   </bookViews>
   <sheets>
-    <sheet name="LG01-2024-2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Values" sheetId="1" r:id="rId1"/>
+    <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'LG01-2024-2025'!$A$1:$M$124</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'LG01-2024-2025'!$5:$11</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Values!$A$1:$L$104</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Values!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="140">
-[...31 lines deleted...]
-    <t>Public Service</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="125">
+  <si>
+    <t>Counties</t>
+  </si>
+  <si>
+    <t>County-Wide Tax Rate Per $100 Value</t>
+  </si>
+  <si>
+    <t xml:space="preserve">County-Wide Final Sales Ratio </t>
+  </si>
+  <si>
+    <t>Valuation of public service companies subject to appraisal by the Local Government Division, Property Tax Section.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alamance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexander </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alleghany </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beaufort </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bertie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bladen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brunswick </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Buncombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Burke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cabarrus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caldwell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camden </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carteret </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caswell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catawba </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chatham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cherokee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cleveland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Columbus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Craven </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cumberland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Currituck </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dare </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davidson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duplin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edgecombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Forsyth </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franklin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Granville </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guilford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halifax </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harnett </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haywood </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henderson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hertford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyde </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iredell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jackson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jones </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lenoir </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Madison </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mcdowell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mecklenburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitchell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montgomery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nash </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Hanover </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northampton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Onslow </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamlico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pasquotank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pender </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perquimans </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Person </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pitt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polk </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Randolph </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richmond </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robeson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockingham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rutherford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scotland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stanly </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stokes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surry </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swain </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transylvania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrrell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wake </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warren </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Washington </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watauga </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wayne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilkes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yadkin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yancey </t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>Note Number</t>
+  </si>
+  <si>
+    <t>Note Text</t>
+  </si>
+  <si>
+    <t>North Carolina Department of Revenue, Local Government Division, 919-814-1129</t>
+  </si>
+  <si>
+    <t>End of Worksheet [Note 4]</t>
+  </si>
+  <si>
+    <t>End of worksheet</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>County-Wide</t>
-[...380 lines deleted...]
-    <t>(919) 814-1129</t>
+    <t>Classified Registered Motor Vehicles 
+[Notes 1, 2]</t>
+  </si>
+  <si>
+    <t>Other Taxable Personal Property 
+  [Note 1]</t>
+  </si>
+  <si>
+    <t>Total Taxable Personal Property 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Public Service Company Property 
+ [Notes 1,3]</t>
+  </si>
+  <si>
+    <t>Taxable Real Property 
+ [Note 1]</t>
+  </si>
+  <si>
+    <t>Taxable Present Use Value (Included in Real Property) 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Deferred Value Present Use Value 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Total Assessed Present-Use Value 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Total Taxable Property 
+[Notes, 1,2,3]</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>LG01:  Valuations Of Real And Personal Property And Valuations Of Public Service Companies, By Counties, For Fiscal Year 2024-2025</t>
+  </si>
+  <si>
+    <t>LG01:  Valuations Of Real And Personal Property And Valuations Of Public Service Companies, By Counties, For Fiscal Year 2024-2025 Notes</t>
+  </si>
+  <si>
+    <t>Property other than classified registered motor vehicles is valued as of January 1, 2024.</t>
+  </si>
+  <si>
+    <t>Amounts shown are for motor vehicles for which tax notices were issued in accordance with  G.S.105-330.5(a) during calendar year of 2024, net of releases made by that date.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0000"/>
     <numFmt numFmtId="165" formatCode=".0000"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <sz val="11"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="3">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom style="medium">
+      <bottom style="thick">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="1" xfId="3" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="3"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="3" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="4"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="7" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="7" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="8">
+    <cellStyle name="Heading 1" xfId="1" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 1 2" xfId="4" xr:uid="{9878E195-391F-4563-997D-54556DCFDC48}"/>
+    <cellStyle name="Heading 2" xfId="2" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 2 2" xfId="5" xr:uid="{0A8680A1-BDA8-4305-ABD3-58DEAF16282F}"/>
+    <cellStyle name="Heading 3" xfId="7" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Table Header" xfId="6" xr:uid="{89C2CAC2-17ED-4D88-BF53-C44A07D1E595}"/>
+    <cellStyle name="Total" xfId="3" builtinId="25" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="21">
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="0.0000"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="165" formatCode=".0000"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{4E2FFF06-2891-41C2-ACDE-B10E3609BF08}" name="Valuations" displayName="Valuations" ref="A2:L104" totalsRowShown="0" headerRowDxfId="20" dataDxfId="19" tableBorderDxfId="18" headerRowCellStyle="Heading 2">
+  <tableColumns count="12">
+    <tableColumn id="1" xr3:uid="{48E2C565-1F2C-44B3-9E2B-9645C1A118FE}" name="Counties" dataDxfId="17"/>
+    <tableColumn id="2" xr3:uid="{AB5C5752-FA2E-458A-A060-017F76CAADCF}" name="Total Assessed Present-Use Value _x000a_[Note 1]" dataDxfId="16"/>
+    <tableColumn id="3" xr3:uid="{178048A6-D520-4592-B6E0-271631D6EBC7}" name="Deferred Value Present Use Value _x000a_[Note 1]" dataDxfId="15"/>
+    <tableColumn id="4" xr3:uid="{21E9A095-EC40-4E1B-BA07-70E0CF752D2F}" name="Taxable Present Use Value (Included in Real Property) _x000a_[Note 1]" dataDxfId="14"/>
+    <tableColumn id="5" xr3:uid="{213F5244-128D-48C7-9071-6C58C8C95384}" name="Taxable Real Property _x000a_ [Note 1]" dataDxfId="13"/>
+    <tableColumn id="6" xr3:uid="{F1E69BCF-3D3F-4A02-9B67-AD792800A723}" name="Classified Registered Motor Vehicles _x000a_[Notes 1, 2]" dataDxfId="12"/>
+    <tableColumn id="7" xr3:uid="{613D288C-FEFF-483D-8308-EBEBB2430C7C}" name="Other Taxable Personal Property _x000a_  [Note 1]" dataDxfId="11"/>
+    <tableColumn id="8" xr3:uid="{18D33639-445B-42C5-B15A-FA7ABF2CDFFC}" name="Total Taxable Personal Property _x000a_[Note 1]" dataDxfId="10"/>
+    <tableColumn id="9" xr3:uid="{06E0BAD0-6E8B-4DFD-9C74-BD4882C64D2C}" name="Public Service Company Property _x000a_ [Notes 1,3]" dataDxfId="9"/>
+    <tableColumn id="10" xr3:uid="{F5153D3F-1A72-4695-8418-405852200395}" name="Total Taxable Property _x000a_[Notes, 1,2,3]" dataDxfId="8"/>
+    <tableColumn id="11" xr3:uid="{572A2278-C788-4AB6-8E40-BC3A23906D8E}" name="County-Wide Tax Rate Per $100 Value" dataDxfId="7"/>
+    <tableColumn id="12" xr3:uid="{085004D1-EDD9-408A-A42A-B5E79480E562}" name="County-Wide Final Sales Ratio " dataDxfId="6"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{A2A18E7B-693C-4D07-9F3F-F30E7E64008E}" name="Table2" displayName="Table2" ref="A3:B7" totalsRowShown="0" headerRowDxfId="5" dataDxfId="4" tableBorderDxfId="3" totalsRowBorderDxfId="2" headerRowCellStyle="Heading 3">
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{51346832-3E36-4900-9D89-86E06338C7B1}" name="Note Number" dataDxfId="1"/>
+    <tableColumn id="2" xr3:uid="{643CCD06-239B-4EFC-BF0E-BE0F34C033C4}" name="Note Text" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -885,4183 +1532,4102 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C7EA9D3-C0A9-48A3-9092-F5D7CEEF2540}">
-  <dimension ref="A1:O124"/>
+  <dimension ref="A1:N104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="P1" sqref="P1"/>
+      <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="12.7265625" style="1" customWidth="1"/>
-    <col min="2" max="2" width="2.7265625" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14" max="16384" width="9.1796875" style="3"/>
+    <col min="2" max="2" width="16.90625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="17.26953125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="21" style="1" customWidth="1"/>
+    <col min="5" max="5" width="19.1796875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="19.08984375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="18.54296875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="16.6328125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="16.453125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="18.26953125" style="1" customWidth="1"/>
+    <col min="11" max="12" width="13.54296875" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.1796875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:14" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="12" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14" s="6" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="M1" s="2">
-[...4 lines deleted...]
-      <c r="A2" s="12" t="s">
+      <c r="B2" s="19" t="s">
+        <v>118</v>
+      </c>
+      <c r="C2" s="19" t="s">
+        <v>117</v>
+      </c>
+      <c r="D2" s="19" t="s">
+        <v>116</v>
+      </c>
+      <c r="E2" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="G2" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" s="19" t="s">
+        <v>113</v>
+      </c>
+      <c r="I2" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="J2" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="K2" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="12"/>
-[...13 lines deleted...]
-      <c r="A3" s="12" t="s">
+      <c r="L2" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="12"/>
-[...30 lines deleted...]
-      <c r="B6" s="14" t="s">
+      <c r="M2" s="5"/>
+      <c r="N2" s="5"/>
+    </row>
+    <row r="3" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="14"/>
-[...2 lines deleted...]
-      <c r="G6" s="14" t="s">
+      <c r="B3" s="8">
+        <v>754518374</v>
+      </c>
+      <c r="C3" s="8">
+        <v>435356159</v>
+      </c>
+      <c r="D3" s="8">
+        <v>319162215</v>
+      </c>
+      <c r="E3" s="8">
+        <v>21524960941</v>
+      </c>
+      <c r="F3" s="8">
+        <v>2186537801</v>
+      </c>
+      <c r="G3" s="8">
+        <v>1756046101</v>
+      </c>
+      <c r="H3" s="8">
+        <v>3942583902</v>
+      </c>
+      <c r="I3" s="8">
+        <v>481063182</v>
+      </c>
+      <c r="J3" s="18">
+        <v>25948608025</v>
+      </c>
+      <c r="K3" s="9">
+        <v>0.46899999999999997</v>
+      </c>
+      <c r="L3" s="10">
+        <v>0.96619999999999995</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H6" s="14"/>
-[...3 lines deleted...]
-      <c r="E7" s="4" t="s">
+      <c r="B4" s="8">
+        <v>537062717</v>
+      </c>
+      <c r="C4" s="8">
+        <v>274666839</v>
+      </c>
+      <c r="D4" s="8">
+        <v>262395878</v>
+      </c>
+      <c r="E4" s="8">
+        <v>3359582902</v>
+      </c>
+      <c r="F4" s="8">
+        <v>434203023</v>
+      </c>
+      <c r="G4" s="8">
+        <v>220388951</v>
+      </c>
+      <c r="H4" s="8">
+        <v>654591974</v>
+      </c>
+      <c r="I4" s="8">
+        <v>119828717</v>
+      </c>
+      <c r="J4" s="18">
+        <v>4134003593</v>
+      </c>
+      <c r="K4" s="9">
+        <v>0.65</v>
+      </c>
+      <c r="L4" s="10">
+        <v>0.92730000000000001</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="F7" s="4"/>
-      <c r="G7" s="4" t="s">
+      <c r="B5" s="8">
+        <v>432031983</v>
+      </c>
+      <c r="C5" s="8">
+        <v>366320000</v>
+      </c>
+      <c r="D5" s="8">
+        <v>65711983</v>
+      </c>
+      <c r="E5" s="8">
+        <v>1829843357</v>
+      </c>
+      <c r="F5" s="8">
+        <v>181521600</v>
+      </c>
+      <c r="G5" s="8">
+        <v>101425404</v>
+      </c>
+      <c r="H5" s="8">
+        <v>282947004</v>
+      </c>
+      <c r="I5" s="8">
+        <v>51522530</v>
+      </c>
+      <c r="J5" s="18">
+        <v>2164312891</v>
+      </c>
+      <c r="K5" s="9">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="L5" s="10">
+        <v>0.7137</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="H7" s="4" t="s">
+      <c r="B6" s="8">
+        <v>478225378</v>
+      </c>
+      <c r="C6" s="8">
+        <v>348452000</v>
+      </c>
+      <c r="D6" s="8">
+        <v>129773378</v>
+      </c>
+      <c r="E6" s="8">
+        <v>1361999527</v>
+      </c>
+      <c r="F6" s="8">
+        <v>233898119</v>
+      </c>
+      <c r="G6" s="8">
+        <v>304117558</v>
+      </c>
+      <c r="H6" s="8">
+        <v>538015677</v>
+      </c>
+      <c r="I6" s="8">
+        <v>419909998</v>
+      </c>
+      <c r="J6" s="18">
+        <v>2319925202</v>
+      </c>
+      <c r="K6" s="9">
+        <v>0.77700000000000002</v>
+      </c>
+      <c r="L6" s="10">
+        <v>0.94210000000000005</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="I7" s="4" t="s">
+      <c r="B7" s="8">
+        <v>528685241</v>
+      </c>
+      <c r="C7" s="8">
+        <v>433018300</v>
+      </c>
+      <c r="D7" s="8">
+        <v>95666941</v>
+      </c>
+      <c r="E7" s="8">
+        <v>5366061319</v>
+      </c>
+      <c r="F7" s="8">
+        <v>421346630</v>
+      </c>
+      <c r="G7" s="8">
+        <v>199241538</v>
+      </c>
+      <c r="H7" s="8">
+        <v>620588168</v>
+      </c>
+      <c r="I7" s="8">
+        <v>107338803</v>
+      </c>
+      <c r="J7" s="18">
+        <v>6093988290</v>
+      </c>
+      <c r="K7" s="9">
+        <v>0.44</v>
+      </c>
+      <c r="L7" s="10">
+        <v>0.83330000000000004</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="J7" s="4" t="s">
+      <c r="B8" s="8">
+        <v>146104713</v>
+      </c>
+      <c r="C8" s="8">
+        <v>106789900</v>
+      </c>
+      <c r="D8" s="8">
+        <v>39314813</v>
+      </c>
+      <c r="E8" s="8">
+        <v>5815288585</v>
+      </c>
+      <c r="F8" s="8">
+        <v>288991345</v>
+      </c>
+      <c r="G8" s="8">
+        <v>179257925</v>
+      </c>
+      <c r="H8" s="8">
+        <v>468249270</v>
+      </c>
+      <c r="I8" s="8">
+        <v>73931929</v>
+      </c>
+      <c r="J8" s="18">
+        <v>6357469784</v>
+      </c>
+      <c r="K8" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="L8" s="10">
+        <v>0.66279999999999994</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="K7" s="4" t="s">
+      <c r="B9" s="8">
+        <v>383882665</v>
+      </c>
+      <c r="C9" s="8">
+        <v>271303375</v>
+      </c>
+      <c r="D9" s="8">
+        <v>112579290</v>
+      </c>
+      <c r="E9" s="8">
+        <v>4193967464</v>
+      </c>
+      <c r="F9" s="8">
+        <v>693951915</v>
+      </c>
+      <c r="G9" s="8">
+        <v>1555676289</v>
+      </c>
+      <c r="H9" s="8">
+        <v>2249628204</v>
+      </c>
+      <c r="I9" s="8">
+        <v>134669973</v>
+      </c>
+      <c r="J9" s="18">
+        <v>6578265641</v>
+      </c>
+      <c r="K9" s="9">
+        <v>0.625</v>
+      </c>
+      <c r="L9" s="10">
+        <v>0.63419999999999999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="B10" s="8">
+        <v>384547698</v>
+      </c>
+      <c r="C10" s="8">
+        <v>187802510</v>
+      </c>
+      <c r="D10" s="8">
+        <v>196745188</v>
+      </c>
+      <c r="E10" s="8">
+        <v>1023254087</v>
+      </c>
+      <c r="F10" s="8">
+        <v>206723937</v>
+      </c>
+      <c r="G10" s="8">
+        <v>205654917</v>
+      </c>
+      <c r="H10" s="8">
+        <v>412378854</v>
+      </c>
+      <c r="I10" s="8">
+        <v>68489778</v>
+      </c>
+      <c r="J10" s="18">
+        <v>1504122719</v>
+      </c>
+      <c r="K10" s="9">
+        <v>0.93</v>
+      </c>
+      <c r="L10" s="10">
+        <v>0.80379999999999996</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="M7" s="4" t="s">
-[...6 lines deleted...]
-      <c r="C8" s="4" t="s">
+      <c r="B11" s="8">
+        <v>489722291</v>
+      </c>
+      <c r="C11" s="8">
+        <v>242965379</v>
+      </c>
+      <c r="D11" s="8">
+        <v>246756912</v>
+      </c>
+      <c r="E11" s="8">
+        <v>2320423218</v>
+      </c>
+      <c r="F11" s="8">
+        <v>371189441</v>
+      </c>
+      <c r="G11" s="8">
+        <v>703094004</v>
+      </c>
+      <c r="H11" s="8">
+        <v>1074283445</v>
+      </c>
+      <c r="I11" s="8">
+        <v>215559980</v>
+      </c>
+      <c r="J11" s="18">
+        <v>3610266643</v>
+      </c>
+      <c r="K11" s="9">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="L11" s="10">
+        <v>0.73050000000000004</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="D8" s="4" t="s">
+      <c r="B12" s="8">
+        <v>781730770</v>
+      </c>
+      <c r="C12" s="8">
+        <v>618869370</v>
+      </c>
+      <c r="D12" s="8">
+        <v>162861400</v>
+      </c>
+      <c r="E12" s="8">
+        <v>47117989247</v>
+      </c>
+      <c r="F12" s="8">
+        <v>2847637392</v>
+      </c>
+      <c r="G12" s="8">
+        <v>911889746</v>
+      </c>
+      <c r="H12" s="8">
+        <v>3759527138</v>
+      </c>
+      <c r="I12" s="8">
+        <v>2166565181</v>
+      </c>
+      <c r="J12" s="18">
+        <v>53044081566</v>
+      </c>
+      <c r="K12" s="9">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="L12" s="10">
+        <v>0.89810000000000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="E8" s="4" t="s">
+      <c r="B13" s="8">
+        <v>1346143400</v>
+      </c>
+      <c r="C13" s="8">
+        <v>853785700</v>
+      </c>
+      <c r="D13" s="8">
+        <v>492357700</v>
+      </c>
+      <c r="E13" s="8">
+        <v>45249613627</v>
+      </c>
+      <c r="F13" s="8">
+        <v>3434828726</v>
+      </c>
+      <c r="G13" s="8">
+        <v>3109160981</v>
+      </c>
+      <c r="H13" s="8">
+        <v>6543989707</v>
+      </c>
+      <c r="I13" s="8">
+        <v>1025525928</v>
+      </c>
+      <c r="J13" s="18">
+        <v>52819129262</v>
+      </c>
+      <c r="K13" s="9">
+        <v>0.51759999999999995</v>
+      </c>
+      <c r="L13" s="10">
+        <v>0.66310000000000002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="F8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="4" t="s">
+      <c r="B14" s="8">
+        <v>201980314</v>
+      </c>
+      <c r="C14" s="8">
+        <v>182161768</v>
+      </c>
+      <c r="D14" s="8">
+        <v>19818546</v>
+      </c>
+      <c r="E14" s="8">
+        <v>8542702551</v>
+      </c>
+      <c r="F14" s="8">
+        <v>992032432</v>
+      </c>
+      <c r="G14" s="8">
+        <v>1042328960</v>
+      </c>
+      <c r="H14" s="8">
+        <v>2034361392</v>
+      </c>
+      <c r="I14" s="8">
+        <v>334616675</v>
+      </c>
+      <c r="J14" s="18">
+        <v>10911680618</v>
+      </c>
+      <c r="K14" s="9">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="L14" s="10">
+        <v>0.8599</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="H8" s="4" t="s">
+      <c r="B15" s="8">
+        <v>1504636720</v>
+      </c>
+      <c r="C15" s="8">
+        <v>1368821100</v>
+      </c>
+      <c r="D15" s="8">
+        <v>135815620</v>
+      </c>
+      <c r="E15" s="8">
+        <v>40165468753</v>
+      </c>
+      <c r="F15" s="8">
+        <v>3153168016</v>
+      </c>
+      <c r="G15" s="8">
+        <v>3172237845</v>
+      </c>
+      <c r="H15" s="8">
+        <v>6325405861</v>
+      </c>
+      <c r="I15" s="8">
+        <v>572362341</v>
+      </c>
+      <c r="J15" s="18">
+        <v>47063236955</v>
+      </c>
+      <c r="K15" s="9">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="L15" s="10">
+        <v>0.98419999999999996</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="I8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="J8" s="4" t="s">
+      <c r="B16" s="8">
+        <v>296572193</v>
+      </c>
+      <c r="C16" s="8">
+        <v>265081000</v>
+      </c>
+      <c r="D16" s="8">
+        <v>31491193</v>
+      </c>
+      <c r="E16" s="8">
+        <v>6146078083</v>
+      </c>
+      <c r="F16" s="8">
+        <v>912387181</v>
+      </c>
+      <c r="G16" s="8">
+        <v>1291720081</v>
+      </c>
+      <c r="H16" s="8">
+        <v>2204107262</v>
+      </c>
+      <c r="I16" s="8">
+        <v>444512196</v>
+      </c>
+      <c r="J16" s="18">
+        <v>8794697541</v>
+      </c>
+      <c r="K16" s="9">
+        <v>0.63</v>
+      </c>
+      <c r="L16" s="10">
+        <v>0.56830000000000003</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="K8" s="4" t="s">
+      <c r="B17" s="8">
+        <v>265368768</v>
+      </c>
+      <c r="C17" s="8">
+        <v>202817525</v>
+      </c>
+      <c r="D17" s="8">
+        <v>62551243</v>
+      </c>
+      <c r="E17" s="8">
+        <v>1494556728</v>
+      </c>
+      <c r="F17" s="8">
+        <v>171461872</v>
+      </c>
+      <c r="G17" s="8">
+        <v>55893276</v>
+      </c>
+      <c r="H17" s="8">
+        <v>227355148</v>
+      </c>
+      <c r="I17" s="8">
+        <v>25423507</v>
+      </c>
+      <c r="J17" s="18">
+        <v>1747335383</v>
+      </c>
+      <c r="K17" s="9">
+        <v>0.73</v>
+      </c>
+      <c r="L17" s="10">
+        <v>0.88249999999999995</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="B18" s="8">
+        <v>189891241</v>
+      </c>
+      <c r="C18" s="8">
+        <v>105331032</v>
+      </c>
+      <c r="D18" s="8">
+        <v>84560209</v>
+      </c>
+      <c r="E18" s="8">
+        <v>15642404533</v>
+      </c>
+      <c r="F18" s="8">
+        <v>1294195661</v>
+      </c>
+      <c r="G18" s="8">
+        <v>896749345</v>
+      </c>
+      <c r="H18" s="8">
+        <v>2190945006</v>
+      </c>
+      <c r="I18" s="8">
+        <v>114228877</v>
+      </c>
+      <c r="J18" s="18">
+        <v>17947578416</v>
+      </c>
+      <c r="K18" s="9">
+        <v>0.34</v>
+      </c>
+      <c r="L18" s="10">
+        <v>0.57350000000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="M8" s="4" t="s">
+      <c r="B19" s="8">
+        <v>531540103</v>
+      </c>
+      <c r="C19" s="8">
+        <v>493749430</v>
+      </c>
+      <c r="D19" s="8">
+        <v>37790673</v>
+      </c>
+      <c r="E19" s="8">
+        <v>1965493687</v>
+      </c>
+      <c r="F19" s="8">
+        <v>244898057</v>
+      </c>
+      <c r="G19" s="8">
+        <v>67292670</v>
+      </c>
+      <c r="H19" s="8">
+        <v>312190727</v>
+      </c>
+      <c r="I19" s="8">
+        <v>111789906</v>
+      </c>
+      <c r="J19" s="18">
+        <v>2389474320</v>
+      </c>
+      <c r="K19" s="9">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="L19" s="10">
+        <v>1.0062</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="N8" s="5"/>
-[...3 lines deleted...]
-      <c r="A9" s="1" t="s">
+      <c r="B20" s="8">
+        <v>571664900</v>
+      </c>
+      <c r="C20" s="8">
+        <v>331824500</v>
+      </c>
+      <c r="D20" s="8">
+        <v>239840400</v>
+      </c>
+      <c r="E20" s="8">
+        <v>24526315800</v>
+      </c>
+      <c r="F20" s="8">
+        <v>2190945844</v>
+      </c>
+      <c r="G20" s="8">
+        <v>3919642016</v>
+      </c>
+      <c r="H20" s="8">
+        <v>6110587860</v>
+      </c>
+      <c r="I20" s="8">
+        <v>1340285409</v>
+      </c>
+      <c r="J20" s="18">
+        <v>31977189069</v>
+      </c>
+      <c r="K20" s="9">
+        <v>0.39850000000000002</v>
+      </c>
+      <c r="L20" s="10">
+        <v>0.91500000000000004</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="4" t="s">
+      <c r="B21" s="8">
+        <v>1459096311</v>
+      </c>
+      <c r="C21" s="8">
+        <v>975638513</v>
+      </c>
+      <c r="D21" s="8">
+        <v>483457798</v>
+      </c>
+      <c r="E21" s="8">
+        <v>13237996419</v>
+      </c>
+      <c r="F21" s="8">
+        <v>1405354412</v>
+      </c>
+      <c r="G21" s="8">
+        <v>951192581</v>
+      </c>
+      <c r="H21" s="8">
+        <v>2356546993</v>
+      </c>
+      <c r="I21" s="8">
+        <v>306140987</v>
+      </c>
+      <c r="J21" s="18">
+        <v>15900684399</v>
+      </c>
+      <c r="K21" s="9">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="L21" s="10">
+        <v>0.65639999999999998</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="D9" s="4" t="s">
+      <c r="B22" s="8">
+        <v>163485792</v>
+      </c>
+      <c r="C22" s="8">
+        <v>135023350</v>
+      </c>
+      <c r="D22" s="8">
+        <v>28462442</v>
+      </c>
+      <c r="E22" s="8">
+        <v>3536872503</v>
+      </c>
+      <c r="F22" s="8">
+        <v>411926885</v>
+      </c>
+      <c r="G22" s="8">
+        <v>204833053</v>
+      </c>
+      <c r="H22" s="8">
+        <v>616759938</v>
+      </c>
+      <c r="I22" s="8">
+        <v>53787933</v>
+      </c>
+      <c r="J22" s="18">
+        <v>4207420374</v>
+      </c>
+      <c r="K22" s="9">
+        <v>0.61</v>
+      </c>
+      <c r="L22" s="10">
+        <v>0.5665</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="E9" s="4" t="s">
+      <c r="B23" s="8">
+        <v>181605951</v>
+      </c>
+      <c r="C23" s="8">
+        <v>128834293</v>
+      </c>
+      <c r="D23" s="8">
+        <v>52771658</v>
+      </c>
+      <c r="E23" s="8">
+        <v>1552736256</v>
+      </c>
+      <c r="F23" s="8">
+        <v>401339262</v>
+      </c>
+      <c r="G23" s="8">
+        <v>194091806</v>
+      </c>
+      <c r="H23" s="8">
+        <v>595431068</v>
+      </c>
+      <c r="I23" s="8">
+        <v>44962713</v>
+      </c>
+      <c r="J23" s="18">
+        <v>2193130037</v>
+      </c>
+      <c r="K23" s="9">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="L23" s="10">
+        <v>0.76160000000000005</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="F9" s="4" t="s">
+      <c r="B24" s="8">
+        <v>102399900</v>
+      </c>
+      <c r="C24" s="8">
+        <v>86581600</v>
+      </c>
+      <c r="D24" s="8">
+        <v>15818300</v>
+      </c>
+      <c r="E24" s="8">
+        <v>1920420410</v>
+      </c>
+      <c r="F24" s="8">
+        <v>189615780</v>
+      </c>
+      <c r="G24" s="8">
+        <v>79475538</v>
+      </c>
+      <c r="H24" s="8">
+        <v>269091318</v>
+      </c>
+      <c r="I24" s="8">
+        <v>26625136</v>
+      </c>
+      <c r="J24" s="18">
+        <v>2216136864</v>
+      </c>
+      <c r="K24" s="9">
+        <v>0.43</v>
+      </c>
+      <c r="L24" s="10">
+        <v>0.76800000000000002</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="G9" s="4" t="s">
+      <c r="B25" s="8">
+        <v>587408791</v>
+      </c>
+      <c r="C25" s="8">
+        <v>319075485</v>
+      </c>
+      <c r="D25" s="8">
+        <v>268333306</v>
+      </c>
+      <c r="E25" s="8">
+        <v>6759773060</v>
+      </c>
+      <c r="F25" s="8">
+        <v>1101083485</v>
+      </c>
+      <c r="G25" s="8">
+        <v>2230778534</v>
+      </c>
+      <c r="H25" s="8">
+        <v>3331862019</v>
+      </c>
+      <c r="I25" s="8">
+        <v>1124160083</v>
+      </c>
+      <c r="J25" s="18">
+        <v>11215795162</v>
+      </c>
+      <c r="K25" s="9">
+        <v>0.6875</v>
+      </c>
+      <c r="L25" s="10">
+        <v>0.59179999999999999</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="H9" s="4" t="s">
+      <c r="B26" s="8">
+        <v>419535280</v>
+      </c>
+      <c r="C26" s="8">
+        <v>167849000</v>
+      </c>
+      <c r="D26" s="8">
+        <v>251686280</v>
+      </c>
+      <c r="E26" s="8">
+        <v>2868462166</v>
+      </c>
+      <c r="F26" s="8">
+        <v>547474312</v>
+      </c>
+      <c r="G26" s="8">
+        <v>1123874222</v>
+      </c>
+      <c r="H26" s="8">
+        <v>1671348534</v>
+      </c>
+      <c r="I26" s="8">
+        <v>248814421</v>
+      </c>
+      <c r="J26" s="18">
+        <v>4788625121</v>
+      </c>
+      <c r="K26" s="9">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="L26" s="10">
+        <v>0.81430000000000002</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="I9" s="4" t="s">
-[...8 lines deleted...]
-      <c r="L9" s="4" t="s">
+      <c r="B27" s="8">
+        <v>338260314</v>
+      </c>
+      <c r="C27" s="8">
+        <v>258122010</v>
+      </c>
+      <c r="D27" s="8">
+        <v>80138304</v>
+      </c>
+      <c r="E27" s="8">
+        <v>11578516857</v>
+      </c>
+      <c r="F27" s="8">
+        <v>1639910748</v>
+      </c>
+      <c r="G27" s="8">
+        <v>1073597368</v>
+      </c>
+      <c r="H27" s="8">
+        <v>2713508116</v>
+      </c>
+      <c r="I27" s="8">
+        <v>256806667</v>
+      </c>
+      <c r="J27" s="18">
+        <v>14548831640</v>
+      </c>
+      <c r="K27" s="9">
+        <v>0.44479999999999997</v>
+      </c>
+      <c r="L27" s="10">
+        <v>0.85509999999999997</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="M9" s="4" t="s">
+      <c r="B28" s="8">
+        <v>494269502</v>
+      </c>
+      <c r="C28" s="8">
+        <v>340234794</v>
+      </c>
+      <c r="D28" s="8">
+        <v>154034708</v>
+      </c>
+      <c r="E28" s="8">
+        <v>20105685347</v>
+      </c>
+      <c r="F28" s="8">
+        <v>3389424353</v>
+      </c>
+      <c r="G28" s="8">
+        <v>1931404235</v>
+      </c>
+      <c r="H28" s="8">
+        <v>5320828588</v>
+      </c>
+      <c r="I28" s="8">
+        <v>424645578</v>
+      </c>
+      <c r="J28" s="18">
+        <v>25851159513</v>
+      </c>
+      <c r="K28" s="9">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="L28" s="10">
+        <v>0.58179999999999998</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="N9" s="5"/>
-[...5 lines deleted...]
-      <c r="C10" s="7" t="s">
+      <c r="B29" s="8">
+        <v>288414100</v>
+      </c>
+      <c r="C29" s="8">
+        <v>227768620</v>
+      </c>
+      <c r="D29" s="8">
+        <v>60645480</v>
+      </c>
+      <c r="E29" s="8">
+        <v>7946654504</v>
+      </c>
+      <c r="F29" s="8">
+        <v>556503194</v>
+      </c>
+      <c r="G29" s="8">
+        <v>318014945</v>
+      </c>
+      <c r="H29" s="8">
+        <v>874518139</v>
+      </c>
+      <c r="I29" s="8">
+        <v>124561612</v>
+      </c>
+      <c r="J29" s="18">
+        <v>8945734255</v>
+      </c>
+      <c r="K29" s="9">
+        <v>0.62</v>
+      </c>
+      <c r="L29" s="10">
+        <v>0.70879999999999999</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="D10" s="7" t="s">
-[...29 lines deleted...]
-      <c r="A12" s="8" t="s">
+      <c r="B30" s="8">
+        <v>101700</v>
+      </c>
+      <c r="C30" s="8">
+        <v>90500</v>
+      </c>
+      <c r="D30" s="8">
+        <v>11200</v>
+      </c>
+      <c r="E30" s="8">
+        <v>16398280971</v>
+      </c>
+      <c r="F30" s="8">
+        <v>726725388</v>
+      </c>
+      <c r="G30" s="8">
+        <v>547317379</v>
+      </c>
+      <c r="H30" s="8">
+        <v>1274042767</v>
+      </c>
+      <c r="I30" s="8">
+        <v>104038328</v>
+      </c>
+      <c r="J30" s="18">
+        <v>17776362066</v>
+      </c>
+      <c r="K30" s="9">
+        <v>0.40050000000000002</v>
+      </c>
+      <c r="L30" s="10">
+        <v>0.60760000000000003</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C12" s="9">
-[...34 lines deleted...]
-      <c r="A13" s="8" t="s">
+      <c r="B31" s="8">
+        <v>679429710</v>
+      </c>
+      <c r="C31" s="8">
+        <v>575341290</v>
+      </c>
+      <c r="D31" s="8">
+        <v>104088420</v>
+      </c>
+      <c r="E31" s="8">
+        <v>15209952785</v>
+      </c>
+      <c r="F31" s="8">
+        <v>2157755240</v>
+      </c>
+      <c r="G31" s="8">
+        <v>1556139145</v>
+      </c>
+      <c r="H31" s="8">
+        <v>3713894385</v>
+      </c>
+      <c r="I31" s="8">
+        <v>494077900</v>
+      </c>
+      <c r="J31" s="18">
+        <v>19417925070</v>
+      </c>
+      <c r="K31" s="9">
+        <v>0.54</v>
+      </c>
+      <c r="L31" s="10">
+        <v>0.70130000000000003</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C13" s="9">
-[...26 lines deleted...]
-      <c r="L13" s="10">
+      <c r="B32" s="8">
+        <v>582078637</v>
+      </c>
+      <c r="C32" s="8">
+        <v>403875047</v>
+      </c>
+      <c r="D32" s="8">
+        <v>178203590</v>
+      </c>
+      <c r="E32" s="8">
+        <v>4557870341</v>
+      </c>
+      <c r="F32" s="8">
+        <v>676589807</v>
+      </c>
+      <c r="G32" s="8">
+        <v>648175818</v>
+      </c>
+      <c r="H32" s="8">
+        <v>1324765625</v>
+      </c>
+      <c r="I32" s="8">
+        <v>147105890</v>
+      </c>
+      <c r="J32" s="18">
+        <v>6029741856</v>
+      </c>
+      <c r="K32" s="9">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="L32" s="10">
+        <v>0.73770000000000002</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="8">
+        <v>894296672</v>
+      </c>
+      <c r="C33" s="8">
+        <v>699441873</v>
+      </c>
+      <c r="D33" s="8">
+        <v>194854799</v>
+      </c>
+      <c r="E33" s="8">
+        <v>3518917477</v>
+      </c>
+      <c r="F33" s="8">
+        <v>658073036</v>
+      </c>
+      <c r="G33" s="8">
+        <v>784642781</v>
+      </c>
+      <c r="H33" s="8">
+        <v>1442715817</v>
+      </c>
+      <c r="I33" s="8">
+        <v>153720747</v>
+      </c>
+      <c r="J33" s="18">
+        <v>5115354041</v>
+      </c>
+      <c r="K33" s="9">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="L33" s="10">
+        <v>0.65510000000000002</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" s="8">
+        <v>203955394</v>
+      </c>
+      <c r="C34" s="8">
+        <v>197710314</v>
+      </c>
+      <c r="D34" s="8">
+        <v>6245080</v>
+      </c>
+      <c r="E34" s="8">
+        <v>42996516053</v>
+      </c>
+      <c r="F34" s="8">
+        <v>3458915386</v>
+      </c>
+      <c r="G34" s="8">
+        <v>6121479279</v>
+      </c>
+      <c r="H34" s="8">
+        <v>9580394665</v>
+      </c>
+      <c r="I34" s="8">
+        <v>564026842</v>
+      </c>
+      <c r="J34" s="18">
+        <v>53140937560</v>
+      </c>
+      <c r="K34" s="9">
+        <v>0.79869999999999997</v>
+      </c>
+      <c r="L34" s="10">
+        <v>0.61050000000000004</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" s="8">
+        <v>782332908</v>
+      </c>
+      <c r="C35" s="8">
+        <v>501419737</v>
+      </c>
+      <c r="D35" s="8">
+        <v>280913171</v>
+      </c>
+      <c r="E35" s="8">
+        <v>3180073012</v>
+      </c>
+      <c r="F35" s="8">
+        <v>488555353</v>
+      </c>
+      <c r="G35" s="8">
+        <v>508543059</v>
+      </c>
+      <c r="H35" s="8">
+        <v>997098412</v>
+      </c>
+      <c r="I35" s="8">
+        <v>266617259</v>
+      </c>
+      <c r="J35" s="18">
+        <v>4443788683</v>
+      </c>
+      <c r="K35" s="9">
+        <v>0.89</v>
+      </c>
+      <c r="L35" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B36" s="8">
+        <v>302848700</v>
+      </c>
+      <c r="C36" s="8">
+        <v>292837000</v>
+      </c>
+      <c r="D36" s="8">
+        <v>10011700</v>
+      </c>
+      <c r="E36" s="8">
+        <v>36361656934</v>
+      </c>
+      <c r="F36" s="8">
+        <v>4441374861</v>
+      </c>
+      <c r="G36" s="8">
+        <v>4543139371</v>
+      </c>
+      <c r="H36" s="8">
+        <v>8984514232</v>
+      </c>
+      <c r="I36" s="8">
+        <v>1040175159</v>
+      </c>
+      <c r="J36" s="18">
+        <v>46386346325</v>
+      </c>
+      <c r="K36" s="9">
+        <v>0.67779999999999996</v>
+      </c>
+      <c r="L36" s="10">
+        <v>0.64549999999999996</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B37" s="8">
+        <v>1604063990</v>
+      </c>
+      <c r="C37" s="8">
+        <v>1221969341</v>
+      </c>
+      <c r="D37" s="8">
+        <v>382094649</v>
+      </c>
+      <c r="E37" s="8">
+        <v>10745767471</v>
+      </c>
+      <c r="F37" s="8">
+        <v>1047126957</v>
+      </c>
+      <c r="G37" s="8">
+        <v>705784114</v>
+      </c>
+      <c r="H37" s="8">
+        <v>1752911071</v>
+      </c>
+      <c r="I37" s="8">
+        <v>137411024</v>
+      </c>
+      <c r="J37" s="18">
+        <v>12636089566</v>
+      </c>
+      <c r="K37" s="9">
+        <v>0.505</v>
+      </c>
+      <c r="L37" s="10">
+        <v>0.97540000000000004</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B38" s="8">
+        <v>385092490</v>
+      </c>
+      <c r="C38" s="8">
+        <v>214911310</v>
+      </c>
+      <c r="D38" s="8">
+        <v>170181180</v>
+      </c>
+      <c r="E38" s="8">
+        <v>28576836422</v>
+      </c>
+      <c r="F38" s="8">
+        <v>2688816933</v>
+      </c>
+      <c r="G38" s="8">
+        <v>2184393866</v>
+      </c>
+      <c r="H38" s="8">
+        <v>4873210799</v>
+      </c>
+      <c r="I38" s="8">
+        <v>998750880</v>
+      </c>
+      <c r="J38" s="18">
+        <v>34448798101</v>
+      </c>
+      <c r="K38" s="9">
+        <v>0.59899999999999998</v>
+      </c>
+      <c r="L38" s="10">
+        <v>0.92610000000000003</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B39" s="8">
+        <v>240529317</v>
+      </c>
+      <c r="C39" s="8">
+        <v>193703031</v>
+      </c>
+      <c r="D39" s="8">
+        <v>46826286</v>
+      </c>
+      <c r="E39" s="8">
+        <v>766614739</v>
+      </c>
+      <c r="F39" s="8">
+        <v>151715627</v>
+      </c>
+      <c r="G39" s="8">
+        <v>77277780</v>
+      </c>
+      <c r="H39" s="8">
+        <v>228993407</v>
+      </c>
+      <c r="I39" s="8">
+        <v>40588193</v>
+      </c>
+      <c r="J39" s="18">
+        <v>1036196339</v>
+      </c>
+      <c r="K39" s="9">
+        <v>0.84</v>
+      </c>
+      <c r="L39" s="10">
+        <v>0.71699999999999997</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B40" s="8">
+        <v>64162475</v>
+      </c>
+      <c r="C40" s="8">
+        <v>50602520</v>
+      </c>
+      <c r="D40" s="8">
+        <v>13559955</v>
+      </c>
+      <c r="E40" s="8">
+        <v>1450435217</v>
+      </c>
+      <c r="F40" s="8">
+        <v>118952084</v>
+      </c>
+      <c r="G40" s="8">
+        <v>41315521</v>
+      </c>
+      <c r="H40" s="8">
+        <v>160267605</v>
+      </c>
+      <c r="I40" s="8">
+        <v>58939329</v>
+      </c>
+      <c r="J40" s="18">
+        <v>1669642151</v>
+      </c>
+      <c r="K40" s="9">
+        <v>0.59</v>
+      </c>
+      <c r="L40" s="10">
+        <v>0.78220000000000001</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="B41" s="8">
+        <v>1093900616</v>
+      </c>
+      <c r="C41" s="8">
+        <v>988270525</v>
+      </c>
+      <c r="D41" s="8">
+        <v>105630091</v>
+      </c>
+      <c r="E41" s="8">
+        <v>7095937001</v>
+      </c>
+      <c r="F41" s="8">
+        <v>811493416</v>
+      </c>
+      <c r="G41" s="8">
+        <v>595925348</v>
+      </c>
+      <c r="H41" s="8">
+        <v>1407418764</v>
+      </c>
+      <c r="I41" s="8">
+        <v>206323589</v>
+      </c>
+      <c r="J41" s="18">
+        <v>8709679354</v>
+      </c>
+      <c r="K41" s="9">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="L41" s="10">
+        <v>0.96760000000000002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B42" s="8">
+        <v>319768430</v>
+      </c>
+      <c r="C42" s="8">
+        <v>230721872</v>
+      </c>
+      <c r="D42" s="8">
+        <v>89046558</v>
+      </c>
+      <c r="E42" s="8">
+        <v>957585390</v>
+      </c>
+      <c r="F42" s="8">
+        <v>228915024</v>
+      </c>
+      <c r="G42" s="8">
+        <v>181490923</v>
+      </c>
+      <c r="H42" s="8">
+        <v>410405947</v>
+      </c>
+      <c r="I42" s="8">
+        <v>53581287</v>
+      </c>
+      <c r="J42" s="18">
+        <v>1421572624</v>
+      </c>
+      <c r="K42" s="9">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="L42" s="10">
+        <v>0.72729999999999995</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="8">
+        <v>631522433</v>
+      </c>
+      <c r="C43" s="8">
+        <v>603429664</v>
+      </c>
+      <c r="D43" s="8">
+        <v>28092769</v>
+      </c>
+      <c r="E43" s="8">
+        <v>58650505079</v>
+      </c>
+      <c r="F43" s="8">
+        <v>6045169525</v>
+      </c>
+      <c r="G43" s="8">
+        <v>6727034788</v>
+      </c>
+      <c r="H43" s="8">
+        <v>12772204313</v>
+      </c>
+      <c r="I43" s="8">
+        <v>1918696356</v>
+      </c>
+      <c r="J43" s="18">
+        <v>73341405748</v>
+      </c>
+      <c r="K43" s="9">
+        <v>0.73050000000000004</v>
+      </c>
+      <c r="L43" s="10">
+        <v>0.74080000000000001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B44" s="8">
+        <v>629795400</v>
+      </c>
+      <c r="C44" s="8">
+        <v>465867600</v>
+      </c>
+      <c r="D44" s="8">
+        <v>163927800</v>
+      </c>
+      <c r="E44" s="8">
+        <v>3450797538</v>
+      </c>
+      <c r="F44" s="8">
+        <v>514260721</v>
+      </c>
+      <c r="G44" s="8">
+        <v>844146828</v>
+      </c>
+      <c r="H44" s="8">
+        <v>1358407549</v>
+      </c>
+      <c r="I44" s="8">
+        <v>407766939</v>
+      </c>
+      <c r="J44" s="18">
+        <v>5216972026</v>
+      </c>
+      <c r="K44" s="9">
+        <v>0.7</v>
+      </c>
+      <c r="L44" s="10">
+        <v>0.99770000000000003</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" s="8">
+        <v>1094067372</v>
+      </c>
+      <c r="C45" s="8">
+        <v>964717850</v>
+      </c>
+      <c r="D45" s="8">
+        <v>129349522</v>
+      </c>
+      <c r="E45" s="8">
+        <v>12136238212</v>
+      </c>
+      <c r="F45" s="8">
+        <v>1760276918</v>
+      </c>
+      <c r="G45" s="8">
+        <v>722676304</v>
+      </c>
+      <c r="H45" s="8">
+        <v>2482953222</v>
+      </c>
+      <c r="I45" s="8">
+        <v>319875478</v>
+      </c>
+      <c r="J45" s="18">
+        <v>14939066912</v>
+      </c>
+      <c r="K45" s="9">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="L45" s="10">
+        <v>0.82699999999999996</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B46" s="8">
+        <v>448449829</v>
+      </c>
+      <c r="C46" s="8">
+        <v>370024723</v>
+      </c>
+      <c r="D46" s="8">
+        <v>78425106</v>
+      </c>
+      <c r="E46" s="8">
+        <v>8510622740</v>
+      </c>
+      <c r="F46" s="8">
+        <v>885448570</v>
+      </c>
+      <c r="G46" s="8">
+        <v>695161382</v>
+      </c>
+      <c r="H46" s="8">
+        <v>1580609952</v>
+      </c>
+      <c r="I46" s="8">
+        <v>216259356</v>
+      </c>
+      <c r="J46" s="18">
+        <v>10307492048</v>
+      </c>
+      <c r="K46" s="9">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="L46" s="10">
+        <v>0.63129999999999997</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B47" s="8">
+        <v>462774400</v>
+      </c>
+      <c r="C47" s="8">
+        <v>433382600</v>
+      </c>
+      <c r="D47" s="8">
+        <v>29391800</v>
+      </c>
+      <c r="E47" s="8">
+        <v>21571914011</v>
+      </c>
+      <c r="F47" s="8">
+        <v>1712359050</v>
+      </c>
+      <c r="G47" s="8">
+        <v>1535555501</v>
+      </c>
+      <c r="H47" s="8">
+        <v>3247914551</v>
+      </c>
+      <c r="I47" s="8">
+        <v>444426530</v>
+      </c>
+      <c r="J47" s="18">
+        <v>25264255092</v>
+      </c>
+      <c r="K47" s="9">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="L47" s="10">
+        <v>0.88719999999999999</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B48" s="8">
+        <v>231408373</v>
+      </c>
+      <c r="C48" s="8">
+        <v>166919525</v>
+      </c>
+      <c r="D48" s="8">
+        <v>64488848</v>
+      </c>
+      <c r="E48" s="8">
+        <v>1142680381</v>
+      </c>
+      <c r="F48" s="8">
+        <v>224365356</v>
+      </c>
+      <c r="G48" s="8">
+        <v>354723395</v>
+      </c>
+      <c r="H48" s="8">
+        <v>579088751</v>
+      </c>
+      <c r="I48" s="8">
+        <v>126929492</v>
+      </c>
+      <c r="J48" s="18">
+        <v>1848698624</v>
+      </c>
+      <c r="K48" s="9">
+        <v>0.84</v>
+      </c>
+      <c r="L48" s="10">
+        <v>0.78969999999999996</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B49" s="8">
+        <v>322470290</v>
+      </c>
+      <c r="C49" s="8">
+        <v>177426100</v>
+      </c>
+      <c r="D49" s="8">
+        <v>145044190</v>
+      </c>
+      <c r="E49" s="8">
+        <v>4006079782</v>
+      </c>
+      <c r="F49" s="8">
+        <v>639203063</v>
+      </c>
+      <c r="G49" s="8">
+        <v>239387576</v>
+      </c>
+      <c r="H49" s="8">
+        <v>878590639</v>
+      </c>
+      <c r="I49" s="8">
+        <v>175644959</v>
+      </c>
+      <c r="J49" s="18">
+        <v>5060315380</v>
+      </c>
+      <c r="K49" s="9">
+        <v>0.73</v>
+      </c>
+      <c r="L49" s="10">
+        <v>0.81599999999999995</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B50" s="8">
+        <v>312704465</v>
+      </c>
+      <c r="C50" s="8">
+        <v>239451068</v>
+      </c>
+      <c r="D50" s="8">
+        <v>73253397</v>
+      </c>
+      <c r="E50" s="8">
+        <v>1192524218</v>
+      </c>
+      <c r="F50" s="8">
+        <v>67441055</v>
+      </c>
+      <c r="G50" s="8">
+        <v>62192455</v>
+      </c>
+      <c r="H50" s="8">
+        <v>129633510</v>
+      </c>
+      <c r="I50" s="8">
+        <v>35413692</v>
+      </c>
+      <c r="J50" s="18">
+        <v>1357571420</v>
+      </c>
+      <c r="K50" s="9">
+        <v>0.92</v>
+      </c>
+      <c r="L50" s="10">
+        <v>0.9929</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B51" s="8">
+        <v>1578340790</v>
+      </c>
+      <c r="C51" s="8">
+        <v>1080484220</v>
+      </c>
+      <c r="D51" s="8">
+        <v>497856570</v>
+      </c>
+      <c r="E51" s="8">
+        <v>35944506644</v>
+      </c>
+      <c r="F51" s="8">
+        <v>3047320374</v>
+      </c>
+      <c r="G51" s="8">
+        <v>2857809590</v>
+      </c>
+      <c r="H51" s="8">
+        <v>5905129964</v>
+      </c>
+      <c r="I51" s="8">
+        <v>671660105</v>
+      </c>
+      <c r="J51" s="18">
+        <v>42521296713</v>
+      </c>
+      <c r="K51" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="L51" s="10">
+        <v>0.92530000000000001</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B52" s="8">
+        <v>327385148</v>
+      </c>
+      <c r="C52" s="8">
+        <v>311827345</v>
+      </c>
+      <c r="D52" s="8">
+        <v>15557803</v>
+      </c>
+      <c r="E52" s="8">
+        <v>11448148318</v>
+      </c>
+      <c r="F52" s="8">
+        <v>561025595</v>
+      </c>
+      <c r="G52" s="8">
+        <v>257694944</v>
+      </c>
+      <c r="H52" s="8">
+        <v>818720539</v>
+      </c>
+      <c r="I52" s="8">
+        <v>371611684</v>
+      </c>
+      <c r="J52" s="18">
+        <v>12638480541</v>
+      </c>
+      <c r="K52" s="9">
+        <v>0.38</v>
+      </c>
+      <c r="L52" s="10">
+        <v>0.66049999999999998</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B53" s="8">
+        <v>1153299226</v>
+      </c>
+      <c r="C53" s="8">
+        <v>927537216</v>
+      </c>
+      <c r="D53" s="8">
+        <v>225762010</v>
+      </c>
+      <c r="E53" s="8">
+        <v>21963498367</v>
+      </c>
+      <c r="F53" s="8">
+        <v>3282163733</v>
+      </c>
+      <c r="G53" s="8">
+        <v>3102629806</v>
+      </c>
+      <c r="H53" s="8">
+        <v>6384793539</v>
+      </c>
+      <c r="I53" s="8">
+        <v>463610548</v>
+      </c>
+      <c r="J53" s="18">
+        <v>28811902454</v>
+      </c>
+      <c r="K53" s="9">
+        <v>0.67</v>
+      </c>
+      <c r="L53" s="10">
+        <v>0.64629999999999999</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B54" s="8">
+        <v>300686519</v>
+      </c>
+      <c r="C54" s="8">
+        <v>230554650</v>
+      </c>
+      <c r="D54" s="8">
+        <v>70131869</v>
+      </c>
+      <c r="E54" s="8">
+        <v>888084806</v>
+      </c>
+      <c r="F54" s="8">
+        <v>124952964</v>
+      </c>
+      <c r="G54" s="8">
+        <v>93549967</v>
+      </c>
+      <c r="H54" s="8">
+        <v>218502931</v>
+      </c>
+      <c r="I54" s="8">
+        <v>70456015</v>
+      </c>
+      <c r="J54" s="18">
+        <v>1177043752</v>
+      </c>
+      <c r="K54" s="9">
+        <v>0.74</v>
+      </c>
+      <c r="L54" s="10">
+        <v>0.94889999999999997</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B55" s="8">
+        <v>428723200</v>
+      </c>
+      <c r="C55" s="8">
+        <v>380661100</v>
+      </c>
+      <c r="D55" s="8">
+        <v>48062100</v>
+      </c>
+      <c r="E55" s="8">
+        <v>6988479821</v>
+      </c>
+      <c r="F55" s="8">
+        <v>796789503</v>
+      </c>
+      <c r="G55" s="8">
+        <v>1867454773</v>
+      </c>
+      <c r="H55" s="8">
+        <v>2664244276</v>
+      </c>
+      <c r="I55" s="8">
+        <v>169628686</v>
+      </c>
+      <c r="J55" s="18">
+        <v>9822352783</v>
+      </c>
+      <c r="K55" s="9">
         <v>0.65</v>
       </c>
-      <c r="M13" s="11">
+      <c r="L55" s="10">
+        <v>0.87660000000000005</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B56" s="8">
+        <v>473992948</v>
+      </c>
+      <c r="C56" s="8">
+        <v>277374639</v>
+      </c>
+      <c r="D56" s="8">
+        <v>196618309</v>
+      </c>
+      <c r="E56" s="8">
+        <v>2871839466</v>
+      </c>
+      <c r="F56" s="8">
+        <v>689811509</v>
+      </c>
+      <c r="G56" s="8">
+        <v>1003733203</v>
+      </c>
+      <c r="H56" s="8">
+        <v>1693544712</v>
+      </c>
+      <c r="I56" s="8">
+        <v>117207995</v>
+      </c>
+      <c r="J56" s="18">
+        <v>4682592173</v>
+      </c>
+      <c r="K56" s="9">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="L56" s="10">
+        <v>0.58879999999999999</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B57" s="8">
+        <v>802280249</v>
+      </c>
+      <c r="C57" s="8">
+        <v>489016009</v>
+      </c>
+      <c r="D57" s="8">
+        <v>313264240</v>
+      </c>
+      <c r="E57" s="8">
+        <v>16396893417</v>
+      </c>
+      <c r="F57" s="8">
+        <v>1456896627</v>
+      </c>
+      <c r="G57" s="8">
+        <v>1235913084</v>
+      </c>
+      <c r="H57" s="8">
+        <v>2692809711</v>
+      </c>
+      <c r="I57" s="8">
+        <v>627213100</v>
+      </c>
+      <c r="J57" s="18">
+        <v>19716916228</v>
+      </c>
+      <c r="K57" s="9">
+        <v>0.499</v>
+      </c>
+      <c r="L57" s="10">
         <v>0.92730000000000001</v>
       </c>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
-[...182 lines deleted...]
-      <c r="L18" s="10">
+    <row r="58" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B58" s="8">
+        <v>315994183</v>
+      </c>
+      <c r="C58" s="8">
+        <v>281886142</v>
+      </c>
+      <c r="D58" s="8">
+        <v>34108041</v>
+      </c>
+      <c r="E58" s="8">
+        <v>12233490201</v>
+      </c>
+      <c r="F58" s="8">
+        <v>573860979</v>
+      </c>
+      <c r="G58" s="8">
+        <v>179272339</v>
+      </c>
+      <c r="H58" s="8">
+        <v>753133318</v>
+      </c>
+      <c r="I58" s="8">
+        <v>244667977</v>
+      </c>
+      <c r="J58" s="18">
+        <v>13231291496</v>
+      </c>
+      <c r="K58" s="9">
+        <v>0.27</v>
+      </c>
+      <c r="L58" s="10">
+        <v>0.97489999999999999</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B59" s="8">
+        <v>513208923</v>
+      </c>
+      <c r="C59" s="8">
+        <v>465405969</v>
+      </c>
+      <c r="D59" s="8">
+        <v>47802954</v>
+      </c>
+      <c r="E59" s="8">
+        <v>4149855677</v>
+      </c>
+      <c r="F59" s="8">
+        <v>270040607</v>
+      </c>
+      <c r="G59" s="8">
+        <v>110458450</v>
+      </c>
+      <c r="H59" s="8">
+        <v>380499057</v>
+      </c>
+      <c r="I59" s="8">
+        <v>102637518</v>
+      </c>
+      <c r="J59" s="18">
+        <v>4632992252</v>
+      </c>
+      <c r="K59" s="9">
+        <v>0.36</v>
+      </c>
+      <c r="L59" s="10">
+        <v>0.94740000000000002</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B60" s="8">
+        <v>359303610</v>
+      </c>
+      <c r="C60" s="8">
+        <v>267571467</v>
+      </c>
+      <c r="D60" s="8">
+        <v>91732143</v>
+      </c>
+      <c r="E60" s="8">
+        <v>1247514514</v>
+      </c>
+      <c r="F60" s="8">
+        <v>261287116</v>
+      </c>
+      <c r="G60" s="8">
+        <v>589455914</v>
+      </c>
+      <c r="H60" s="8">
+        <v>850743030</v>
+      </c>
+      <c r="I60" s="8">
+        <v>83326862</v>
+      </c>
+      <c r="J60" s="18">
+        <v>2181584406</v>
+      </c>
+      <c r="K60" s="9">
+        <v>0.81</v>
+      </c>
+      <c r="L60" s="10">
+        <v>0.64959999999999996</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B61" s="8">
+        <v>176795861</v>
+      </c>
+      <c r="C61" s="8">
+        <v>151661150</v>
+      </c>
+      <c r="D61" s="8">
+        <v>25134711</v>
+      </c>
+      <c r="E61" s="8">
+        <v>4750191315</v>
+      </c>
+      <c r="F61" s="8">
+        <v>561709393</v>
+      </c>
+      <c r="G61" s="8">
+        <v>802490087</v>
+      </c>
+      <c r="H61" s="8">
+        <v>1364199480</v>
+      </c>
+      <c r="I61" s="8">
+        <v>370569894</v>
+      </c>
+      <c r="J61" s="18">
+        <v>6484960689</v>
+      </c>
+      <c r="K61" s="9">
+        <v>0.5675</v>
+      </c>
+      <c r="L61" s="10">
+        <v>0.86109999999999998</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A62" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B62" s="8">
+        <v>753155287</v>
+      </c>
+      <c r="C62" s="8">
+        <v>651946183</v>
+      </c>
+      <c r="D62" s="8">
+        <v>101209104</v>
+      </c>
+      <c r="E62" s="8">
+        <v>258275957223</v>
+      </c>
+      <c r="F62" s="8">
+        <v>15086541289</v>
+      </c>
+      <c r="G62" s="8">
+        <v>14678603777</v>
+      </c>
+      <c r="H62" s="8">
+        <v>29765145066</v>
+      </c>
+      <c r="I62" s="8">
+        <v>6332174601</v>
+      </c>
+      <c r="J62" s="18">
+        <v>294373276890</v>
+      </c>
+      <c r="K62" s="9">
+        <v>0.48309999999999997</v>
+      </c>
+      <c r="L62" s="10">
+        <v>0.92689999999999995</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A63" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B63" s="8">
+        <v>202914700</v>
+      </c>
+      <c r="C63" s="8">
+        <v>112159400</v>
+      </c>
+      <c r="D63" s="8">
+        <v>90755300</v>
+      </c>
+      <c r="E63" s="8">
+        <v>2033131561</v>
+      </c>
+      <c r="F63" s="8">
+        <v>207153928</v>
+      </c>
+      <c r="G63" s="8">
+        <v>194188905</v>
+      </c>
+      <c r="H63" s="8">
+        <v>401342833</v>
+      </c>
+      <c r="I63" s="8">
+        <v>96424024</v>
+      </c>
+      <c r="J63" s="18">
+        <v>2530898418</v>
+      </c>
+      <c r="K63" s="9">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="L63" s="10">
+        <v>0.74890000000000001</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A64" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B64" s="8">
+        <v>296228066</v>
+      </c>
+      <c r="C64" s="8">
+        <v>155688862</v>
+      </c>
+      <c r="D64" s="8">
+        <v>140539204</v>
+      </c>
+      <c r="E64" s="8">
+        <v>2868524515</v>
+      </c>
+      <c r="F64" s="8">
+        <v>369201814</v>
+      </c>
+      <c r="G64" s="8">
+        <v>529164170</v>
+      </c>
+      <c r="H64" s="8">
+        <v>898365984</v>
+      </c>
+      <c r="I64" s="8">
+        <v>96379093</v>
+      </c>
+      <c r="J64" s="18">
+        <v>3863269592</v>
+      </c>
+      <c r="K64" s="9">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="L64" s="10">
+        <v>0.62890000000000001</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B65" s="8">
+        <v>1435336700</v>
+      </c>
+      <c r="C65" s="8">
+        <v>965988920</v>
+      </c>
+      <c r="D65" s="8">
+        <v>469347780</v>
+      </c>
+      <c r="E65" s="8">
+        <v>20165326522</v>
+      </c>
+      <c r="F65" s="8">
+        <v>1614212906</v>
+      </c>
+      <c r="G65" s="8">
+        <v>727865153</v>
+      </c>
+      <c r="H65" s="8">
+        <v>2342078059</v>
+      </c>
+      <c r="I65" s="8">
+        <v>290161099</v>
+      </c>
+      <c r="J65" s="18">
+        <v>22797565680</v>
+      </c>
+      <c r="K65" s="9">
+        <v>0.31</v>
+      </c>
+      <c r="L65" s="10">
+        <v>0.90400000000000003</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B66" s="8">
+        <v>667714095</v>
+      </c>
+      <c r="C66" s="8">
+        <v>353358820</v>
+      </c>
+      <c r="D66" s="8">
+        <v>314355275</v>
+      </c>
+      <c r="E66" s="8">
+        <v>8749806554</v>
+      </c>
+      <c r="F66" s="8">
+        <v>1356213357</v>
+      </c>
+      <c r="G66" s="8">
+        <v>1719972035</v>
+      </c>
+      <c r="H66" s="8">
+        <v>3076185392</v>
+      </c>
+      <c r="I66" s="8">
+        <v>237531685</v>
+      </c>
+      <c r="J66" s="18">
+        <v>12063523631</v>
+      </c>
+      <c r="K66" s="9">
+        <v>0.63</v>
+      </c>
+      <c r="L66" s="10">
+        <v>0.98319999999999996</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A67" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B67" s="8">
+        <v>198350400</v>
+      </c>
+      <c r="C67" s="8">
+        <v>172998300</v>
+      </c>
+      <c r="D67" s="8">
+        <v>25352100</v>
+      </c>
+      <c r="E67" s="8">
+        <v>44938990825</v>
+      </c>
+      <c r="F67" s="8">
+        <v>3423946975</v>
+      </c>
+      <c r="G67" s="8">
+        <v>2708192145</v>
+      </c>
+      <c r="H67" s="8">
+        <v>6132139120</v>
+      </c>
+      <c r="I67" s="8">
+        <v>762383317</v>
+      </c>
+      <c r="J67" s="18">
+        <v>51833513262</v>
+      </c>
+      <c r="K67" s="9">
+        <v>0.45</v>
+      </c>
+      <c r="L67" s="10">
+        <v>0.65429999999999999</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B68" s="8">
+        <v>493178462</v>
+      </c>
+      <c r="C68" s="8">
+        <v>281078555</v>
+      </c>
+      <c r="D68" s="8">
+        <v>212099907</v>
+      </c>
+      <c r="E68" s="8">
+        <v>1949518515</v>
+      </c>
+      <c r="F68" s="8">
+        <v>212960024</v>
+      </c>
+      <c r="G68" s="8">
+        <v>408131338</v>
+      </c>
+      <c r="H68" s="8">
+        <v>621091362</v>
+      </c>
+      <c r="I68" s="8">
+        <v>272931947</v>
+      </c>
+      <c r="J68" s="18">
+        <v>2843541824</v>
+      </c>
+      <c r="K68" s="9">
+        <v>0.83</v>
+      </c>
+      <c r="L68" s="10">
+        <v>0.82240000000000002</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B69" s="8">
+        <v>248057769</v>
+      </c>
+      <c r="C69" s="8">
+        <v>200905081</v>
+      </c>
+      <c r="D69" s="8">
+        <v>47152688</v>
+      </c>
+      <c r="E69" s="8">
+        <v>18372729717</v>
+      </c>
+      <c r="F69" s="8">
+        <v>2232592784</v>
+      </c>
+      <c r="G69" s="8">
+        <v>755856840</v>
+      </c>
+      <c r="H69" s="8">
+        <v>2988449624</v>
+      </c>
+      <c r="I69" s="8">
+        <v>416232669</v>
+      </c>
+      <c r="J69" s="18">
+        <v>21777412010</v>
+      </c>
+      <c r="K69" s="9">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="L69" s="10">
+        <v>0.78949999999999998</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A70" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B70" s="8">
+        <v>812341375</v>
+      </c>
+      <c r="C70" s="8">
+        <v>769195289</v>
+      </c>
+      <c r="D70" s="8">
+        <v>43146086</v>
+      </c>
+      <c r="E70" s="8">
+        <v>20729480545</v>
+      </c>
+      <c r="F70" s="8">
+        <v>1673479707</v>
+      </c>
+      <c r="G70" s="8">
+        <v>752073540</v>
+      </c>
+      <c r="H70" s="8">
+        <v>2425553247</v>
+      </c>
+      <c r="I70" s="8">
+        <v>424827011</v>
+      </c>
+      <c r="J70" s="18">
+        <v>23579860803</v>
+      </c>
+      <c r="K70" s="9">
+        <v>0.8629</v>
+      </c>
+      <c r="L70" s="10">
+        <v>0.64449999999999996</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A71" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B71" s="8">
+        <v>143570714</v>
+      </c>
+      <c r="C71" s="8">
+        <v>87044619</v>
+      </c>
+      <c r="D71" s="8">
+        <v>56526095</v>
+      </c>
+      <c r="E71" s="8">
+        <v>1676171099</v>
+      </c>
+      <c r="F71" s="8">
+        <v>202275527</v>
+      </c>
+      <c r="G71" s="8">
+        <v>148428253</v>
+      </c>
+      <c r="H71" s="8">
+        <v>350703780</v>
+      </c>
+      <c r="I71" s="8">
+        <v>40583047</v>
+      </c>
+      <c r="J71" s="18">
+        <v>2067457926</v>
+      </c>
+      <c r="K71" s="9">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="L71" s="10">
+        <v>0.68940000000000001</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B72" s="8">
+        <v>330934800</v>
+      </c>
+      <c r="C72" s="8">
+        <v>218585400</v>
+      </c>
+      <c r="D72" s="8">
+        <v>112349400</v>
+      </c>
+      <c r="E72" s="8">
+        <v>3659721159</v>
+      </c>
+      <c r="F72" s="8">
+        <v>468094115</v>
+      </c>
+      <c r="G72" s="8">
+        <v>340595156</v>
+      </c>
+      <c r="H72" s="8">
+        <v>808689271</v>
+      </c>
+      <c r="I72" s="8">
+        <v>85902035</v>
+      </c>
+      <c r="J72" s="18">
+        <v>4554312465</v>
+      </c>
+      <c r="K72" s="9">
+        <v>0.62</v>
+      </c>
+      <c r="L72" s="10">
+        <v>0.74619999999999997</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A73" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="B73" s="8">
+        <v>462923848</v>
+      </c>
+      <c r="C73" s="8">
+        <v>286995802</v>
+      </c>
+      <c r="D73" s="8">
+        <v>175928046</v>
+      </c>
+      <c r="E73" s="8">
+        <v>8425727121</v>
+      </c>
+      <c r="F73" s="8">
+        <v>1053569641</v>
+      </c>
+      <c r="G73" s="8">
+        <v>366554043</v>
+      </c>
+      <c r="H73" s="8">
+        <v>1420123684</v>
+      </c>
+      <c r="I73" s="8">
+        <v>141778299</v>
+      </c>
+      <c r="J73" s="18">
+        <v>9987629104</v>
+      </c>
+      <c r="K73" s="9">
+        <v>0.73750000000000004</v>
+      </c>
+      <c r="L73" s="10">
+        <v>0.54869999999999997</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B74" s="8">
+        <v>920112600</v>
+      </c>
+      <c r="C74" s="8">
+        <v>210109400</v>
+      </c>
+      <c r="D74" s="8">
+        <v>710003200</v>
+      </c>
+      <c r="E74" s="8">
+        <v>1941769996</v>
+      </c>
+      <c r="F74" s="8">
+        <v>212363411</v>
+      </c>
+      <c r="G74" s="8">
+        <v>94907337</v>
+      </c>
+      <c r="H74" s="8">
+        <v>307270748</v>
+      </c>
+      <c r="I74" s="8">
+        <v>17378716</v>
+      </c>
+      <c r="J74" s="18">
+        <v>2266419460</v>
+      </c>
+      <c r="K74" s="9">
+        <v>0.52</v>
+      </c>
+      <c r="L74" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A75" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B75" s="8">
+        <v>513442265</v>
+      </c>
+      <c r="C75" s="8">
+        <v>341621084</v>
+      </c>
+      <c r="D75" s="8">
+        <v>171821181</v>
+      </c>
+      <c r="E75" s="8">
+        <v>3600427348</v>
+      </c>
+      <c r="F75" s="8">
+        <v>497355394</v>
+      </c>
+      <c r="G75" s="8">
+        <v>541784712</v>
+      </c>
+      <c r="H75" s="8">
+        <v>1039140106</v>
+      </c>
+      <c r="I75" s="8">
+        <v>1043093041</v>
+      </c>
+      <c r="J75" s="18">
+        <v>5682660495</v>
+      </c>
+      <c r="K75" s="9">
+        <v>0.72250000000000003</v>
+      </c>
+      <c r="L75" s="10">
+        <v>0.75329999999999997</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A76" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B76" s="8">
+        <v>960185622</v>
+      </c>
+      <c r="C76" s="8">
+        <v>623018466</v>
+      </c>
+      <c r="D76" s="8">
+        <v>337167156</v>
+      </c>
+      <c r="E76" s="8">
+        <v>18548124265</v>
+      </c>
+      <c r="F76" s="8">
+        <v>2285754784</v>
+      </c>
+      <c r="G76" s="8">
+        <v>2322400954</v>
+      </c>
+      <c r="H76" s="8">
+        <v>4608155738</v>
+      </c>
+      <c r="I76" s="8">
+        <v>255560484</v>
+      </c>
+      <c r="J76" s="18">
+        <v>23411840487</v>
+      </c>
+      <c r="K76" s="9">
+        <v>0.56630000000000003</v>
+      </c>
+      <c r="L76" s="10">
+        <v>0.99980000000000002</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A77" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="B77" s="8">
+        <v>495911056</v>
+      </c>
+      <c r="C77" s="8">
+        <v>314528651</v>
+      </c>
+      <c r="D77" s="8">
+        <v>181382405</v>
+      </c>
+      <c r="E77" s="8">
+        <v>3275533180</v>
+      </c>
+      <c r="F77" s="8">
+        <v>291461029</v>
+      </c>
+      <c r="G77" s="8">
+        <v>88819598</v>
+      </c>
+      <c r="H77" s="8">
+        <v>380280627</v>
+      </c>
+      <c r="I77" s="8">
+        <v>176119081</v>
+      </c>
+      <c r="J77" s="18">
+        <v>3831932888</v>
+      </c>
+      <c r="K77" s="9">
+        <v>0.5343</v>
+      </c>
+      <c r="L77" s="10">
+        <v>0.67300000000000004</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B78" s="8">
+        <v>915898500</v>
+      </c>
+      <c r="C78" s="8">
+        <v>842494910</v>
+      </c>
+      <c r="D78" s="8">
+        <v>73403590</v>
+      </c>
+      <c r="E78" s="8">
+        <v>14540246576</v>
+      </c>
+      <c r="F78" s="8">
+        <v>1867936234</v>
+      </c>
+      <c r="G78" s="8">
+        <v>1819664302</v>
+      </c>
+      <c r="H78" s="8">
+        <v>3687600536</v>
+      </c>
+      <c r="I78" s="8">
+        <v>405588249</v>
+      </c>
+      <c r="J78" s="18">
+        <v>18633435361</v>
+      </c>
+      <c r="K78" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="L78" s="10">
+        <v>0.83879999999999999</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="B79" s="8">
+        <v>309144445</v>
+      </c>
+      <c r="C79" s="8">
+        <v>183675523</v>
+      </c>
+      <c r="D79" s="8">
+        <v>125468922</v>
+      </c>
+      <c r="E79" s="8">
+        <v>2821744151</v>
+      </c>
+      <c r="F79" s="8">
+        <v>447506187</v>
+      </c>
+      <c r="G79" s="8">
+        <v>628374173</v>
+      </c>
+      <c r="H79" s="8">
+        <v>1075880360</v>
+      </c>
+      <c r="I79" s="8">
+        <v>979685500</v>
+      </c>
+      <c r="J79" s="18">
+        <v>4877310011</v>
+      </c>
+      <c r="K79" s="9">
+        <v>0.75</v>
+      </c>
+      <c r="L79" s="10">
+        <v>1.0264</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B80" s="8">
+        <v>504305800</v>
+      </c>
+      <c r="C80" s="8">
+        <v>195520300</v>
+      </c>
+      <c r="D80" s="8">
+        <v>308785500</v>
+      </c>
+      <c r="E80" s="8">
+        <v>6156482741</v>
+      </c>
+      <c r="F80" s="8">
+        <v>1413894163</v>
+      </c>
+      <c r="G80" s="8">
+        <v>1451999415</v>
+      </c>
+      <c r="H80" s="8">
+        <v>2865893578</v>
+      </c>
+      <c r="I80" s="8">
+        <v>728222112</v>
+      </c>
+      <c r="J80" s="18">
+        <v>9750598431</v>
+      </c>
+      <c r="K80" s="9">
+        <v>0.75</v>
+      </c>
+      <c r="L80" s="10">
+        <v>0.97689999999999999</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="B81" s="8">
+        <v>725794822</v>
+      </c>
+      <c r="C81" s="8">
+        <v>418680867</v>
+      </c>
+      <c r="D81" s="8">
+        <v>307113955</v>
+      </c>
+      <c r="E81" s="8">
+        <v>8938932998</v>
+      </c>
+      <c r="F81" s="8">
+        <v>1196863450</v>
+      </c>
+      <c r="G81" s="8">
+        <v>1249456329</v>
+      </c>
+      <c r="H81" s="8">
+        <v>2446319779</v>
+      </c>
+      <c r="I81" s="8">
+        <v>1125443250</v>
+      </c>
+      <c r="J81" s="18">
+        <v>12510696027</v>
+      </c>
+      <c r="K81" s="9">
+        <v>0.58009999999999995</v>
+      </c>
+      <c r="L81" s="10">
+        <v>0.98780000000000001</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A82" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B82" s="8">
+        <v>1512516385</v>
+      </c>
+      <c r="C82" s="8">
+        <v>982801135</v>
+      </c>
+      <c r="D82" s="8">
+        <v>529715250</v>
+      </c>
+      <c r="E82" s="8">
+        <v>16062273083</v>
+      </c>
+      <c r="F82" s="8">
+        <v>1794105910</v>
+      </c>
+      <c r="G82" s="8">
+        <v>1775695022</v>
+      </c>
+      <c r="H82" s="8">
+        <v>3569800932</v>
+      </c>
+      <c r="I82" s="8">
+        <v>986819130</v>
+      </c>
+      <c r="J82" s="18">
+        <v>20618893145</v>
+      </c>
+      <c r="K82" s="9">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="L82" s="10">
+        <v>0.87829999999999997</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A83" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="B83" s="8">
+        <v>244170400</v>
+      </c>
+      <c r="C83" s="8">
+        <v>210785500</v>
+      </c>
+      <c r="D83" s="8">
+        <v>33384900</v>
+      </c>
+      <c r="E83" s="8">
+        <v>8018969706</v>
+      </c>
+      <c r="F83" s="8">
+        <v>730693009</v>
+      </c>
+      <c r="G83" s="8">
+        <v>1452015844</v>
+      </c>
+      <c r="H83" s="8">
+        <v>2182708853</v>
+      </c>
+      <c r="I83" s="8">
+        <v>867585945</v>
+      </c>
+      <c r="J83" s="18">
+        <v>11069264504</v>
+      </c>
+      <c r="K83" s="9">
+        <v>0.45400000000000001</v>
+      </c>
+      <c r="L83" s="10">
+        <v>0.94889999999999997</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B84" s="8">
+        <v>848773164</v>
+      </c>
+      <c r="C84" s="8">
+        <v>571357906</v>
+      </c>
+      <c r="D84" s="8">
+        <v>277415258</v>
+      </c>
+      <c r="E84" s="8">
+        <v>5399001756</v>
+      </c>
+      <c r="F84" s="8">
+        <v>819081990</v>
+      </c>
+      <c r="G84" s="8">
+        <v>587822607</v>
+      </c>
+      <c r="H84" s="8">
+        <v>1406904597</v>
+      </c>
+      <c r="I84" s="8">
+        <v>244167046</v>
+      </c>
+      <c r="J84" s="18">
+        <v>7050073399</v>
+      </c>
+      <c r="K84" s="9">
         <v>0.625</v>
       </c>
-      <c r="M18" s="11">
-[...490 lines deleted...]
-      <c r="L31" s="10">
+      <c r="L84" s="10">
+        <v>0.97289999999999999</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="B85" s="8">
+        <v>152160600</v>
+      </c>
+      <c r="C85" s="8">
+        <v>105256610</v>
+      </c>
+      <c r="D85" s="8">
+        <v>46903990</v>
+      </c>
+      <c r="E85" s="8">
+        <v>1567570756</v>
+      </c>
+      <c r="F85" s="8">
+        <v>300625129</v>
+      </c>
+      <c r="G85" s="8">
+        <v>632522454</v>
+      </c>
+      <c r="H85" s="8">
+        <v>933147583</v>
+      </c>
+      <c r="I85" s="8">
+        <v>151479826</v>
+      </c>
+      <c r="J85" s="18">
+        <v>2652198165</v>
+      </c>
+      <c r="K85" s="9">
+        <v>0.99</v>
+      </c>
+      <c r="L85" s="10">
+        <v>0.68510000000000004</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A86" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="B86" s="8">
+        <v>688477477</v>
+      </c>
+      <c r="C86" s="8">
+        <v>403591419</v>
+      </c>
+      <c r="D86" s="8">
+        <v>284886058</v>
+      </c>
+      <c r="E86" s="8">
+        <v>5278621238</v>
+      </c>
+      <c r="F86" s="8">
+        <v>915222353</v>
+      </c>
+      <c r="G86" s="8">
+        <v>1012355385</v>
+      </c>
+      <c r="H86" s="8">
+        <v>1927577738</v>
+      </c>
+      <c r="I86" s="8">
+        <v>269010280</v>
+      </c>
+      <c r="J86" s="18">
+        <v>7475209256</v>
+      </c>
+      <c r="K86" s="9">
         <v>0.61</v>
       </c>
-      <c r="M31" s="11">
-[...1250 lines deleted...]
-      <c r="L64" s="10">
+      <c r="L86" s="10">
+        <v>0.72309999999999997</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A87" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B87" s="8">
+        <v>517194900</v>
+      </c>
+      <c r="C87" s="8">
+        <v>402490500</v>
+      </c>
+      <c r="D87" s="8">
+        <v>114704400</v>
+      </c>
+      <c r="E87" s="8">
+        <v>3392256025</v>
+      </c>
+      <c r="F87" s="8">
+        <v>565880527</v>
+      </c>
+      <c r="G87" s="8">
+        <v>258925629</v>
+      </c>
+      <c r="H87" s="8">
+        <v>824806156</v>
+      </c>
+      <c r="I87" s="8">
+        <v>906375737</v>
+      </c>
+      <c r="J87" s="18">
+        <v>5123437918</v>
+      </c>
+      <c r="K87" s="9">
+        <v>0.71</v>
+      </c>
+      <c r="L87" s="10">
+        <v>0.67469999999999997</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A88" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B88" s="8">
+        <v>763920930</v>
+      </c>
+      <c r="C88" s="8">
+        <v>446117770</v>
+      </c>
+      <c r="D88" s="8">
+        <v>317803160</v>
+      </c>
+      <c r="E88" s="8">
+        <v>5032723785</v>
+      </c>
+      <c r="F88" s="8">
+        <v>921441137</v>
+      </c>
+      <c r="G88" s="8">
+        <v>1604395869</v>
+      </c>
+      <c r="H88" s="8">
+        <v>2525837006</v>
+      </c>
+      <c r="I88" s="8">
+        <v>479376415</v>
+      </c>
+      <c r="J88" s="18">
+        <v>8037937206</v>
+      </c>
+      <c r="K88" s="9">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="L88" s="10">
+        <v>0.82110000000000005</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A89" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="B89" s="8">
+        <v>64656727</v>
+      </c>
+      <c r="C89" s="8">
+        <v>53742560</v>
+      </c>
+      <c r="D89" s="8">
+        <v>10914167</v>
+      </c>
+      <c r="E89" s="8">
+        <v>1809033082</v>
+      </c>
+      <c r="F89" s="8">
+        <v>165888211</v>
+      </c>
+      <c r="G89" s="8">
+        <v>69339819</v>
+      </c>
+      <c r="H89" s="8">
+        <v>235228030</v>
+      </c>
+      <c r="I89" s="8">
+        <v>109198947</v>
+      </c>
+      <c r="J89" s="18">
+        <v>2153460059</v>
+      </c>
+      <c r="K89" s="9">
+        <v>0.41</v>
+      </c>
+      <c r="L89" s="10">
+        <v>0.61180000000000001</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="B90" s="8">
+        <v>261896570</v>
+      </c>
+      <c r="C90" s="8">
+        <v>224715580</v>
+      </c>
+      <c r="D90" s="8">
+        <v>37180990</v>
+      </c>
+      <c r="E90" s="8">
+        <v>6599956853</v>
+      </c>
+      <c r="F90" s="8">
+        <v>454998069</v>
+      </c>
+      <c r="G90" s="8">
+        <v>185301995</v>
+      </c>
+      <c r="H90" s="8">
+        <v>640300064</v>
+      </c>
+      <c r="I90" s="8">
+        <v>165500790</v>
+      </c>
+      <c r="J90" s="18">
+        <v>7405757707</v>
+      </c>
+      <c r="K90" s="9">
+        <v>0.60329999999999995</v>
+      </c>
+      <c r="L90" s="10">
+        <v>0.60729999999999995</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B91" s="8">
+        <v>152014041</v>
+      </c>
+      <c r="C91" s="8">
+        <v>104546664</v>
+      </c>
+      <c r="D91" s="8">
+        <v>47467377</v>
+      </c>
+      <c r="E91" s="8">
+        <v>370591411</v>
+      </c>
+      <c r="F91" s="8">
+        <v>45110521</v>
+      </c>
+      <c r="G91" s="8">
+        <v>31899458</v>
+      </c>
+      <c r="H91" s="8">
+        <v>77009979</v>
+      </c>
+      <c r="I91" s="8">
+        <v>8213538</v>
+      </c>
+      <c r="J91" s="18">
+        <v>455814928</v>
+      </c>
+      <c r="K91" s="9">
+        <v>0.95</v>
+      </c>
+      <c r="L91" s="10">
+        <v>0.64580000000000004</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A92" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B92" s="8">
+        <v>1792269000</v>
+      </c>
+      <c r="C92" s="8">
+        <v>1179909290</v>
+      </c>
+      <c r="D92" s="8">
+        <v>612359710</v>
+      </c>
+      <c r="E92" s="8">
+        <v>34307865254</v>
+      </c>
+      <c r="F92" s="8">
+        <v>4132896055</v>
+      </c>
+      <c r="G92" s="8">
+        <v>2433565532</v>
+      </c>
+      <c r="H92" s="8">
+        <v>6566461587</v>
+      </c>
+      <c r="I92" s="8">
+        <v>624369729</v>
+      </c>
+      <c r="J92" s="18">
+        <v>41498696570</v>
+      </c>
+      <c r="K92" s="9">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="L92" s="10">
+        <v>0.66969999999999996</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A93" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="B93" s="8">
+        <v>356273911</v>
+      </c>
+      <c r="C93" s="8">
+        <v>224977861</v>
+      </c>
+      <c r="D93" s="8">
+        <v>131296050</v>
+      </c>
+      <c r="E93" s="8">
+        <v>3707834567</v>
+      </c>
+      <c r="F93" s="8">
+        <v>459677777</v>
+      </c>
+      <c r="G93" s="8">
+        <v>455719687</v>
+      </c>
+      <c r="H93" s="8">
+        <v>915397464</v>
+      </c>
+      <c r="I93" s="8">
+        <v>118524345</v>
+      </c>
+      <c r="J93" s="18">
+        <v>4741756376</v>
+      </c>
+      <c r="K93" s="9">
+        <v>0.71289999999999998</v>
+      </c>
+      <c r="L93" s="10">
+        <v>1.0006999999999999</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A94" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="B94" s="8">
+        <v>3802378241</v>
+      </c>
+      <c r="C94" s="8">
+        <v>3521399980</v>
+      </c>
+      <c r="D94" s="8">
+        <v>280978261</v>
+      </c>
+      <c r="E94" s="8">
+        <v>274601662160</v>
+      </c>
+      <c r="F94" s="8">
+        <v>16607635660</v>
+      </c>
+      <c r="G94" s="8">
+        <v>11054209442</v>
+      </c>
+      <c r="H94" s="8">
+        <v>27661845102</v>
+      </c>
+      <c r="I94" s="8">
+        <v>4306352977</v>
+      </c>
+      <c r="J94" s="18">
+        <v>306569860239</v>
+      </c>
+      <c r="K94" s="9">
+        <v>0.51349999999999996</v>
+      </c>
+      <c r="L94" s="10">
+        <v>0.98629999999999995</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A95" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="B95" s="8">
+        <v>200825962</v>
+      </c>
+      <c r="C95" s="8">
+        <v>117939489</v>
+      </c>
+      <c r="D95" s="8">
+        <v>82886473</v>
+      </c>
+      <c r="E95" s="8">
+        <v>2250393487</v>
+      </c>
+      <c r="F95" s="8">
+        <v>218554842</v>
+      </c>
+      <c r="G95" s="8">
+        <v>310196907</v>
+      </c>
+      <c r="H95" s="8">
+        <v>528751749</v>
+      </c>
+      <c r="I95" s="8">
+        <v>57350232</v>
+      </c>
+      <c r="J95" s="18">
+        <v>2836495468</v>
+      </c>
+      <c r="K95" s="9">
+        <v>0.81</v>
+      </c>
+      <c r="L95" s="10">
+        <v>0.68969999999999998</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A96" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="B96" s="8">
+        <v>254995040</v>
+      </c>
+      <c r="C96" s="8">
+        <v>138110090</v>
+      </c>
+      <c r="D96" s="8">
+        <v>116884950</v>
+      </c>
+      <c r="E96" s="8">
+        <v>713938907</v>
+      </c>
+      <c r="F96" s="8">
+        <v>125324601</v>
+      </c>
+      <c r="G96" s="8">
+        <v>120648276</v>
+      </c>
+      <c r="H96" s="8">
+        <v>245972877</v>
+      </c>
+      <c r="I96" s="8">
+        <v>78464451</v>
+      </c>
+      <c r="J96" s="18">
+        <v>1038376235</v>
+      </c>
+      <c r="K96" s="9">
+        <v>0.85</v>
+      </c>
+      <c r="L96" s="10">
+        <v>0.96889999999999998</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A97" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="B97" s="8">
+        <v>323690900</v>
+      </c>
+      <c r="C97" s="8">
+        <v>282276465</v>
+      </c>
+      <c r="D97" s="8">
+        <v>41414435</v>
+      </c>
+      <c r="E97" s="8">
+        <v>13626965506</v>
+      </c>
+      <c r="F97" s="8">
+        <v>659863807</v>
+      </c>
+      <c r="G97" s="8">
+        <v>204054440</v>
+      </c>
+      <c r="H97" s="8">
+        <v>863918247</v>
+      </c>
+      <c r="I97" s="8">
+        <v>133254640</v>
+      </c>
+      <c r="J97" s="18">
+        <v>14624138393</v>
+      </c>
+      <c r="K97" s="9">
+        <v>0.318</v>
+      </c>
+      <c r="L97" s="10">
+        <v>0.69669999999999999</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A98" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="B98" s="8">
+        <v>876599482</v>
+      </c>
+      <c r="C98" s="8">
+        <v>598950330</v>
+      </c>
+      <c r="D98" s="8">
+        <v>277649152</v>
+      </c>
+      <c r="E98" s="8">
+        <v>6879368547</v>
+      </c>
+      <c r="F98" s="8">
+        <v>1356810075</v>
+      </c>
+      <c r="G98" s="8">
+        <v>874575070</v>
+      </c>
+      <c r="H98" s="8">
+        <v>2231385145</v>
+      </c>
+      <c r="I98" s="8">
+        <v>635658115</v>
+      </c>
+      <c r="J98" s="18">
+        <v>9746411807</v>
+      </c>
+      <c r="K98" s="9">
+        <v>0.76749999999999996</v>
+      </c>
+      <c r="L98" s="10">
+        <v>0.66930000000000001</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A99" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="B99" s="8">
+        <v>997937940</v>
+      </c>
+      <c r="C99" s="8">
+        <v>626626680</v>
+      </c>
+      <c r="D99" s="8">
+        <v>371311260</v>
+      </c>
+      <c r="E99" s="8">
+        <v>4823201160</v>
+      </c>
+      <c r="F99" s="8">
+        <v>897072103</v>
+      </c>
+      <c r="G99" s="8">
+        <v>476249983</v>
+      </c>
+      <c r="H99" s="8">
+        <v>1373322086</v>
+      </c>
+      <c r="I99" s="8">
+        <v>294965422</v>
+      </c>
+      <c r="J99" s="18">
+        <v>6491488668</v>
+      </c>
+      <c r="K99" s="9">
+        <v>0.66</v>
+      </c>
+      <c r="L99" s="10">
+        <v>0.75760000000000005</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A100" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="B100" s="8">
+        <v>477491740</v>
+      </c>
+      <c r="C100" s="8">
+        <v>224124601</v>
+      </c>
+      <c r="D100" s="8">
+        <v>253367139</v>
+      </c>
+      <c r="E100" s="8">
+        <v>8056421299</v>
+      </c>
+      <c r="F100" s="8">
+        <v>1007533542</v>
+      </c>
+      <c r="G100" s="8">
+        <v>1972958762</v>
+      </c>
+      <c r="H100" s="8">
+        <v>2980492304</v>
+      </c>
+      <c r="I100" s="8">
+        <v>182078830</v>
+      </c>
+      <c r="J100" s="18">
+        <v>11218992433</v>
+      </c>
+      <c r="K100" s="9">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="L100" s="10">
+        <v>1.0073000000000001</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="B101" s="8">
+        <v>651745737</v>
+      </c>
+      <c r="C101" s="8">
+        <v>521514195</v>
+      </c>
+      <c r="D101" s="8">
+        <v>130231542</v>
+      </c>
+      <c r="E101" s="8">
+        <v>3072162309</v>
+      </c>
+      <c r="F101" s="8">
+        <v>486401377</v>
+      </c>
+      <c r="G101" s="8">
+        <v>426651153</v>
+      </c>
+      <c r="H101" s="8">
+        <v>913052530</v>
+      </c>
+      <c r="I101" s="8">
+        <v>145131829</v>
+      </c>
+      <c r="J101" s="18">
+        <v>4130346668</v>
+      </c>
+      <c r="K101" s="9">
         <v>0.65</v>
       </c>
-      <c r="M64" s="11">
-[...688 lines deleted...]
-      <c r="A83" s="8" t="s">
+      <c r="L101" s="10">
+        <v>0.74960000000000004</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A102" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="C83" s="9">
-[...26 lines deleted...]
-      <c r="L83" s="10">
+      <c r="B102" s="8">
+        <v>482505100</v>
+      </c>
+      <c r="C102" s="8">
+        <v>292389687</v>
+      </c>
+      <c r="D102" s="8">
+        <v>190115413</v>
+      </c>
+      <c r="E102" s="8">
+        <v>3587949738</v>
+      </c>
+      <c r="F102" s="8">
+        <v>256912062</v>
+      </c>
+      <c r="G102" s="8">
+        <v>118030830</v>
+      </c>
+      <c r="H102" s="8">
+        <v>374942892</v>
+      </c>
+      <c r="I102" s="8">
+        <v>86953073</v>
+      </c>
+      <c r="J102" s="18">
+        <v>4049845703</v>
+      </c>
+      <c r="K102" s="9">
         <v>0.52</v>
       </c>
-      <c r="M83" s="11">
-[...156 lines deleted...]
-      <c r="A88" s="8" t="s">
+      <c r="L102" s="10">
+        <v>0.97789999999999999</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" s="6" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="20" t="s">
+        <v>110</v>
+      </c>
+      <c r="B103" s="18">
+        <v>58386545241</v>
+      </c>
+      <c r="C103" s="18">
+        <v>42203555693</v>
+      </c>
+      <c r="D103" s="18">
+        <v>16182989548</v>
+      </c>
+      <c r="E103" s="18">
+        <v>1569340537491</v>
+      </c>
+      <c r="F103" s="18">
+        <v>140067048669</v>
+      </c>
+      <c r="G103" s="18">
+        <v>127160210998</v>
+      </c>
+      <c r="H103" s="18">
+        <v>267227259667</v>
+      </c>
+      <c r="I103" s="18">
+        <v>46400320210</v>
+      </c>
+      <c r="J103" s="18">
+        <v>1882968117368</v>
+      </c>
+      <c r="K103" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="L103" s="17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" s="6" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A104" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="C88" s="9">
-[...972 lines deleted...]
-      </c>
+      <c r="B104" s="11"/>
+      <c r="C104" s="11"/>
+      <c r="D104" s="11"/>
+      <c r="E104" s="11"/>
+      <c r="F104" s="11"/>
+      <c r="G104" s="11"/>
+      <c r="H104" s="11"/>
+      <c r="I104" s="11"/>
+      <c r="J104" s="11"/>
+      <c r="K104" s="11"/>
+      <c r="L104" s="11"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
-[...5 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="60" orientation="landscape" verticalDpi="599" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DAF42CEB-7E12-4895-BD84-975FF4CDB03F}">
+  <dimension ref="A1:E10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A7" sqref="A7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="15.26953125" customWidth="1"/>
+    <col min="2" max="2" width="80.1796875" customWidth="1"/>
+    <col min="3" max="3" width="30" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="22" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="23" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" s="4"/>
+    </row>
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="24" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" s="25" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A4" s="13">
+        <v>1</v>
+      </c>
+      <c r="B4" s="14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="28" x14ac:dyDescent="0.35">
+      <c r="A5" s="13">
+        <v>2</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="E5" s="3"/>
+    </row>
+    <row r="6" spans="1:5" ht="30.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="13">
+        <v>3</v>
+      </c>
+      <c r="B6" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="E6" s="3"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A7" s="13">
+        <v>4</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E7" s="3"/>
+    </row>
+    <row r="8" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B8" s="16"/>
+      <c r="E8" s="3"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E9" s="3"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E10" s="3"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="70" orientation="landscape" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'LG01-2024-2025'!Print_Titles</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Values</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>Values!Print_Area</vt:lpstr>
+      <vt:lpstr>Values!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NCDOR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>LG01 County Property Tax Values</dc:title>
   <dc:creator>Sharon C Phelan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>