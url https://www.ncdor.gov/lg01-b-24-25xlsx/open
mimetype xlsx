--- v0 (2025-10-25)
+++ v1 (2026-03-19)
@@ -1,611 +1,1292 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\Local 2024-2025\County\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\ADA Project\Reports Requiring ADA Remediation\LG01 B Assessiblity Conversion\3. ADA Compliant\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{61427EFC-1EC6-40E4-934D-0C8B1B54AC77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD20A6E5-238B-4EDE-878D-5511A725B2C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{F1B50801-9A9E-4FB1-B21A-42E0F334502B}"/>
+    <workbookView xWindow="-28910" yWindow="-3200" windowWidth="29020" windowHeight="15700" xr2:uid="{F1B50801-9A9E-4FB1-B21A-42E0F334502B}"/>
   </bookViews>
   <sheets>
-    <sheet name="LG01B-2024" sheetId="1" r:id="rId1"/>
+    <sheet name="Values" sheetId="1" r:id="rId1"/>
+    <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'LG01B-2024'!$A$1:$K$114</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'LG01B-2024'!$4:$9</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Values!$A$1:$J$104</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Values!$2:$2</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="119">
-[...355 lines deleted...]
-    <t>NOTE:  This report was prepared from information furnished by the counties on form TR-1-24 submitted to the Local Government Division, North Carolina Department of Revenue</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
+  <si>
+    <t>Totals</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alamance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexander </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alleghany </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beaufort </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bertie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bladen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brunswick </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Buncombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Burke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cabarrus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caldwell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camden </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carteret </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caswell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catawba </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chatham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cherokee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cleveland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Columbus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Craven </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cumberland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Currituck </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dare </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davidson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duplin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edgecombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Forsyth </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franklin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Granville </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guilford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halifax </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harnett </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haywood </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henderson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hertford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyde </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iredell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jackson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jones </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lenoir </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Madison </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mcdowell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mecklenburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitchell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montgomery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nash </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Hanover </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northampton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Onslow </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamlico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pasquotank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pender </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perquimans </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Person </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pitt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polk </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Randolph </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richmond </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robeson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockingham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rutherford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scotland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stanly </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stokes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surry </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swain </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transylvania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrrell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wake </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warren </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Washington </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watauga </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wayne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilkes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yadkin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yancey </t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>Note Number</t>
+  </si>
+  <si>
+    <t>Note Text</t>
+  </si>
+  <si>
+    <t>North Carolina Department of Revenue, Local Government Division, 919-814-1129</t>
+  </si>
+  <si>
+    <t>End of worksheet</t>
+  </si>
+  <si>
+    <t>Counties 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Residential Property</t>
+  </si>
+  <si>
+    <t>Commercial Property</t>
+  </si>
+  <si>
+    <t>Industrial Property</t>
+  </si>
+  <si>
+    <t>Other Property</t>
+  </si>
+  <si>
+    <t>Exclusions, Exemptions &amp; Deferments</t>
+  </si>
+  <si>
+    <t>Total Taxable Real Estate</t>
+  </si>
+  <si>
+    <t>This report was prepared from information furnished by the counties on the TR-1 2024 form submitted to the Local Government Division, North Carolina Department of Revenue</t>
+  </si>
+  <si>
+    <t>LG01 B Taxable Real Property By County Fiscal, Year 2024-2025</t>
+  </si>
+  <si>
+    <t>LG01 B Taxable Real Property By County, Fiscal Year 2024-2025</t>
+  </si>
+  <si>
+    <t>Full Assessed Value, Present Use Value Property
+[Note 2]</t>
+  </si>
+  <si>
+    <t>Deferred Value, Present Use Value Property
+[Note 2]</t>
+  </si>
+  <si>
+    <t>Taxable Value, Present Use Value Property
+[Note 2]</t>
+  </si>
+  <si>
+    <t>End of Worksheet [Note 3]</t>
+  </si>
+  <si>
+    <t>A NC General Assembly enacted voluntary program allows certain agricultural land, horticultural land and forest land to be apprasied at its present-use value, based solely on its ability to produce income and assuming an average level of management.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <numFmts count="3">
+    <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="MS SANS SERIF"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
-      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="MS SANS SERIF"/>
+    </font>
+    <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="3">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...2 lines deleted...]
-      <bottom style="medium">
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
-      <top style="medium">
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="6" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="5"/>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="6" xfId="5" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="4" xfId="5" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="5" xfId="5" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="6" xfId="5" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="3" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="5" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="8">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 2 2" xfId="6" xr:uid="{5F0C246B-D684-4E10-A989-A95ED23019C8}"/>
+    <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Table Header" xfId="7" xr:uid="{FACA94FE-EC54-4BC8-A762-152CFA11D1A3}"/>
+    <cellStyle name="Total" xfId="5" builtinId="25" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="20">
+    <dxf>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{BFD4E629-CFB6-414D-A67E-8798956D0B01}" name="Values" displayName="Values" ref="A2:J103" totalsRowShown="0" headerRowDxfId="0" dataDxfId="19" headerRowBorderDxfId="1" tableBorderDxfId="18" totalsRowBorderDxfId="17" headerRowCellStyle="Heading 2" dataCellStyle="Comma">
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{8F0FB0A7-4179-409C-84DB-7DEC457A1706}" name="Counties _x000a_[Note 1]" dataDxfId="16" dataCellStyle="Comma"/>
+    <tableColumn id="2" xr3:uid="{A1E6F90D-FE1D-4B99-8C68-06E99916E119}" name="Residential Property" dataDxfId="15" dataCellStyle="Comma"/>
+    <tableColumn id="3" xr3:uid="{6EE072BB-FE7C-4BEB-BC19-A6AA4BFBC4D3}" name="Commercial Property" dataDxfId="14" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{1A3E7EB5-8EEE-4F65-9303-72469FA96258}" name="Industrial Property" dataDxfId="13" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{AC976478-33A0-4D62-9B9F-0FA40FC77224}" name="Other Property" dataDxfId="12" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{997C8754-F3A0-41DA-A432-07255760B043}" name="Exclusions, Exemptions &amp; Deferments" dataDxfId="11" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{B2F9474C-D4A7-47CD-9F41-62495D57BC83}" name="Total Taxable Real Estate" dataCellStyle="Total"/>
+    <tableColumn id="8" xr3:uid="{27F2F321-1D0C-403A-A90F-70C25965C3C0}" name="Full Assessed Value, Present Use Value Property_x000a_[Note 2]" dataDxfId="10" dataCellStyle="Comma"/>
+    <tableColumn id="9" xr3:uid="{41108EB9-31C7-4715-9616-478948256E60}" name="Deferred Value, Present Use Value Property_x000a_[Note 2]" dataDxfId="9" dataCellStyle="Comma"/>
+    <tableColumn id="10" xr3:uid="{4B35B20E-352A-44D0-8F8A-6EB8AC449B92}" name="Taxable Value, Present Use Value Property_x000a_[Note 2]" dataDxfId="8" dataCellStyle="Comma"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8EE7C22C-EE02-42BB-9CA6-208A22BA2799}" name="Notes" displayName="Notes" ref="A3:B6" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6" tableBorderDxfId="5" totalsRowBorderDxfId="4" headerRowCellStyle="Heading 2">
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{90B761A3-6837-4018-A8BC-62F8C0D2A3EC}" name="Note Number" dataDxfId="3"/>
+    <tableColumn id="2" xr3:uid="{7D6239C2-5675-460A-BFFD-E7763B9C2E3B}" name="Note Text" dataDxfId="2"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -667,51 +1348,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -809,3509 +1490,3490 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AABE1E6A-B892-4F56-A371-FA17A0AE437F}">
-  <dimension ref="A1:O114"/>
+  <dimension ref="A1:N104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="15.7109375" style="4" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="13" width="9.140625" style="2"/>
+    <col min="1" max="3" width="18.81640625" style="12" customWidth="1"/>
+    <col min="4" max="4" width="17.36328125" style="12" customWidth="1"/>
+    <col min="5" max="5" width="16.26953125" style="12" customWidth="1"/>
+    <col min="6" max="6" width="17" style="12" customWidth="1"/>
+    <col min="7" max="7" width="18.81640625" style="12" customWidth="1"/>
+    <col min="8" max="8" width="21.54296875" style="12" customWidth="1"/>
+    <col min="9" max="9" width="17.7265625" style="12" customWidth="1"/>
+    <col min="10" max="10" width="16.81640625" style="12" customWidth="1"/>
+    <col min="11" max="12" width="9.1796875" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="A2" s="6" t="s">
+    <row r="1" spans="1:14" s="15" customFormat="1" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="14"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="14"/>
+      <c r="K1" s="16"/>
+      <c r="L1" s="16"/>
+    </row>
+    <row r="2" spans="1:14" ht="64" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="29" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" s="29" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" s="29" t="s">
+        <v>108</v>
+      </c>
+      <c r="D2" s="29" t="s">
+        <v>109</v>
+      </c>
+      <c r="E2" s="29" t="s">
+        <v>110</v>
+      </c>
+      <c r="F2" s="29" t="s">
+        <v>111</v>
+      </c>
+      <c r="G2" s="30" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" s="29" t="s">
+        <v>116</v>
+      </c>
+      <c r="I2" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="J2" s="29" t="s">
+        <v>118</v>
+      </c>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+      <c r="M2" s="18"/>
+      <c r="N2" s="18"/>
+    </row>
+    <row r="3" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="6"/>
-[...11 lines deleted...]
-      <c r="A3" s="6" t="s">
+      <c r="B3" s="10">
+        <v>17226938271</v>
+      </c>
+      <c r="C3" s="10">
+        <v>3686179206</v>
+      </c>
+      <c r="D3" s="10">
+        <v>1368771419</v>
+      </c>
+      <c r="E3" s="10">
+        <v>0</v>
+      </c>
+      <c r="F3" s="9">
+        <v>756927955</v>
+      </c>
+      <c r="G3" s="8">
+        <v>21524960941</v>
+      </c>
+      <c r="H3" s="9">
+        <v>754518374</v>
+      </c>
+      <c r="I3" s="9">
+        <v>435356159</v>
+      </c>
+      <c r="J3" s="8">
+        <v>319162215</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="6"/>
-[...24 lines deleted...]
-      <c r="I5" s="8" t="s">
+      <c r="B4" s="10">
+        <v>3398293977</v>
+      </c>
+      <c r="C4" s="10">
+        <v>206457222</v>
+      </c>
+      <c r="D4" s="10">
+        <v>89646245</v>
+      </c>
+      <c r="E4" s="10">
+        <v>0</v>
+      </c>
+      <c r="F4" s="9">
+        <v>334814542</v>
+      </c>
+      <c r="G4" s="8">
+        <v>3359582902</v>
+      </c>
+      <c r="H4" s="9">
+        <v>537062717</v>
+      </c>
+      <c r="I4" s="9">
+        <v>274666839</v>
+      </c>
+      <c r="J4" s="8">
+        <v>262395878</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="8"/>
-[...3 lines deleted...]
-      <c r="A6" s="4" t="s">
+      <c r="B5" s="10">
+        <v>2033475690</v>
+      </c>
+      <c r="C5" s="10">
+        <v>138559100</v>
+      </c>
+      <c r="D5" s="10">
+        <v>39420500</v>
+      </c>
+      <c r="E5" s="10">
+        <v>183499200</v>
+      </c>
+      <c r="F5" s="9">
+        <v>565111133</v>
+      </c>
+      <c r="G5" s="8">
+        <v>1829843357</v>
+      </c>
+      <c r="H5" s="9">
+        <v>432031983</v>
+      </c>
+      <c r="I5" s="9">
+        <v>366320000</v>
+      </c>
+      <c r="J5" s="8">
+        <v>65711983</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="9" t="s">
+      <c r="B6" s="10">
+        <v>1528381227</v>
+      </c>
+      <c r="C6" s="10">
+        <v>417826383</v>
+      </c>
+      <c r="D6" s="10">
+        <v>24341500</v>
+      </c>
+      <c r="E6" s="10">
+        <v>0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>608549583</v>
+      </c>
+      <c r="G6" s="8">
+        <v>1361999527</v>
+      </c>
+      <c r="H6" s="9">
+        <v>478225378</v>
+      </c>
+      <c r="I6" s="9">
+        <v>348452000</v>
+      </c>
+      <c r="J6" s="8">
+        <v>129773378</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="9" t="s">
+      <c r="B7" s="10">
+        <v>5637356385</v>
+      </c>
+      <c r="C7" s="10">
+        <v>522162200</v>
+      </c>
+      <c r="D7" s="10">
+        <v>23079300</v>
+      </c>
+      <c r="E7" s="10">
+        <v>104960200</v>
+      </c>
+      <c r="F7" s="9">
+        <v>921496766</v>
+      </c>
+      <c r="G7" s="8">
+        <v>5366061319</v>
+      </c>
+      <c r="H7" s="9">
+        <v>528685241</v>
+      </c>
+      <c r="I7" s="9">
+        <v>433018300</v>
+      </c>
+      <c r="J7" s="8">
+        <v>95666941</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="9" t="s">
+      <c r="B8" s="10">
+        <v>5806419100</v>
+      </c>
+      <c r="C8" s="10">
+        <v>635574800</v>
+      </c>
+      <c r="D8" s="10">
+        <v>31900100</v>
+      </c>
+      <c r="E8" s="10">
+        <v>11900</v>
+      </c>
+      <c r="F8" s="9">
+        <v>658617315</v>
+      </c>
+      <c r="G8" s="8">
+        <v>5815288585</v>
+      </c>
+      <c r="H8" s="9">
+        <v>146104713</v>
+      </c>
+      <c r="I8" s="9">
+        <v>106789900</v>
+      </c>
+      <c r="J8" s="8">
+        <v>39314813</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="F6" s="9" t="s">
+      <c r="B9" s="10">
+        <v>4060329220</v>
+      </c>
+      <c r="C9" s="10">
+        <v>1024569027</v>
+      </c>
+      <c r="D9" s="10">
+        <v>0</v>
+      </c>
+      <c r="E9" s="10">
+        <v>0</v>
+      </c>
+      <c r="F9" s="9">
+        <v>890930783</v>
+      </c>
+      <c r="G9" s="8">
+        <v>4193967464</v>
+      </c>
+      <c r="H9" s="9">
+        <v>383882665</v>
+      </c>
+      <c r="I9" s="9">
+        <v>271303375</v>
+      </c>
+      <c r="J9" s="8">
+        <v>112579290</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="G6" s="9" t="s">
+      <c r="B10" s="10">
+        <v>1089680782</v>
+      </c>
+      <c r="C10" s="10">
+        <v>149844098</v>
+      </c>
+      <c r="D10" s="10">
+        <v>0</v>
+      </c>
+      <c r="E10" s="10">
+        <v>208757676</v>
+      </c>
+      <c r="F10" s="9">
+        <v>425028469</v>
+      </c>
+      <c r="G10" s="8">
+        <v>1023254087</v>
+      </c>
+      <c r="H10" s="9">
+        <v>384547698</v>
+      </c>
+      <c r="I10" s="9">
+        <v>187802510</v>
+      </c>
+      <c r="J10" s="8">
+        <v>196745188</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="H6" s="9" t="s">
+      <c r="B11" s="10">
+        <v>2235791297</v>
+      </c>
+      <c r="C11" s="10">
+        <v>201693905</v>
+      </c>
+      <c r="D11" s="10">
+        <v>169880510</v>
+      </c>
+      <c r="E11" s="10">
+        <v>0</v>
+      </c>
+      <c r="F11" s="9">
+        <v>286942494</v>
+      </c>
+      <c r="G11" s="8">
+        <v>2320423218</v>
+      </c>
+      <c r="H11" s="9">
+        <v>489722291</v>
+      </c>
+      <c r="I11" s="9">
+        <v>242965379</v>
+      </c>
+      <c r="J11" s="8">
+        <v>246756912</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="I6" s="9" t="s">
+      <c r="B12" s="10">
+        <v>43692387942</v>
+      </c>
+      <c r="C12" s="10">
+        <v>6317538650</v>
+      </c>
+      <c r="D12" s="10">
+        <v>244746080</v>
+      </c>
+      <c r="E12" s="10">
+        <v>0</v>
+      </c>
+      <c r="F12" s="9">
+        <v>3136683425</v>
+      </c>
+      <c r="G12" s="8">
+        <v>47117989247</v>
+      </c>
+      <c r="H12" s="9">
+        <v>781730770</v>
+      </c>
+      <c r="I12" s="9">
+        <v>618869370</v>
+      </c>
+      <c r="J12" s="8">
+        <v>162861400</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="J6" s="9" t="s">
+      <c r="B13" s="10">
+        <v>35640141391</v>
+      </c>
+      <c r="C13" s="10">
+        <v>9684614096</v>
+      </c>
+      <c r="D13" s="10">
+        <v>704267787</v>
+      </c>
+      <c r="E13" s="10">
+        <v>6190434000</v>
+      </c>
+      <c r="F13" s="9">
+        <v>6969843647</v>
+      </c>
+      <c r="G13" s="8">
+        <v>45249613627</v>
+      </c>
+      <c r="H13" s="9">
+        <v>1346143400</v>
+      </c>
+      <c r="I13" s="9">
+        <v>853785700</v>
+      </c>
+      <c r="J13" s="8">
+        <v>492357700</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="K6" s="9" t="s">
+      <c r="B14" s="10">
+        <v>7371574474</v>
+      </c>
+      <c r="C14" s="10">
+        <v>2674154778</v>
+      </c>
+      <c r="D14" s="10">
+        <v>314618490</v>
+      </c>
+      <c r="E14" s="10">
+        <v>476594405</v>
+      </c>
+      <c r="F14" s="9">
+        <v>2294239596</v>
+      </c>
+      <c r="G14" s="8">
+        <v>8542702551</v>
+      </c>
+      <c r="H14" s="9">
+        <v>201980314</v>
+      </c>
+      <c r="I14" s="9">
+        <v>182161768</v>
+      </c>
+      <c r="J14" s="8">
+        <v>19818546</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="L6" s="3"/>
-[...5 lines deleted...]
-      <c r="C7" s="9" t="s">
+      <c r="B15" s="10">
+        <v>33679162538</v>
+      </c>
+      <c r="C15" s="10">
+        <v>9246641232</v>
+      </c>
+      <c r="D15" s="10">
+        <v>3479684615</v>
+      </c>
+      <c r="E15" s="10">
+        <v>0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>6240019632</v>
+      </c>
+      <c r="G15" s="8">
+        <v>40165468753</v>
+      </c>
+      <c r="H15" s="9">
+        <v>1504636720</v>
+      </c>
+      <c r="I15" s="9">
+        <v>1368821100</v>
+      </c>
+      <c r="J15" s="8">
+        <v>135815620</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="D7" s="9" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="9" t="s">
+      <c r="B16" s="10">
+        <v>5409663823</v>
+      </c>
+      <c r="C16" s="10">
+        <v>1708655800</v>
+      </c>
+      <c r="D16" s="10">
+        <v>187356100</v>
+      </c>
+      <c r="E16" s="10">
+        <v>0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>1159597640</v>
+      </c>
+      <c r="G16" s="8">
+        <v>6146078083</v>
+      </c>
+      <c r="H16" s="9">
+        <v>296572193</v>
+      </c>
+      <c r="I16" s="9">
+        <v>265081000</v>
+      </c>
+      <c r="J16" s="8">
+        <v>31491193</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="H7" s="9" t="s">
+      <c r="B17" s="10">
+        <v>1280846801</v>
+      </c>
+      <c r="C17" s="10">
+        <v>75198956</v>
+      </c>
+      <c r="D17" s="10">
+        <v>0</v>
+      </c>
+      <c r="E17" s="10">
+        <v>357865368</v>
+      </c>
+      <c r="F17" s="9">
+        <v>219354397</v>
+      </c>
+      <c r="G17" s="8">
+        <v>1494556728</v>
+      </c>
+      <c r="H17" s="9">
+        <v>265368768</v>
+      </c>
+      <c r="I17" s="9">
+        <v>202817525</v>
+      </c>
+      <c r="J17" s="8">
+        <v>62551243</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="I7" s="9" t="s">
-[...16 lines deleted...]
-      <c r="C8" s="10" t="s">
+      <c r="B18" s="10">
+        <v>16674147894</v>
+      </c>
+      <c r="C18" s="10">
+        <v>2297499690</v>
+      </c>
+      <c r="D18" s="10">
+        <v>0</v>
+      </c>
+      <c r="E18" s="10">
+        <v>81862533</v>
+      </c>
+      <c r="F18" s="9">
+        <v>3411105584</v>
+      </c>
+      <c r="G18" s="8">
+        <v>15642404533</v>
+      </c>
+      <c r="H18" s="9">
+        <v>189891241</v>
+      </c>
+      <c r="I18" s="9">
+        <v>105331032</v>
+      </c>
+      <c r="J18" s="8">
+        <v>84560209</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="D8" s="10" t="s">
-[...30 lines deleted...]
-      <c r="A10" s="11" t="s">
+      <c r="B19" s="10">
+        <v>2429849620</v>
+      </c>
+      <c r="C19" s="10">
+        <v>57523564</v>
+      </c>
+      <c r="D19" s="10">
+        <v>7342109</v>
+      </c>
+      <c r="E19" s="10">
+        <v>675609</v>
+      </c>
+      <c r="F19" s="9">
+        <v>529897215</v>
+      </c>
+      <c r="G19" s="8">
+        <v>1965493687</v>
+      </c>
+      <c r="H19" s="9">
+        <v>531540103</v>
+      </c>
+      <c r="I19" s="9">
+        <v>493749430</v>
+      </c>
+      <c r="J19" s="8">
+        <v>37790673</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="12">
-[...28 lines deleted...]
-      <c r="A11" s="11" t="s">
+      <c r="B20" s="10">
+        <v>18986115100</v>
+      </c>
+      <c r="C20" s="10">
+        <v>5679434000</v>
+      </c>
+      <c r="D20" s="10">
+        <v>2465030500</v>
+      </c>
+      <c r="E20" s="10">
+        <v>0</v>
+      </c>
+      <c r="F20" s="9">
+        <v>2604263800</v>
+      </c>
+      <c r="G20" s="8">
+        <v>24526315800</v>
+      </c>
+      <c r="H20" s="9">
+        <v>571664900</v>
+      </c>
+      <c r="I20" s="9">
+        <v>331824500</v>
+      </c>
+      <c r="J20" s="8">
+        <v>239840400</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="C11" s="12">
-[...28 lines deleted...]
-      <c r="A12" s="11" t="s">
+      <c r="B21" s="10">
+        <v>13973077869</v>
+      </c>
+      <c r="C21" s="10">
+        <v>1243378396</v>
+      </c>
+      <c r="D21" s="10">
+        <v>258426862</v>
+      </c>
+      <c r="E21" s="10">
+        <v>553450</v>
+      </c>
+      <c r="F21" s="9">
+        <v>2237440158</v>
+      </c>
+      <c r="G21" s="8">
+        <v>13237996419</v>
+      </c>
+      <c r="H21" s="9">
+        <v>1459096311</v>
+      </c>
+      <c r="I21" s="9">
+        <v>975638513</v>
+      </c>
+      <c r="J21" s="8">
+        <v>483457798</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="12">
-[...28 lines deleted...]
-      <c r="A13" s="11" t="s">
+      <c r="B22" s="10">
+        <v>3280568950</v>
+      </c>
+      <c r="C22" s="10">
+        <v>915732710</v>
+      </c>
+      <c r="D22" s="10">
+        <v>47012490</v>
+      </c>
+      <c r="E22" s="10">
+        <v>2851130</v>
+      </c>
+      <c r="F22" s="9">
+        <v>709292777</v>
+      </c>
+      <c r="G22" s="8">
+        <v>3536872503</v>
+      </c>
+      <c r="H22" s="9">
+        <v>163485792</v>
+      </c>
+      <c r="I22" s="9">
+        <v>135023350</v>
+      </c>
+      <c r="J22" s="8">
+        <v>28462442</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="12">
-[...28 lines deleted...]
-      <c r="A14" s="11" t="s">
+      <c r="B23" s="10">
+        <v>1427253676</v>
+      </c>
+      <c r="C23" s="10">
+        <v>272065446</v>
+      </c>
+      <c r="D23" s="10">
+        <v>6825990</v>
+      </c>
+      <c r="E23" s="10">
+        <v>196491079</v>
+      </c>
+      <c r="F23" s="9">
+        <v>349899935</v>
+      </c>
+      <c r="G23" s="8">
+        <v>1552736256</v>
+      </c>
+      <c r="H23" s="9">
+        <v>181605951</v>
+      </c>
+      <c r="I23" s="9">
+        <v>128834293</v>
+      </c>
+      <c r="J23" s="8">
+        <v>52771658</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="12">
-[...28 lines deleted...]
-      <c r="A15" s="11" t="s">
+      <c r="B24" s="10">
+        <v>1878307595</v>
+      </c>
+      <c r="C24" s="10">
+        <v>136142200</v>
+      </c>
+      <c r="D24" s="10">
+        <v>13128300</v>
+      </c>
+      <c r="E24" s="10">
+        <v>0</v>
+      </c>
+      <c r="F24" s="9">
+        <v>107157685</v>
+      </c>
+      <c r="G24" s="8">
+        <v>1920420410</v>
+      </c>
+      <c r="H24" s="9">
+        <v>102399900</v>
+      </c>
+      <c r="I24" s="9">
+        <v>86581600</v>
+      </c>
+      <c r="J24" s="8">
+        <v>15818300</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="12">
-[...28 lines deleted...]
-      <c r="A16" s="11" t="s">
+      <c r="B25" s="10">
+        <v>5737167403</v>
+      </c>
+      <c r="C25" s="10">
+        <v>717747527</v>
+      </c>
+      <c r="D25" s="10">
+        <v>705895126</v>
+      </c>
+      <c r="E25" s="10">
+        <v>0</v>
+      </c>
+      <c r="F25" s="9">
+        <v>401036996</v>
+      </c>
+      <c r="G25" s="8">
+        <v>6759773060</v>
+      </c>
+      <c r="H25" s="9">
+        <v>587408791</v>
+      </c>
+      <c r="I25" s="9">
+        <v>319075485</v>
+      </c>
+      <c r="J25" s="8">
+        <v>268333306</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="C16" s="12">
-[...28 lines deleted...]
-      <c r="A17" s="11" t="s">
+      <c r="B26" s="10">
+        <v>2672176467</v>
+      </c>
+      <c r="C26" s="10">
+        <v>360831329</v>
+      </c>
+      <c r="D26" s="10">
+        <v>78757900</v>
+      </c>
+      <c r="E26" s="10">
+        <v>292506911</v>
+      </c>
+      <c r="F26" s="9">
+        <v>535810441</v>
+      </c>
+      <c r="G26" s="8">
+        <v>2868462166</v>
+      </c>
+      <c r="H26" s="9">
+        <v>419535280</v>
+      </c>
+      <c r="I26" s="9">
+        <v>167849000</v>
+      </c>
+      <c r="J26" s="8">
+        <v>251686280</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="19" t="s">
         <v>25</v>
       </c>
-      <c r="C17" s="12">
-[...28 lines deleted...]
-      <c r="A18" s="11" t="s">
+      <c r="B27" s="10">
+        <v>8926759337</v>
+      </c>
+      <c r="C27" s="10">
+        <v>2579488670</v>
+      </c>
+      <c r="D27" s="10">
+        <v>72268850</v>
+      </c>
+      <c r="E27" s="10">
+        <v>5821784574</v>
+      </c>
+      <c r="F27" s="9">
+        <v>5821784574</v>
+      </c>
+      <c r="G27" s="8">
+        <v>11578516857</v>
+      </c>
+      <c r="H27" s="9">
+        <v>338260314</v>
+      </c>
+      <c r="I27" s="9">
+        <v>258122010</v>
+      </c>
+      <c r="J27" s="8">
+        <v>80138304</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C18" s="12">
-[...28 lines deleted...]
-      <c r="A19" s="11" t="s">
+      <c r="B28" s="10">
+        <v>16611396684</v>
+      </c>
+      <c r="C28" s="10">
+        <v>6288361435</v>
+      </c>
+      <c r="D28" s="10">
+        <v>112206905</v>
+      </c>
+      <c r="E28" s="10">
+        <v>861844525</v>
+      </c>
+      <c r="F28" s="9">
+        <v>3768124202</v>
+      </c>
+      <c r="G28" s="8">
+        <v>20105685347</v>
+      </c>
+      <c r="H28" s="9">
+        <v>494269502</v>
+      </c>
+      <c r="I28" s="9">
+        <v>340234794</v>
+      </c>
+      <c r="J28" s="8">
+        <v>154034708</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="C19" s="12">
-[...28 lines deleted...]
-      <c r="A20" s="11" t="s">
+      <c r="B29" s="10">
+        <v>7661959680</v>
+      </c>
+      <c r="C29" s="10">
+        <v>553990800</v>
+      </c>
+      <c r="D29" s="10">
+        <v>0</v>
+      </c>
+      <c r="E29" s="10">
+        <v>0</v>
+      </c>
+      <c r="F29" s="9">
+        <v>269295976</v>
+      </c>
+      <c r="G29" s="8">
+        <v>7946654504</v>
+      </c>
+      <c r="H29" s="9">
+        <v>288414100</v>
+      </c>
+      <c r="I29" s="9">
+        <v>227768620</v>
+      </c>
+      <c r="J29" s="8">
+        <v>60645480</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="19" t="s">
         <v>28</v>
       </c>
-      <c r="C20" s="12">
-[...28 lines deleted...]
-      <c r="A21" s="11" t="s">
+      <c r="B30" s="10">
+        <v>14889746787</v>
+      </c>
+      <c r="C30" s="10">
+        <v>1562833100</v>
+      </c>
+      <c r="D30" s="10">
+        <v>0</v>
+      </c>
+      <c r="E30" s="10">
+        <v>0</v>
+      </c>
+      <c r="F30" s="9">
+        <v>54298916</v>
+      </c>
+      <c r="G30" s="8">
+        <v>16398280971</v>
+      </c>
+      <c r="H30" s="9">
+        <v>101700</v>
+      </c>
+      <c r="I30" s="9">
+        <v>90500</v>
+      </c>
+      <c r="J30" s="8">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="C21" s="12">
-[...28 lines deleted...]
-      <c r="A22" s="11" t="s">
+      <c r="B31" s="10">
+        <v>13684038720</v>
+      </c>
+      <c r="C31" s="10">
+        <v>1182211690</v>
+      </c>
+      <c r="D31" s="10">
+        <v>1104068950</v>
+      </c>
+      <c r="E31" s="10">
+        <v>39895290</v>
+      </c>
+      <c r="F31" s="9">
+        <v>800261865</v>
+      </c>
+      <c r="G31" s="8">
+        <v>15209952785</v>
+      </c>
+      <c r="H31" s="9">
+        <v>679429710</v>
+      </c>
+      <c r="I31" s="9">
+        <v>575341290</v>
+      </c>
+      <c r="J31" s="8">
+        <v>104088420</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="C22" s="12">
-[...28 lines deleted...]
-      <c r="A23" s="11" t="s">
+      <c r="B32" s="10">
+        <v>4132788153</v>
+      </c>
+      <c r="C32" s="10">
+        <v>798976256</v>
+      </c>
+      <c r="D32" s="10">
+        <v>480338557</v>
+      </c>
+      <c r="E32" s="10">
+        <v>0</v>
+      </c>
+      <c r="F32" s="9">
+        <v>854232625</v>
+      </c>
+      <c r="G32" s="8">
+        <v>4557870341</v>
+      </c>
+      <c r="H32" s="9">
+        <v>582078637</v>
+      </c>
+      <c r="I32" s="9">
+        <v>403875047</v>
+      </c>
+      <c r="J32" s="8">
+        <v>178203590</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="19" t="s">
         <v>31</v>
       </c>
-      <c r="C23" s="12">
-[...28 lines deleted...]
-      <c r="A24" s="11" t="s">
+      <c r="B33" s="10">
+        <v>3903000416</v>
+      </c>
+      <c r="C33" s="10">
+        <v>657757972</v>
+      </c>
+      <c r="D33" s="10">
+        <v>0</v>
+      </c>
+      <c r="E33" s="10">
+        <v>0</v>
+      </c>
+      <c r="F33" s="9">
+        <v>1041840911</v>
+      </c>
+      <c r="G33" s="8">
+        <v>3518917477</v>
+      </c>
+      <c r="H33" s="9">
+        <v>894296672</v>
+      </c>
+      <c r="I33" s="9">
+        <v>699441873</v>
+      </c>
+      <c r="J33" s="8">
+        <v>194854799</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="C24" s="12">
-[...28 lines deleted...]
-      <c r="A25" s="11" t="s">
+      <c r="B34" s="10">
+        <v>27664997464</v>
+      </c>
+      <c r="C34" s="10">
+        <v>12681130042</v>
+      </c>
+      <c r="D34" s="10">
+        <v>4967261276</v>
+      </c>
+      <c r="E34" s="10">
+        <v>3783928076</v>
+      </c>
+      <c r="F34" s="9">
+        <v>6100800805</v>
+      </c>
+      <c r="G34" s="8">
+        <v>42996516053</v>
+      </c>
+      <c r="H34" s="9">
+        <v>203955394</v>
+      </c>
+      <c r="I34" s="9">
+        <v>197710314</v>
+      </c>
+      <c r="J34" s="8">
+        <v>6245080</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C25" s="12">
-[...28 lines deleted...]
-      <c r="A26" s="11" t="s">
+      <c r="B35" s="10">
+        <v>2150724594</v>
+      </c>
+      <c r="C35" s="10">
+        <v>279090592</v>
+      </c>
+      <c r="D35" s="10">
+        <v>260622334</v>
+      </c>
+      <c r="E35" s="10">
+        <v>1042001582</v>
+      </c>
+      <c r="F35" s="9">
+        <v>552366090</v>
+      </c>
+      <c r="G35" s="8">
+        <v>3180073012</v>
+      </c>
+      <c r="H35" s="9">
+        <v>782332908</v>
+      </c>
+      <c r="I35" s="9">
+        <v>501419737</v>
+      </c>
+      <c r="J35" s="8">
+        <v>280913171</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="12">
-[...28 lines deleted...]
-      <c r="A27" s="11" t="s">
+      <c r="B36" s="10">
+        <v>25221544494</v>
+      </c>
+      <c r="C36" s="10">
+        <v>14036370941</v>
+      </c>
+      <c r="D36" s="10">
+        <v>868668300</v>
+      </c>
+      <c r="E36" s="10">
+        <v>2816665657</v>
+      </c>
+      <c r="F36" s="9">
+        <v>6581592458</v>
+      </c>
+      <c r="G36" s="8">
+        <v>36361656934</v>
+      </c>
+      <c r="H36" s="9">
+        <v>302848700</v>
+      </c>
+      <c r="I36" s="9">
+        <v>292837000</v>
+      </c>
+      <c r="J36" s="8">
+        <v>10011700</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="C27" s="12">
-[...28 lines deleted...]
-      <c r="A28" s="11" t="s">
+      <c r="B37" s="10">
+        <v>11773611608</v>
+      </c>
+      <c r="C37" s="10">
+        <v>770255745</v>
+      </c>
+      <c r="D37" s="10">
+        <v>266069670</v>
+      </c>
+      <c r="E37" s="10">
+        <v>16816890</v>
+      </c>
+      <c r="F37" s="9">
+        <v>2080986442</v>
+      </c>
+      <c r="G37" s="8">
+        <v>10745767471</v>
+      </c>
+      <c r="H37" s="9">
+        <v>1604063990</v>
+      </c>
+      <c r="I37" s="9">
+        <v>1221969341</v>
+      </c>
+      <c r="J37" s="8">
+        <v>382094649</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="C28" s="12">
-[...28 lines deleted...]
-      <c r="A29" s="11" t="s">
+      <c r="B38" s="10">
+        <v>26316521620</v>
+      </c>
+      <c r="C38" s="10">
+        <v>3874902510</v>
+      </c>
+      <c r="D38" s="10">
+        <v>1656300490</v>
+      </c>
+      <c r="E38" s="10">
+        <v>826060</v>
+      </c>
+      <c r="F38" s="9">
+        <v>3271714258</v>
+      </c>
+      <c r="G38" s="8">
+        <v>28576836422</v>
+      </c>
+      <c r="H38" s="9">
+        <v>385092490</v>
+      </c>
+      <c r="I38" s="9">
+        <v>214911310</v>
+      </c>
+      <c r="J38" s="8">
+        <v>170181180</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="C29" s="12">
-[...28 lines deleted...]
-      <c r="A30" s="11" t="s">
+      <c r="B39" s="10">
+        <v>729536633</v>
+      </c>
+      <c r="C39" s="10">
+        <v>26883575</v>
+      </c>
+      <c r="D39" s="10">
+        <v>1677840</v>
+      </c>
+      <c r="E39" s="10">
+        <v>293746465</v>
+      </c>
+      <c r="F39" s="9">
+        <v>285229774</v>
+      </c>
+      <c r="G39" s="8">
+        <v>766614739</v>
+      </c>
+      <c r="H39" s="9">
+        <v>240529317</v>
+      </c>
+      <c r="I39" s="9">
+        <v>193703031</v>
+      </c>
+      <c r="J39" s="8">
+        <v>46826286</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="19" t="s">
         <v>38</v>
       </c>
-      <c r="C30" s="12">
-[...28 lines deleted...]
-      <c r="A31" s="11" t="s">
+      <c r="B40" s="10">
+        <v>1181654117</v>
+      </c>
+      <c r="C40" s="10">
+        <v>446653320</v>
+      </c>
+      <c r="D40" s="10">
+        <v>20689750</v>
+      </c>
+      <c r="E40" s="10">
+        <v>96915</v>
+      </c>
+      <c r="F40" s="9">
+        <v>198658885</v>
+      </c>
+      <c r="G40" s="8">
+        <v>1450435217</v>
+      </c>
+      <c r="H40" s="9">
+        <v>64162475</v>
+      </c>
+      <c r="I40" s="9">
+        <v>50602520</v>
+      </c>
+      <c r="J40" s="8">
+        <v>13559955</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="19" t="s">
         <v>39</v>
       </c>
-      <c r="C31" s="12">
-[...28 lines deleted...]
-      <c r="A32" s="11" t="s">
+      <c r="B41" s="10">
+        <v>7756672685</v>
+      </c>
+      <c r="C41" s="10">
+        <v>1675529729</v>
+      </c>
+      <c r="D41" s="10">
+        <v>325509191</v>
+      </c>
+      <c r="E41" s="10">
+        <v>13331700</v>
+      </c>
+      <c r="F41" s="9">
+        <v>2675106304</v>
+      </c>
+      <c r="G41" s="8">
+        <v>7095937001</v>
+      </c>
+      <c r="H41" s="9">
+        <v>1093900616</v>
+      </c>
+      <c r="I41" s="9">
+        <v>988270525</v>
+      </c>
+      <c r="J41" s="8">
+        <v>105630091</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="C32" s="12">
-[...28 lines deleted...]
-      <c r="A33" s="11" t="s">
+      <c r="B42" s="10">
+        <v>996601565</v>
+      </c>
+      <c r="C42" s="10">
+        <v>210808147</v>
+      </c>
+      <c r="D42" s="10">
+        <v>0</v>
+      </c>
+      <c r="E42" s="10">
+        <v>0</v>
+      </c>
+      <c r="F42" s="9">
+        <v>249824322</v>
+      </c>
+      <c r="G42" s="8">
+        <v>957585390</v>
+      </c>
+      <c r="H42" s="9">
+        <v>319768430</v>
+      </c>
+      <c r="I42" s="9">
+        <v>230721872</v>
+      </c>
+      <c r="J42" s="8">
+        <v>89046558</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C33" s="12">
-[...28 lines deleted...]
-      <c r="A34" s="11" t="s">
+      <c r="B43" s="10">
+        <v>39024638797</v>
+      </c>
+      <c r="C43" s="10">
+        <v>20669051550</v>
+      </c>
+      <c r="D43" s="10">
+        <v>6670672290</v>
+      </c>
+      <c r="E43" s="10">
+        <v>2166063680</v>
+      </c>
+      <c r="F43" s="9">
+        <v>9879921238</v>
+      </c>
+      <c r="G43" s="8">
+        <v>58650505079</v>
+      </c>
+      <c r="H43" s="9">
+        <v>631522433</v>
+      </c>
+      <c r="I43" s="9">
+        <v>603429664</v>
+      </c>
+      <c r="J43" s="8">
+        <v>28092769</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="C34" s="12">
-[...28 lines deleted...]
-      <c r="A35" s="11" t="s">
+      <c r="B44" s="10">
+        <v>3226823450</v>
+      </c>
+      <c r="C44" s="10">
+        <v>1289496660</v>
+      </c>
+      <c r="D44" s="10">
+        <v>120038400</v>
+      </c>
+      <c r="E44" s="10">
+        <v>0</v>
+      </c>
+      <c r="F44" s="9">
+        <v>1185560972</v>
+      </c>
+      <c r="G44" s="8">
+        <v>3450797538</v>
+      </c>
+      <c r="H44" s="9">
+        <v>629795400</v>
+      </c>
+      <c r="I44" s="9">
+        <v>465867600</v>
+      </c>
+      <c r="J44" s="8">
+        <v>163927800</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="C35" s="12">
-[...28 lines deleted...]
-      <c r="A36" s="11" t="s">
+      <c r="B45" s="10">
+        <v>11975603262</v>
+      </c>
+      <c r="C45" s="10">
+        <v>1952019013</v>
+      </c>
+      <c r="D45" s="10">
+        <v>351858275</v>
+      </c>
+      <c r="E45" s="10">
+        <v>0</v>
+      </c>
+      <c r="F45" s="9">
+        <v>2143242338</v>
+      </c>
+      <c r="G45" s="8">
+        <v>12136238212</v>
+      </c>
+      <c r="H45" s="9">
+        <v>1094067372</v>
+      </c>
+      <c r="I45" s="9">
+        <v>964717850</v>
+      </c>
+      <c r="J45" s="8">
+        <v>129349522</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="19" t="s">
         <v>44</v>
       </c>
-      <c r="C36" s="12">
-[...28 lines deleted...]
-      <c r="A37" s="11" t="s">
+      <c r="B46" s="10">
+        <v>8986325925</v>
+      </c>
+      <c r="C46" s="10">
+        <v>975575600</v>
+      </c>
+      <c r="D46" s="10">
+        <v>106851800</v>
+      </c>
+      <c r="E46" s="10">
+        <v>258723800</v>
+      </c>
+      <c r="F46" s="9">
+        <v>1816854385</v>
+      </c>
+      <c r="G46" s="8">
+        <v>8510622740</v>
+      </c>
+      <c r="H46" s="9">
+        <v>448449829</v>
+      </c>
+      <c r="I46" s="9">
+        <v>370024723</v>
+      </c>
+      <c r="J46" s="8">
+        <v>78425106</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="C37" s="12">
-[...28 lines deleted...]
-      <c r="A38" s="11" t="s">
+      <c r="B47" s="10">
+        <v>19398753797</v>
+      </c>
+      <c r="C47" s="10">
+        <v>3888086603</v>
+      </c>
+      <c r="D47" s="10">
+        <v>825504300</v>
+      </c>
+      <c r="E47" s="10">
+        <v>11346800</v>
+      </c>
+      <c r="F47" s="9">
+        <v>2551777489</v>
+      </c>
+      <c r="G47" s="8">
+        <v>21571914011</v>
+      </c>
+      <c r="H47" s="9">
+        <v>462774400</v>
+      </c>
+      <c r="I47" s="9">
+        <v>433382600</v>
+      </c>
+      <c r="J47" s="8">
+        <v>29391800</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="C38" s="12">
-[...28 lines deleted...]
-      <c r="A39" s="11" t="s">
+      <c r="B48" s="10">
+        <v>731000143</v>
+      </c>
+      <c r="C48" s="10">
+        <v>793774331</v>
+      </c>
+      <c r="D48" s="10">
+        <v>162075861</v>
+      </c>
+      <c r="E48" s="10">
+        <v>239742</v>
+      </c>
+      <c r="F48" s="9">
+        <v>544409696</v>
+      </c>
+      <c r="G48" s="8">
+        <v>1142680381</v>
+      </c>
+      <c r="H48" s="9">
+        <v>231408373</v>
+      </c>
+      <c r="I48" s="9">
+        <v>166919525</v>
+      </c>
+      <c r="J48" s="8">
+        <v>64488848</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="C39" s="12">
-[...28 lines deleted...]
-      <c r="A40" s="11" t="s">
+      <c r="B49" s="10">
+        <v>3813018043</v>
+      </c>
+      <c r="C49" s="10">
+        <v>375915850</v>
+      </c>
+      <c r="D49" s="10">
+        <v>107983300</v>
+      </c>
+      <c r="E49" s="10">
+        <v>0</v>
+      </c>
+      <c r="F49" s="9">
+        <v>290837411</v>
+      </c>
+      <c r="G49" s="8">
+        <v>4006079782</v>
+      </c>
+      <c r="H49" s="9">
+        <v>322470290</v>
+      </c>
+      <c r="I49" s="9">
+        <v>177426100</v>
+      </c>
+      <c r="J49" s="8">
+        <v>145044190</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="C40" s="12">
-[...28 lines deleted...]
-      <c r="A41" s="11" t="s">
+      <c r="B50" s="10">
+        <v>1679577876</v>
+      </c>
+      <c r="C50" s="10">
+        <v>559859292</v>
+      </c>
+      <c r="D50" s="10">
+        <v>0</v>
+      </c>
+      <c r="E50" s="10">
+        <v>0</v>
+      </c>
+      <c r="F50" s="9">
+        <v>1046912950</v>
+      </c>
+      <c r="G50" s="8">
+        <v>1192524218</v>
+      </c>
+      <c r="H50" s="9">
+        <v>312704465</v>
+      </c>
+      <c r="I50" s="9">
+        <v>239451068</v>
+      </c>
+      <c r="J50" s="8">
+        <v>73253397</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="C41" s="12">
-[...28 lines deleted...]
-      <c r="A42" s="11" t="s">
+      <c r="B51" s="10">
+        <v>31179877502</v>
+      </c>
+      <c r="C51" s="10">
+        <v>3908545092</v>
+      </c>
+      <c r="D51" s="10">
+        <v>2202773836</v>
+      </c>
+      <c r="E51" s="10">
+        <v>0</v>
+      </c>
+      <c r="F51" s="9">
+        <v>1346689786</v>
+      </c>
+      <c r="G51" s="8">
+        <v>35944506644</v>
+      </c>
+      <c r="H51" s="9">
+        <v>1578340790</v>
+      </c>
+      <c r="I51" s="9">
+        <v>1080484220</v>
+      </c>
+      <c r="J51" s="8">
+        <v>497856570</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="C42" s="12">
-[...28 lines deleted...]
-      <c r="A43" s="11" t="s">
+      <c r="B52" s="10">
+        <v>10952406779</v>
+      </c>
+      <c r="C52" s="10">
+        <v>855003526</v>
+      </c>
+      <c r="D52" s="10">
+        <v>0</v>
+      </c>
+      <c r="E52" s="10">
+        <v>1581636523</v>
+      </c>
+      <c r="F52" s="9">
+        <v>1940898510</v>
+      </c>
+      <c r="G52" s="8">
+        <v>11448148318</v>
+      </c>
+      <c r="H52" s="9">
+        <v>327385148</v>
+      </c>
+      <c r="I52" s="9">
+        <v>311827345</v>
+      </c>
+      <c r="J52" s="8">
+        <v>15557803</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="C43" s="12">
-[...28 lines deleted...]
-      <c r="A44" s="11" t="s">
+      <c r="B53" s="10">
+        <v>19532518518</v>
+      </c>
+      <c r="C53" s="10">
+        <v>2084015679</v>
+      </c>
+      <c r="D53" s="10">
+        <v>1493355562</v>
+      </c>
+      <c r="E53" s="10">
+        <v>0</v>
+      </c>
+      <c r="F53" s="9">
+        <v>1146391392</v>
+      </c>
+      <c r="G53" s="8">
+        <v>21963498367</v>
+      </c>
+      <c r="H53" s="9">
+        <v>1153299226</v>
+      </c>
+      <c r="I53" s="9">
+        <v>927537216</v>
+      </c>
+      <c r="J53" s="8">
+        <v>225762010</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="C44" s="12">
-[...28 lines deleted...]
-      <c r="A45" s="11" t="s">
+      <c r="B54" s="10">
+        <v>1133143507</v>
+      </c>
+      <c r="C54" s="10">
+        <v>175345570</v>
+      </c>
+      <c r="D54" s="10">
+        <v>7045090</v>
+      </c>
+      <c r="E54" s="10">
+        <v>2762370</v>
+      </c>
+      <c r="F54" s="9">
+        <v>430211731</v>
+      </c>
+      <c r="G54" s="8">
+        <v>888084806</v>
+      </c>
+      <c r="H54" s="9">
+        <v>300686519</v>
+      </c>
+      <c r="I54" s="9">
+        <v>230554650</v>
+      </c>
+      <c r="J54" s="8">
+        <v>70131869</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="C45" s="12">
-[...28 lines deleted...]
-      <c r="A46" s="11" t="s">
+      <c r="B55" s="10">
+        <v>6298482671</v>
+      </c>
+      <c r="C55" s="10">
+        <v>1412145500</v>
+      </c>
+      <c r="D55" s="10">
+        <v>663839900</v>
+      </c>
+      <c r="E55" s="10">
+        <v>0</v>
+      </c>
+      <c r="F55" s="9">
+        <v>1385988250</v>
+      </c>
+      <c r="G55" s="8">
+        <v>6988479821</v>
+      </c>
+      <c r="H55" s="9">
+        <v>428723200</v>
+      </c>
+      <c r="I55" s="9">
+        <v>380661100</v>
+      </c>
+      <c r="J55" s="8">
+        <v>48062100</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="C46" s="12">
-[...28 lines deleted...]
-      <c r="A47" s="11" t="s">
+      <c r="B56" s="10">
+        <v>2411616773</v>
+      </c>
+      <c r="C56" s="10">
+        <v>528575311</v>
+      </c>
+      <c r="D56" s="10">
+        <v>250089702</v>
+      </c>
+      <c r="E56" s="10">
+        <v>0</v>
+      </c>
+      <c r="F56" s="9">
+        <v>318442320</v>
+      </c>
+      <c r="G56" s="8">
+        <v>2871839466</v>
+      </c>
+      <c r="H56" s="9">
+        <v>473992948</v>
+      </c>
+      <c r="I56" s="9">
+        <v>277374639</v>
+      </c>
+      <c r="J56" s="8">
+        <v>196618309</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="19" t="s">
         <v>55</v>
       </c>
-      <c r="C47" s="12">
-[...28 lines deleted...]
-      <c r="A48" s="11" t="s">
+      <c r="B57" s="10">
+        <v>14625354554</v>
+      </c>
+      <c r="C57" s="10">
+        <v>1462783966</v>
+      </c>
+      <c r="D57" s="10">
+        <v>915601208</v>
+      </c>
+      <c r="E57" s="10">
+        <v>0</v>
+      </c>
+      <c r="F57" s="9">
+        <v>606846311</v>
+      </c>
+      <c r="G57" s="8">
+        <v>16396893417</v>
+      </c>
+      <c r="H57" s="9">
+        <v>802280249</v>
+      </c>
+      <c r="I57" s="9">
+        <v>489016009</v>
+      </c>
+      <c r="J57" s="8">
+        <v>313264240</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="19" t="s">
         <v>56</v>
       </c>
-      <c r="C48" s="12">
-[...28 lines deleted...]
-      <c r="A49" s="11" t="s">
+      <c r="B58" s="10">
+        <v>11138035811</v>
+      </c>
+      <c r="C58" s="10">
+        <v>1452036711</v>
+      </c>
+      <c r="D58" s="10">
+        <v>21330510</v>
+      </c>
+      <c r="E58" s="10">
+        <v>147540</v>
+      </c>
+      <c r="F58" s="9">
+        <v>378060371</v>
+      </c>
+      <c r="G58" s="8">
+        <v>12233490201</v>
+      </c>
+      <c r="H58" s="9">
+        <v>315994183</v>
+      </c>
+      <c r="I58" s="9">
+        <v>281886142</v>
+      </c>
+      <c r="J58" s="8">
+        <v>34108041</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="19" t="s">
         <v>57</v>
       </c>
-      <c r="C49" s="12">
-[...28 lines deleted...]
-      <c r="A50" s="11" t="s">
+      <c r="B59" s="10">
+        <v>4518476765</v>
+      </c>
+      <c r="C59" s="10">
+        <v>153547707</v>
+      </c>
+      <c r="D59" s="10">
+        <v>10009472</v>
+      </c>
+      <c r="E59" s="10">
+        <v>336537905</v>
+      </c>
+      <c r="F59" s="9">
+        <v>868716172</v>
+      </c>
+      <c r="G59" s="8">
+        <v>4149855677</v>
+      </c>
+      <c r="H59" s="9">
+        <v>513208923</v>
+      </c>
+      <c r="I59" s="9">
+        <v>465405969</v>
+      </c>
+      <c r="J59" s="8">
+        <v>47802954</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="C50" s="12">
-[...28 lines deleted...]
-      <c r="A51" s="11" t="s">
+      <c r="B60" s="10">
+        <v>1381795876</v>
+      </c>
+      <c r="C60" s="10">
+        <v>347112925</v>
+      </c>
+      <c r="D60" s="10">
+        <v>39983900</v>
+      </c>
+      <c r="E60" s="10">
+        <v>0</v>
+      </c>
+      <c r="F60" s="9">
+        <v>521378187</v>
+      </c>
+      <c r="G60" s="8">
+        <v>1247514514</v>
+      </c>
+      <c r="H60" s="9">
+        <v>359303610</v>
+      </c>
+      <c r="I60" s="9">
+        <v>267571467</v>
+      </c>
+      <c r="J60" s="8">
+        <v>91732143</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="19" t="s">
         <v>59</v>
       </c>
-      <c r="C51" s="12">
-[...28 lines deleted...]
-      <c r="A52" s="11" t="s">
+      <c r="B61" s="10">
+        <v>4342983821</v>
+      </c>
+      <c r="C61" s="10">
+        <v>433163980</v>
+      </c>
+      <c r="D61" s="10">
+        <v>150394680</v>
+      </c>
+      <c r="E61" s="10">
+        <v>44879821</v>
+      </c>
+      <c r="F61" s="9">
+        <v>221230987</v>
+      </c>
+      <c r="G61" s="8">
+        <v>4750191315</v>
+      </c>
+      <c r="H61" s="9">
+        <v>176795861</v>
+      </c>
+      <c r="I61" s="9">
+        <v>151661150</v>
+      </c>
+      <c r="J61" s="8">
+        <v>25134711</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A62" s="19" t="s">
         <v>60</v>
       </c>
-      <c r="C52" s="12">
-[...28 lines deleted...]
-      <c r="A53" s="11" t="s">
+      <c r="B62" s="10">
+        <v>152049275051</v>
+      </c>
+      <c r="C62" s="10">
+        <v>114359180672</v>
+      </c>
+      <c r="D62" s="10">
+        <v>0</v>
+      </c>
+      <c r="E62" s="10">
+        <v>0</v>
+      </c>
+      <c r="F62" s="9">
+        <v>8132498500</v>
+      </c>
+      <c r="G62" s="8">
+        <v>258275957223</v>
+      </c>
+      <c r="H62" s="9">
+        <v>753155287</v>
+      </c>
+      <c r="I62" s="9">
+        <v>651946183</v>
+      </c>
+      <c r="J62" s="8">
+        <v>101209104</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A63" s="19" t="s">
         <v>61</v>
       </c>
-      <c r="C53" s="12">
-[...28 lines deleted...]
-      <c r="A54" s="11" t="s">
+      <c r="B63" s="10">
+        <v>1693831200</v>
+      </c>
+      <c r="C63" s="10">
+        <v>161039400</v>
+      </c>
+      <c r="D63" s="10">
+        <v>129719500</v>
+      </c>
+      <c r="E63" s="10">
+        <v>518336700</v>
+      </c>
+      <c r="F63" s="9">
+        <v>469795239</v>
+      </c>
+      <c r="G63" s="8">
+        <v>2033131561</v>
+      </c>
+      <c r="H63" s="9">
+        <v>202914700</v>
+      </c>
+      <c r="I63" s="9">
+        <v>112159400</v>
+      </c>
+      <c r="J63" s="8">
+        <v>90755300</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A64" s="19" t="s">
         <v>62</v>
       </c>
-      <c r="C54" s="12">
-[...28 lines deleted...]
-      <c r="A55" s="11" t="s">
+      <c r="B64" s="10">
+        <v>2644522650</v>
+      </c>
+      <c r="C64" s="10">
+        <v>189303773</v>
+      </c>
+      <c r="D64" s="10">
+        <v>212082806</v>
+      </c>
+      <c r="E64" s="10">
+        <v>0</v>
+      </c>
+      <c r="F64" s="9">
+        <v>177384714</v>
+      </c>
+      <c r="G64" s="8">
+        <v>2868524515</v>
+      </c>
+      <c r="H64" s="9">
+        <v>296228066</v>
+      </c>
+      <c r="I64" s="9">
+        <v>155688862</v>
+      </c>
+      <c r="J64" s="8">
+        <v>140539204</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="19" t="s">
         <v>63</v>
       </c>
-      <c r="C55" s="12">
-[...28 lines deleted...]
-      <c r="A56" s="11" t="s">
+      <c r="B65" s="10">
+        <v>18330954804</v>
+      </c>
+      <c r="C65" s="10">
+        <v>5277734308</v>
+      </c>
+      <c r="D65" s="10">
+        <v>98264020</v>
+      </c>
+      <c r="E65" s="10">
+        <v>0</v>
+      </c>
+      <c r="F65" s="9">
+        <v>3541626610</v>
+      </c>
+      <c r="G65" s="8">
+        <v>20165326522</v>
+      </c>
+      <c r="H65" s="9">
+        <v>1435336700</v>
+      </c>
+      <c r="I65" s="9">
+        <v>965988920</v>
+      </c>
+      <c r="J65" s="8">
+        <v>469347780</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="19" t="s">
         <v>64</v>
       </c>
-      <c r="C56" s="12">
-[...28 lines deleted...]
-      <c r="A57" s="11" t="s">
+      <c r="B66" s="10">
+        <v>6509879982</v>
+      </c>
+      <c r="C66" s="10">
+        <v>2680270990</v>
+      </c>
+      <c r="D66" s="10">
+        <v>422290</v>
+      </c>
+      <c r="E66" s="10">
+        <v>0</v>
+      </c>
+      <c r="F66" s="9">
+        <v>440766708</v>
+      </c>
+      <c r="G66" s="8">
+        <v>8749806554</v>
+      </c>
+      <c r="H66" s="9">
+        <v>667714095</v>
+      </c>
+      <c r="I66" s="9">
+        <v>353358820</v>
+      </c>
+      <c r="J66" s="8">
+        <v>314355275</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A67" s="19" t="s">
         <v>65</v>
       </c>
-      <c r="C57" s="12">
-[...28 lines deleted...]
-      <c r="A58" s="11" t="s">
+      <c r="B67" s="10">
+        <v>34713987500</v>
+      </c>
+      <c r="C67" s="10">
+        <v>9568078700</v>
+      </c>
+      <c r="D67" s="10">
+        <v>1134427000</v>
+      </c>
+      <c r="E67" s="10">
+        <v>4721222100</v>
+      </c>
+      <c r="F67" s="9">
+        <v>5198724475</v>
+      </c>
+      <c r="G67" s="8">
+        <v>44938990825</v>
+      </c>
+      <c r="H67" s="9">
+        <v>198350400</v>
+      </c>
+      <c r="I67" s="9">
+        <v>172998300</v>
+      </c>
+      <c r="J67" s="8">
+        <v>25352100</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="12">
-[...28 lines deleted...]
-      <c r="A59" s="11" t="s">
+      <c r="B68" s="10">
+        <v>1390210182</v>
+      </c>
+      <c r="C68" s="10">
+        <v>801466738</v>
+      </c>
+      <c r="D68" s="10">
+        <v>71569562</v>
+      </c>
+      <c r="E68" s="10">
+        <v>0</v>
+      </c>
+      <c r="F68" s="9">
+        <v>313727967</v>
+      </c>
+      <c r="G68" s="8">
+        <v>1949518515</v>
+      </c>
+      <c r="H68" s="9">
+        <v>493178462</v>
+      </c>
+      <c r="I68" s="9">
+        <v>281078555</v>
+      </c>
+      <c r="J68" s="8">
+        <v>212099907</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="19" t="s">
         <v>67</v>
       </c>
-      <c r="C59" s="12">
-[...28 lines deleted...]
-      <c r="A60" s="11" t="s">
+      <c r="B69" s="10">
+        <v>20912563092</v>
+      </c>
+      <c r="C69" s="10">
+        <v>9051267907</v>
+      </c>
+      <c r="D69" s="10">
+        <v>47598700</v>
+      </c>
+      <c r="E69" s="10">
+        <v>40262332</v>
+      </c>
+      <c r="F69" s="9">
+        <v>11678962314</v>
+      </c>
+      <c r="G69" s="8">
+        <v>18372729717</v>
+      </c>
+      <c r="H69" s="9">
+        <v>248057769</v>
+      </c>
+      <c r="I69" s="9">
+        <v>200905081</v>
+      </c>
+      <c r="J69" s="8">
+        <v>47152688</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A70" s="19" t="s">
         <v>68</v>
       </c>
-      <c r="C60" s="12">
-[...28 lines deleted...]
-      <c r="A61" s="11" t="s">
+      <c r="B70" s="10">
+        <v>17054713767</v>
+      </c>
+      <c r="C70" s="10">
+        <v>9508792961</v>
+      </c>
+      <c r="D70" s="10">
+        <v>412990030</v>
+      </c>
+      <c r="E70" s="10">
+        <v>0</v>
+      </c>
+      <c r="F70" s="9">
+        <v>6247016213</v>
+      </c>
+      <c r="G70" s="8">
+        <v>20729480545</v>
+      </c>
+      <c r="H70" s="9">
+        <v>812341375</v>
+      </c>
+      <c r="I70" s="9">
+        <v>769195289</v>
+      </c>
+      <c r="J70" s="8">
+        <v>43146086</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A71" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="C61" s="12">
-[...28 lines deleted...]
-      <c r="A62" s="11" t="s">
+      <c r="B71" s="10">
+        <v>1676464245</v>
+      </c>
+      <c r="C71" s="10">
+        <v>106876205</v>
+      </c>
+      <c r="D71" s="10">
+        <v>19997</v>
+      </c>
+      <c r="E71" s="10">
+        <v>0</v>
+      </c>
+      <c r="F71" s="9">
+        <v>107189348</v>
+      </c>
+      <c r="G71" s="8">
+        <v>1676171099</v>
+      </c>
+      <c r="H71" s="9">
+        <v>143570714</v>
+      </c>
+      <c r="I71" s="9">
+        <v>87044619</v>
+      </c>
+      <c r="J71" s="8">
+        <v>56526095</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="19" t="s">
         <v>70</v>
       </c>
-      <c r="C62" s="12">
-[...28 lines deleted...]
-      <c r="A63" s="11" t="s">
+      <c r="B72" s="10">
+        <v>3532775635</v>
+      </c>
+      <c r="C72" s="10">
+        <v>391590164</v>
+      </c>
+      <c r="D72" s="10">
+        <v>0</v>
+      </c>
+      <c r="E72" s="10">
+        <v>0</v>
+      </c>
+      <c r="F72" s="9">
+        <v>264644640</v>
+      </c>
+      <c r="G72" s="8">
+        <v>3659721159</v>
+      </c>
+      <c r="H72" s="9">
+        <v>330934800</v>
+      </c>
+      <c r="I72" s="9">
+        <v>218585400</v>
+      </c>
+      <c r="J72" s="8">
+        <v>112349400</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A73" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="C63" s="12">
-[...28 lines deleted...]
-      <c r="A64" s="11" t="s">
+      <c r="B73" s="10">
+        <v>8154475813</v>
+      </c>
+      <c r="C73" s="10">
+        <v>632571364</v>
+      </c>
+      <c r="D73" s="10">
+        <v>18352205</v>
+      </c>
+      <c r="E73" s="10">
+        <v>806513656</v>
+      </c>
+      <c r="F73" s="9">
+        <v>1186185917</v>
+      </c>
+      <c r="G73" s="8">
+        <v>8425727121</v>
+      </c>
+      <c r="H73" s="9">
+        <v>462923848</v>
+      </c>
+      <c r="I73" s="9">
+        <v>286995802</v>
+      </c>
+      <c r="J73" s="8">
+        <v>175928046</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="C64" s="12">
-[...28 lines deleted...]
-      <c r="A65" s="11" t="s">
+      <c r="B74" s="10">
+        <v>2017832696</v>
+      </c>
+      <c r="C74" s="10">
+        <v>134046700</v>
+      </c>
+      <c r="D74" s="10">
+        <v>0</v>
+      </c>
+      <c r="E74" s="10">
+        <v>0</v>
+      </c>
+      <c r="F74" s="9">
+        <v>210109400</v>
+      </c>
+      <c r="G74" s="8">
+        <v>1941769996</v>
+      </c>
+      <c r="H74" s="9">
+        <v>920112600</v>
+      </c>
+      <c r="I74" s="9">
+        <v>210109400</v>
+      </c>
+      <c r="J74" s="8">
+        <v>710003200</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A75" s="19" t="s">
         <v>73</v>
       </c>
-      <c r="C65" s="12">
-[...28 lines deleted...]
-      <c r="A66" s="11" t="s">
+      <c r="B75" s="10">
+        <v>3624633783</v>
+      </c>
+      <c r="C75" s="10">
+        <v>641133479</v>
+      </c>
+      <c r="D75" s="10">
+        <v>130795955</v>
+      </c>
+      <c r="E75" s="10">
+        <v>0</v>
+      </c>
+      <c r="F75" s="9">
+        <v>796135869</v>
+      </c>
+      <c r="G75" s="8">
+        <v>3600427348</v>
+      </c>
+      <c r="H75" s="9">
+        <v>513442265</v>
+      </c>
+      <c r="I75" s="9">
+        <v>341621084</v>
+      </c>
+      <c r="J75" s="8">
+        <v>171821181</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A76" s="19" t="s">
         <v>74</v>
       </c>
-      <c r="C66" s="12">
-[...28 lines deleted...]
-      <c r="A67" s="11" t="s">
+      <c r="B76" s="10">
+        <v>13583090936</v>
+      </c>
+      <c r="C76" s="10">
+        <v>6800504482</v>
+      </c>
+      <c r="D76" s="10">
+        <v>737846790</v>
+      </c>
+      <c r="E76" s="10">
+        <v>1786480570</v>
+      </c>
+      <c r="F76" s="9">
+        <v>4359798513</v>
+      </c>
+      <c r="G76" s="8">
+        <v>18548124265</v>
+      </c>
+      <c r="H76" s="9">
+        <v>960185622</v>
+      </c>
+      <c r="I76" s="9">
+        <v>623018466</v>
+      </c>
+      <c r="J76" s="8">
+        <v>337167156</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A77" s="19" t="s">
         <v>75</v>
       </c>
-      <c r="C67" s="12">
-[...28 lines deleted...]
-      <c r="A68" s="11" t="s">
+      <c r="B77" s="10">
+        <v>3318354693</v>
+      </c>
+      <c r="C77" s="10">
+        <v>293575576</v>
+      </c>
+      <c r="D77" s="10">
+        <v>12054819</v>
+      </c>
+      <c r="E77" s="10">
+        <v>0</v>
+      </c>
+      <c r="F77" s="9">
+        <v>348451908</v>
+      </c>
+      <c r="G77" s="8">
+        <v>3275533180</v>
+      </c>
+      <c r="H77" s="9">
+        <v>495911056</v>
+      </c>
+      <c r="I77" s="9">
+        <v>314528651</v>
+      </c>
+      <c r="J77" s="8">
+        <v>181382405</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="C68" s="12">
-[...28 lines deleted...]
-      <c r="A69" s="11" t="s">
+      <c r="B78" s="10">
+        <v>12110200884</v>
+      </c>
+      <c r="C78" s="10">
+        <v>1561715976</v>
+      </c>
+      <c r="D78" s="10">
+        <v>2047734577</v>
+      </c>
+      <c r="E78" s="10">
+        <v>834556160</v>
+      </c>
+      <c r="F78" s="9">
+        <v>2013961021</v>
+      </c>
+      <c r="G78" s="8">
+        <v>14540246576</v>
+      </c>
+      <c r="H78" s="9">
+        <v>915898500</v>
+      </c>
+      <c r="I78" s="9">
+        <v>842494910</v>
+      </c>
+      <c r="J78" s="8">
+        <v>73403590</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="19" t="s">
         <v>77</v>
       </c>
-      <c r="C69" s="12">
-[...28 lines deleted...]
-      <c r="A70" s="11" t="s">
+      <c r="B79" s="10">
+        <v>2415991491</v>
+      </c>
+      <c r="C79" s="10">
+        <v>920480332</v>
+      </c>
+      <c r="D79" s="10">
+        <v>96357910</v>
+      </c>
+      <c r="E79" s="10">
+        <v>183675523</v>
+      </c>
+      <c r="F79" s="9">
+        <v>794761105</v>
+      </c>
+      <c r="G79" s="8">
+        <v>2821744151</v>
+      </c>
+      <c r="H79" s="9">
+        <v>309144445</v>
+      </c>
+      <c r="I79" s="9">
+        <v>183675523</v>
+      </c>
+      <c r="J79" s="8">
+        <v>125468922</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="C70" s="12">
-[...28 lines deleted...]
-      <c r="A71" s="11" t="s">
+      <c r="B80" s="10">
+        <v>5269023655</v>
+      </c>
+      <c r="C80" s="10">
+        <v>964259356</v>
+      </c>
+      <c r="D80" s="10">
+        <v>280036400</v>
+      </c>
+      <c r="E80" s="10">
+        <v>0</v>
+      </c>
+      <c r="F80" s="9">
+        <v>356836670</v>
+      </c>
+      <c r="G80" s="8">
+        <v>6156482741</v>
+      </c>
+      <c r="H80" s="9">
+        <v>504305800</v>
+      </c>
+      <c r="I80" s="9">
+        <v>195520300</v>
+      </c>
+      <c r="J80" s="8">
+        <v>308785500</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="19" t="s">
         <v>79</v>
       </c>
-      <c r="C71" s="12">
-[...28 lines deleted...]
-      <c r="A72" s="11" t="s">
+      <c r="B81" s="10">
+        <v>8174716270</v>
+      </c>
+      <c r="C81" s="10">
+        <v>848968895</v>
+      </c>
+      <c r="D81" s="10">
+        <v>473460172</v>
+      </c>
+      <c r="E81" s="10">
+        <v>0</v>
+      </c>
+      <c r="F81" s="9">
+        <v>558212339</v>
+      </c>
+      <c r="G81" s="8">
+        <v>8938932998</v>
+      </c>
+      <c r="H81" s="9">
+        <v>725794822</v>
+      </c>
+      <c r="I81" s="9">
+        <v>418680867</v>
+      </c>
+      <c r="J81" s="8">
+        <v>307113955</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A82" s="19" t="s">
         <v>80</v>
       </c>
-      <c r="C72" s="12">
-[...28 lines deleted...]
-      <c r="A73" s="11" t="s">
+      <c r="B82" s="10">
+        <v>14334070805</v>
+      </c>
+      <c r="C82" s="10">
+        <v>1926620717</v>
+      </c>
+      <c r="D82" s="10">
+        <v>1036435160</v>
+      </c>
+      <c r="E82" s="10">
+        <v>1799508266</v>
+      </c>
+      <c r="F82" s="9">
+        <v>3034361865</v>
+      </c>
+      <c r="G82" s="8">
+        <v>16062273083</v>
+      </c>
+      <c r="H82" s="9">
+        <v>1512516385</v>
+      </c>
+      <c r="I82" s="9">
+        <v>982801135</v>
+      </c>
+      <c r="J82" s="8">
+        <v>529715250</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A83" s="19" t="s">
         <v>81</v>
       </c>
-      <c r="C73" s="12">
-[...28 lines deleted...]
-      <c r="A74" s="11" t="s">
+      <c r="B83" s="10">
+        <v>7365723732</v>
+      </c>
+      <c r="C83" s="10">
+        <v>1242995036</v>
+      </c>
+      <c r="D83" s="10">
+        <v>435257300</v>
+      </c>
+      <c r="E83" s="10">
+        <v>34528200</v>
+      </c>
+      <c r="F83" s="9">
+        <v>1059534562</v>
+      </c>
+      <c r="G83" s="8">
+        <v>8018969706</v>
+      </c>
+      <c r="H83" s="9">
+        <v>244170400</v>
+      </c>
+      <c r="I83" s="9">
+        <v>210785500</v>
+      </c>
+      <c r="J83" s="8">
+        <v>33384900</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="19" t="s">
         <v>82</v>
       </c>
-      <c r="C74" s="12">
-[...28 lines deleted...]
-      <c r="A75" s="11" t="s">
+      <c r="B84" s="10">
+        <v>1917460164</v>
+      </c>
+      <c r="C84" s="10">
+        <v>225440403</v>
+      </c>
+      <c r="D84" s="10">
+        <v>11070809</v>
+      </c>
+      <c r="E84" s="10">
+        <v>4138338595</v>
+      </c>
+      <c r="F84" s="9">
+        <v>893308215</v>
+      </c>
+      <c r="G84" s="8">
+        <v>5399001756</v>
+      </c>
+      <c r="H84" s="9">
+        <v>848773164</v>
+      </c>
+      <c r="I84" s="9">
+        <v>571357906</v>
+      </c>
+      <c r="J84" s="8">
+        <v>277415258</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="C75" s="12">
-[...28 lines deleted...]
-      <c r="A76" s="11" t="s">
+      <c r="B85" s="10">
+        <v>1054528580</v>
+      </c>
+      <c r="C85" s="10">
+        <v>586491260</v>
+      </c>
+      <c r="D85" s="10">
+        <v>120009110</v>
+      </c>
+      <c r="E85" s="10">
+        <v>529591670</v>
+      </c>
+      <c r="F85" s="9">
+        <v>723049864</v>
+      </c>
+      <c r="G85" s="8">
+        <v>1567570756</v>
+      </c>
+      <c r="H85" s="9">
+        <v>152160600</v>
+      </c>
+      <c r="I85" s="9">
+        <v>105256610</v>
+      </c>
+      <c r="J85" s="8">
+        <v>46903990</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A86" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="C76" s="12">
-[...28 lines deleted...]
-      <c r="A77" s="11" t="s">
+      <c r="B86" s="10">
+        <v>5002874819</v>
+      </c>
+      <c r="C86" s="10">
+        <v>528258649</v>
+      </c>
+      <c r="D86" s="10">
+        <v>209717747</v>
+      </c>
+      <c r="E86" s="10">
+        <v>0</v>
+      </c>
+      <c r="F86" s="9">
+        <v>462229977</v>
+      </c>
+      <c r="G86" s="8">
+        <v>5278621238</v>
+      </c>
+      <c r="H86" s="9">
+        <v>688477477</v>
+      </c>
+      <c r="I86" s="9">
+        <v>403591419</v>
+      </c>
+      <c r="J86" s="8">
+        <v>284886058</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A87" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="C77" s="12">
-[...28 lines deleted...]
-      <c r="A78" s="11" t="s">
+      <c r="B87" s="10">
+        <v>3784581933</v>
+      </c>
+      <c r="C87" s="10">
+        <v>300042646</v>
+      </c>
+      <c r="D87" s="10">
+        <v>42509481</v>
+      </c>
+      <c r="E87" s="10">
+        <v>0</v>
+      </c>
+      <c r="F87" s="9">
+        <v>734878035</v>
+      </c>
+      <c r="G87" s="8">
+        <v>3392256025</v>
+      </c>
+      <c r="H87" s="9">
+        <v>517194900</v>
+      </c>
+      <c r="I87" s="9">
+        <v>402490500</v>
+      </c>
+      <c r="J87" s="8">
+        <v>114704400</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A88" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="C78" s="12">
-[...28 lines deleted...]
-      <c r="A79" s="11" t="s">
+      <c r="B88" s="10">
+        <v>4472714679</v>
+      </c>
+      <c r="C88" s="10">
+        <v>906689550</v>
+      </c>
+      <c r="D88" s="10">
+        <v>182911660</v>
+      </c>
+      <c r="E88" s="10">
+        <v>843324690</v>
+      </c>
+      <c r="F88" s="9">
+        <v>1372916794</v>
+      </c>
+      <c r="G88" s="8">
+        <v>5032723785</v>
+      </c>
+      <c r="H88" s="9">
+        <v>763920930</v>
+      </c>
+      <c r="I88" s="9">
+        <v>446117770</v>
+      </c>
+      <c r="J88" s="8">
+        <v>317803160</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A89" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="C79" s="12">
-[...28 lines deleted...]
-      <c r="A80" s="11" t="s">
+      <c r="B89" s="10">
+        <v>1936430626</v>
+      </c>
+      <c r="C89" s="10">
+        <v>466815050</v>
+      </c>
+      <c r="D89" s="10">
+        <v>25395030</v>
+      </c>
+      <c r="E89" s="10">
+        <v>402500</v>
+      </c>
+      <c r="F89" s="9">
+        <v>620010124</v>
+      </c>
+      <c r="G89" s="8">
+        <v>1809033082</v>
+      </c>
+      <c r="H89" s="9">
+        <v>64656727</v>
+      </c>
+      <c r="I89" s="9">
+        <v>53742560</v>
+      </c>
+      <c r="J89" s="8">
+        <v>10914167</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="19" t="s">
         <v>88</v>
       </c>
-      <c r="C80" s="12">
-[...28 lines deleted...]
-      <c r="A81" s="11" t="s">
+      <c r="B90" s="10">
+        <v>6081471327</v>
+      </c>
+      <c r="C90" s="10">
+        <v>783529291</v>
+      </c>
+      <c r="D90" s="10">
+        <v>15119220</v>
+      </c>
+      <c r="E90" s="10">
+        <v>0</v>
+      </c>
+      <c r="F90" s="9">
+        <v>280162985</v>
+      </c>
+      <c r="G90" s="8">
+        <v>6599956853</v>
+      </c>
+      <c r="H90" s="9">
+        <v>261896570</v>
+      </c>
+      <c r="I90" s="9">
+        <v>224715580</v>
+      </c>
+      <c r="J90" s="8">
+        <v>37180990</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="19" t="s">
         <v>89</v>
       </c>
-      <c r="C81" s="12">
-[...28 lines deleted...]
-      <c r="A82" s="11" t="s">
+      <c r="B91" s="10">
+        <v>569320349</v>
+      </c>
+      <c r="C91" s="10">
+        <v>42276945</v>
+      </c>
+      <c r="D91" s="10">
+        <v>0</v>
+      </c>
+      <c r="E91" s="10">
+        <v>0</v>
+      </c>
+      <c r="F91" s="9">
+        <v>241005883</v>
+      </c>
+      <c r="G91" s="8">
+        <v>370591411</v>
+      </c>
+      <c r="H91" s="9">
+        <v>152014041</v>
+      </c>
+      <c r="I91" s="9">
+        <v>104546664</v>
+      </c>
+      <c r="J91" s="8">
+        <v>47467377</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A92" s="19" t="s">
         <v>90</v>
       </c>
-      <c r="C82" s="12">
-[...28 lines deleted...]
-      <c r="A83" s="11" t="s">
+      <c r="B92" s="10">
+        <v>32000329800</v>
+      </c>
+      <c r="C92" s="10">
+        <v>2836986900</v>
+      </c>
+      <c r="D92" s="10">
+        <v>997481500</v>
+      </c>
+      <c r="E92" s="10">
+        <v>1906804000</v>
+      </c>
+      <c r="F92" s="9">
+        <v>3433736946</v>
+      </c>
+      <c r="G92" s="8">
+        <v>34307865254</v>
+      </c>
+      <c r="H92" s="9">
+        <v>1792269000</v>
+      </c>
+      <c r="I92" s="9">
+        <v>1179909290</v>
+      </c>
+      <c r="J92" s="8">
+        <v>612359710</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A93" s="19" t="s">
         <v>91</v>
       </c>
-      <c r="C83" s="12">
-[...28 lines deleted...]
-      <c r="A84" s="11" t="s">
+      <c r="B93" s="10">
+        <v>3219807218</v>
+      </c>
+      <c r="C93" s="10">
+        <v>612002846</v>
+      </c>
+      <c r="D93" s="10">
+        <v>161391949</v>
+      </c>
+      <c r="E93" s="10">
+        <v>0</v>
+      </c>
+      <c r="F93" s="9">
+        <v>285367446</v>
+      </c>
+      <c r="G93" s="8">
+        <v>3707834567</v>
+      </c>
+      <c r="H93" s="9">
+        <v>356273911</v>
+      </c>
+      <c r="I93" s="9">
+        <v>224977861</v>
+      </c>
+      <c r="J93" s="8">
+        <v>131296050</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A94" s="19" t="s">
         <v>92</v>
       </c>
-      <c r="C84" s="12">
-[...28 lines deleted...]
-      <c r="A85" s="11" t="s">
+      <c r="B94" s="10">
+        <v>198270867093</v>
+      </c>
+      <c r="C94" s="10">
+        <v>103336266675</v>
+      </c>
+      <c r="D94" s="10">
+        <v>9526914475</v>
+      </c>
+      <c r="E94" s="10">
+        <v>0</v>
+      </c>
+      <c r="F94" s="9">
+        <v>36532386083</v>
+      </c>
+      <c r="G94" s="8">
+        <v>274601662160</v>
+      </c>
+      <c r="H94" s="9">
+        <v>3802378241</v>
+      </c>
+      <c r="I94" s="9">
+        <v>3521399980</v>
+      </c>
+      <c r="J94" s="8">
+        <v>280978261</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A95" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="C85" s="12">
-[...28 lines deleted...]
-      <c r="A86" s="11" t="s">
+      <c r="B95" s="10">
+        <v>2398881045</v>
+      </c>
+      <c r="C95" s="10">
+        <v>113198315</v>
+      </c>
+      <c r="D95" s="10">
+        <v>44831078</v>
+      </c>
+      <c r="E95" s="10">
+        <v>0</v>
+      </c>
+      <c r="F95" s="9">
+        <v>306516951</v>
+      </c>
+      <c r="G95" s="8">
+        <v>2250393487</v>
+      </c>
+      <c r="H95" s="9">
+        <v>200825962</v>
+      </c>
+      <c r="I95" s="9">
+        <v>117939489</v>
+      </c>
+      <c r="J95" s="8">
+        <v>82886473</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A96" s="19" t="s">
         <v>94</v>
       </c>
-      <c r="C86" s="12">
-[...28 lines deleted...]
-      <c r="A87" s="11" t="s">
+      <c r="B96" s="10">
+        <v>434229240</v>
+      </c>
+      <c r="C96" s="10">
+        <v>90426060</v>
+      </c>
+      <c r="D96" s="10">
+        <v>14930120</v>
+      </c>
+      <c r="E96" s="10">
+        <v>323441420</v>
+      </c>
+      <c r="F96" s="9">
+        <v>149087933</v>
+      </c>
+      <c r="G96" s="8">
+        <v>713938907</v>
+      </c>
+      <c r="H96" s="9">
+        <v>254995040</v>
+      </c>
+      <c r="I96" s="9">
+        <v>138110090</v>
+      </c>
+      <c r="J96" s="8">
+        <v>116884950</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A97" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="C87" s="12">
-[...28 lines deleted...]
-      <c r="A88" s="11" t="s">
+      <c r="B97" s="10">
+        <v>10454865146</v>
+      </c>
+      <c r="C97" s="10">
+        <v>3485565183</v>
+      </c>
+      <c r="D97" s="10">
+        <v>25920780</v>
+      </c>
+      <c r="E97" s="10">
+        <v>0</v>
+      </c>
+      <c r="F97" s="9">
+        <v>339385603</v>
+      </c>
+      <c r="G97" s="8">
+        <v>13626965506</v>
+      </c>
+      <c r="H97" s="9">
+        <v>323690900</v>
+      </c>
+      <c r="I97" s="9">
+        <v>282276465</v>
+      </c>
+      <c r="J97" s="8">
+        <v>41414435</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A98" s="19" t="s">
         <v>96</v>
       </c>
-      <c r="C88" s="12">
-[...28 lines deleted...]
-      <c r="A89" s="11" t="s">
+      <c r="B98" s="10">
+        <v>5999881130</v>
+      </c>
+      <c r="C98" s="10">
+        <v>2112634420</v>
+      </c>
+      <c r="D98" s="10">
+        <v>338021253</v>
+      </c>
+      <c r="E98" s="10">
+        <v>0</v>
+      </c>
+      <c r="F98" s="9">
+        <v>1571168256</v>
+      </c>
+      <c r="G98" s="8">
+        <v>6879368547</v>
+      </c>
+      <c r="H98" s="9">
+        <v>876599482</v>
+      </c>
+      <c r="I98" s="9">
+        <v>598950330</v>
+      </c>
+      <c r="J98" s="8">
+        <v>277649152</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A99" s="19" t="s">
         <v>97</v>
       </c>
-      <c r="C89" s="12">
-[...28 lines deleted...]
-      <c r="A90" s="11" t="s">
+      <c r="B99" s="10">
+        <v>4803297500</v>
+      </c>
+      <c r="C99" s="10">
+        <v>695845120</v>
+      </c>
+      <c r="D99" s="10">
+        <v>0</v>
+      </c>
+      <c r="E99" s="10">
+        <v>0</v>
+      </c>
+      <c r="F99" s="9">
+        <v>675941460</v>
+      </c>
+      <c r="G99" s="8">
+        <v>4823201160</v>
+      </c>
+      <c r="H99" s="9">
+        <v>997937940</v>
+      </c>
+      <c r="I99" s="9">
+        <v>626626680</v>
+      </c>
+      <c r="J99" s="8">
+        <v>371311260</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A100" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="C90" s="12">
-[...28 lines deleted...]
-      <c r="A91" s="11" t="s">
+      <c r="B100" s="10">
+        <v>6213975346</v>
+      </c>
+      <c r="C100" s="10">
+        <v>1446696828</v>
+      </c>
+      <c r="D100" s="10">
+        <v>717760036</v>
+      </c>
+      <c r="E100" s="10">
+        <v>0</v>
+      </c>
+      <c r="F100" s="9">
+        <v>322010911</v>
+      </c>
+      <c r="G100" s="8">
+        <v>8056421299</v>
+      </c>
+      <c r="H100" s="9">
+        <v>477491740</v>
+      </c>
+      <c r="I100" s="9">
+        <v>224124601</v>
+      </c>
+      <c r="J100" s="8">
+        <v>253367139</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="19" t="s">
         <v>99</v>
       </c>
-      <c r="C91" s="12">
-[...28 lines deleted...]
-      <c r="A92" s="11" t="s">
+      <c r="B101" s="10">
+        <v>3273835946</v>
+      </c>
+      <c r="C101" s="10">
+        <v>240462805</v>
+      </c>
+      <c r="D101" s="10">
+        <v>125579265</v>
+      </c>
+      <c r="E101" s="10">
+        <v>0</v>
+      </c>
+      <c r="F101" s="9">
+        <v>567715707</v>
+      </c>
+      <c r="G101" s="8">
+        <v>3072162309</v>
+      </c>
+      <c r="H101" s="9">
+        <v>651745737</v>
+      </c>
+      <c r="I101" s="9">
+        <v>521514195</v>
+      </c>
+      <c r="J101" s="8">
+        <v>130231542</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A102" s="19" t="s">
         <v>100</v>
       </c>
-      <c r="C92" s="12">
-[...28 lines deleted...]
-      <c r="A93" s="11" t="s">
+      <c r="B102" s="10">
+        <v>3224942629</v>
+      </c>
+      <c r="C102" s="10">
+        <v>225762463</v>
+      </c>
+      <c r="D102" s="10">
+        <v>36066700</v>
+      </c>
+      <c r="E102" s="10">
+        <v>456305100</v>
+      </c>
+      <c r="F102" s="9">
+        <v>355127154</v>
+      </c>
+      <c r="G102" s="8">
+        <v>3587949738</v>
+      </c>
+      <c r="H102" s="9">
+        <v>482505100</v>
+      </c>
+      <c r="I102" s="9">
+        <v>292389687</v>
+      </c>
+      <c r="J102" s="8">
+        <v>190115413</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A103" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="B103" s="11">
+        <v>1243092683355</v>
+      </c>
+      <c r="C103" s="11">
+        <v>426409188845</v>
+      </c>
+      <c r="D103" s="11">
+        <v>54466277528</v>
+      </c>
+      <c r="E103" s="11">
+        <v>46113630858</v>
+      </c>
+      <c r="F103" s="11">
+        <v>200741243095</v>
+      </c>
+      <c r="G103" s="8">
+        <v>1569340537491</v>
+      </c>
+      <c r="H103" s="11">
+        <v>58386545241</v>
+      </c>
+      <c r="I103" s="11">
+        <v>42203555693</v>
+      </c>
+      <c r="J103" s="21">
+        <v>16182989548</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A104" s="22" t="s">
+        <v>119</v>
+      </c>
+      <c r="B104" s="23"/>
+      <c r="C104" s="23"/>
+      <c r="D104" s="23"/>
+      <c r="E104" s="23"/>
+      <c r="F104" s="23"/>
+      <c r="G104" s="24"/>
+      <c r="H104" s="23"/>
+      <c r="I104" s="23"/>
+      <c r="J104" s="25"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.5" right="0.25" top="0.3" bottom="0.3" header="0.3" footer="0.3"/>
+  <pageSetup scale="65" orientation="landscape" verticalDpi="599" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38E012EF-64B2-4C1B-92D3-8A55B0AEFD42}">
+  <dimension ref="A1:E9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="15.26953125" customWidth="1"/>
+    <col min="2" max="2" width="80.1796875" customWidth="1"/>
+    <col min="3" max="3" width="30" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="7" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="26" t="s">
         <v>101</v>
       </c>
-      <c r="C93" s="12">
-[...28 lines deleted...]
-      <c r="A94" s="11" t="s">
+      <c r="B2" s="2"/>
+    </row>
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="27" t="s">
         <v>102</v>
       </c>
-      <c r="C94" s="12">
-[...28 lines deleted...]
-      <c r="A95" s="11" t="s">
+      <c r="B3" s="28" t="s">
         <v>103</v>
       </c>
-      <c r="C95" s="12">
-[...28 lines deleted...]
-      <c r="A96" s="11" t="s">
+    </row>
+    <row r="4" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="3">
+        <v>1</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="41" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="3">
+        <v>2</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A6" s="3">
+        <v>3</v>
+      </c>
+      <c r="B6" s="4" t="s">
         <v>104</v>
       </c>
-      <c r="C96" s="12">
-[...28 lines deleted...]
-      <c r="A97" s="11" t="s">
+      <c r="E6" s="1"/>
+    </row>
+    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="C97" s="12">
-[...443 lines deleted...]
-      </c>
+      <c r="B7" s="6"/>
+      <c r="E7" s="1"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E8" s="1"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E9" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...5 lines deleted...]
-  <pageSetup scale="67" orientation="landscape" verticalDpi="599" r:id="rId1"/>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'LG01B-2024'!Print_Titles</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Values</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>Values!Print_Area</vt:lpstr>
+      <vt:lpstr>Values!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NCDOR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Taxable Real Property By County</dc:title>
   <dc:creator>George G. Hermane</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>