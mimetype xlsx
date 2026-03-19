--- v0 (2025-10-26)
+++ v1 (2026-03-19)
@@ -1,563 +1,1296 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27531"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\Local 2023-2024\County\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\ADA Project\Reports Requiring ADA Remediation\LG01 B Assessiblity Conversion\3. ADA Compliant\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{308C4E98-62DE-460E-A0D9-872811574144}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{52FF9DEF-AE31-4DB2-8117-DBE2E41E4D6D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8BFF31F4-DF9E-43E2-A443-D3FE5870DDE5}"/>
+    <workbookView xWindow="-28910" yWindow="-3200" windowWidth="29020" windowHeight="15700" xr2:uid="{F1B50801-9A9E-4FB1-B21A-42E0F334502B}"/>
   </bookViews>
   <sheets>
-    <sheet name="LG01B 23-24" sheetId="1" r:id="rId1"/>
+    <sheet name="Values" sheetId="1" r:id="rId1"/>
+    <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'LG01B 23-24'!$4:$9</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Values!$A$1:$J$104</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Values!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="119">
-[...355 lines deleted...]
-    <t>NOTE:  This report was prepared from information furnished by the counties on form TR-1-23 submitted to the Local Government Division, North Carolina Department of Revenue</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
+  <si>
+    <t>Totals</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alamance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexander </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alleghany </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beaufort </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bertie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bladen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brunswick </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Buncombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Burke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cabarrus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caldwell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camden </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carteret </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caswell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catawba </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chatham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cherokee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cleveland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Columbus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Craven </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cumberland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Currituck </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dare </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davidson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duplin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edgecombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Forsyth </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franklin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Granville </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guilford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halifax </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harnett </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haywood </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henderson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hertford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyde </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iredell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jackson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jones </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lenoir </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Madison </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mcdowell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mecklenburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitchell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montgomery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nash </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Hanover </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northampton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Onslow </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamlico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pasquotank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pender </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perquimans </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Person </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pitt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polk </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Randolph </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richmond </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robeson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockingham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rutherford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scotland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stanly </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stokes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surry </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swain </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transylvania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrrell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wake </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warren </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Washington </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watauga </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wayne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilkes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yadkin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yancey </t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>Note Number</t>
+  </si>
+  <si>
+    <t>Note Text</t>
+  </si>
+  <si>
+    <t>North Carolina Department of Revenue, Local Government Division, 919-814-1129</t>
+  </si>
+  <si>
+    <t>End of worksheet</t>
+  </si>
+  <si>
+    <t>Counties 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Residential Property</t>
+  </si>
+  <si>
+    <t>Commercial Property</t>
+  </si>
+  <si>
+    <t>Industrial Property</t>
+  </si>
+  <si>
+    <t>Other Property</t>
+  </si>
+  <si>
+    <t>Exclusions, Exemptions &amp; Deferments</t>
+  </si>
+  <si>
+    <t>Total Taxable Real Estate</t>
+  </si>
+  <si>
+    <t>LG01 B Taxable Real Property By County Fiscal, Year 2023-2024</t>
+  </si>
+  <si>
+    <t>LG01 B Taxable Real Property By County, Fiscal Year 2023-2024</t>
+  </si>
+  <si>
+    <t>This report was prepared from information furnished by the counties on the TR-1 2023 form submitted to the Local Government Division, North Carolina Department of Revenue</t>
+  </si>
+  <si>
+    <t>Full Assessed Value, Present Use Value Property
+[Note 2]</t>
+  </si>
+  <si>
+    <t>Deferred Value, Present Use Value Property
+[Note 2]</t>
+  </si>
+  <si>
+    <t>Taxable Value, Present Use Value Property
+[Note 2]</t>
+  </si>
+  <si>
+    <t>End of Worksheet [Note 3]</t>
+  </si>
+  <si>
+    <t>A NC General Assembly enacted voluntary program allows certain agricultural land, horticultural land and forest land to be apprasied at its present-use value, based solely on its ability to produce income and assuming an average level of management.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <numFmts count="3">
+    <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="MS SANS SERIF"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="MS SANS SERIF"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
-      <u/>
-      <sz val="11"/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="3">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...2 lines deleted...]
-      <bottom style="medium">
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
-      <top style="medium">
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="5"/>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="9" xfId="5" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="6" xfId="5" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="7" xfId="5" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="5" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="9" xfId="5" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="8">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 2 2" xfId="6" xr:uid="{5F0C246B-D684-4E10-A989-A95ED23019C8}"/>
+    <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Table Header" xfId="7" xr:uid="{FACA94FE-EC54-4BC8-A762-152CFA11D1A3}"/>
+    <cellStyle name="Total" xfId="5" builtinId="25" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="20">
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{BFD4E629-CFB6-414D-A67E-8798956D0B01}" name="Values" displayName="Values" ref="A2:J103" totalsRowShown="0" headerRowDxfId="19" dataDxfId="17" headerRowBorderDxfId="18" tableBorderDxfId="16" totalsRowBorderDxfId="15" headerRowCellStyle="Heading 2" dataCellStyle="Comma">
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{8F0FB0A7-4179-409C-84DB-7DEC457A1706}" name="Counties _x000a_[Note 1]" dataDxfId="14" dataCellStyle="Comma"/>
+    <tableColumn id="2" xr3:uid="{A1E6F90D-FE1D-4B99-8C68-06E99916E119}" name="Residential Property" dataDxfId="13" dataCellStyle="Comma"/>
+    <tableColumn id="3" xr3:uid="{6EE072BB-FE7C-4BEB-BC19-A6AA4BFBC4D3}" name="Commercial Property" dataDxfId="12" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{1A3E7EB5-8EEE-4F65-9303-72469FA96258}" name="Industrial Property" dataDxfId="11" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{AC976478-33A0-4D62-9B9F-0FA40FC77224}" name="Other Property" dataDxfId="10" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{997C8754-F3A0-41DA-A432-07255760B043}" name="Exclusions, Exemptions &amp; Deferments" dataDxfId="9" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{B2F9474C-D4A7-47CD-9F41-62495D57BC83}" name="Total Taxable Real Estate" dataCellStyle="Total"/>
+    <tableColumn id="8" xr3:uid="{27F2F321-1D0C-403A-A90F-70C25965C3C0}" name="Full Assessed Value, Present Use Value Property_x000a_[Note 2]" dataDxfId="8" dataCellStyle="Comma"/>
+    <tableColumn id="9" xr3:uid="{41108EB9-31C7-4715-9616-478948256E60}" name="Deferred Value, Present Use Value Property_x000a_[Note 2]" dataDxfId="7" dataCellStyle="Comma"/>
+    <tableColumn id="10" xr3:uid="{4B35B20E-352A-44D0-8F8A-6EB8AC449B92}" name="Taxable Value, Present Use Value Property_x000a_[Note 2]" dataDxfId="6" dataCellStyle="Comma"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8EE7C22C-EE02-42BB-9CA6-208A22BA2799}" name="Notes" displayName="Notes" ref="A3:B6" totalsRowShown="0" headerRowDxfId="0" dataDxfId="5" tableBorderDxfId="4" totalsRowBorderDxfId="3" headerRowCellStyle="Heading 3">
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{90B761A3-6837-4018-A8BC-62F8C0D2A3EC}" name="Note Number" dataDxfId="2"/>
+    <tableColumn id="2" xr3:uid="{7D6239C2-5675-460A-BFFD-E7763B9C2E3B}" name="Note Text" dataDxfId="1"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -812,3500 +1545,3483 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC97F80D-626A-4BB1-A657-D07583BAED9E}">
-  <dimension ref="A1:O114"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AABE1E6A-B892-4F56-A371-FA17A0AE437F}">
+  <dimension ref="A1:N104"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="15.7265625" style="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="14" max="16384" width="9.1796875" style="3"/>
+    <col min="1" max="3" width="18.81640625" style="12" customWidth="1"/>
+    <col min="4" max="4" width="17.36328125" style="12" customWidth="1"/>
+    <col min="5" max="5" width="16.26953125" style="12" customWidth="1"/>
+    <col min="6" max="6" width="17" style="12" customWidth="1"/>
+    <col min="7" max="7" width="18.81640625" style="12" customWidth="1"/>
+    <col min="8" max="8" width="20.36328125" style="12" customWidth="1"/>
+    <col min="9" max="9" width="17.7265625" style="12" customWidth="1"/>
+    <col min="10" max="10" width="16.81640625" style="12" customWidth="1"/>
+    <col min="11" max="12" width="9.1796875" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="A2" s="10" t="s">
+    <row r="1" spans="1:14" s="15" customFormat="1" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="14"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="14"/>
+      <c r="K1" s="16"/>
+      <c r="L1" s="16"/>
+    </row>
+    <row r="2" spans="1:14" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="D2" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="E2" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="F2" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="G2" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="I2" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="J2" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+      <c r="M2" s="18"/>
+      <c r="N2" s="18"/>
+    </row>
+    <row r="3" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="10"/>
-[...11 lines deleted...]
-      <c r="A3" s="10" t="s">
+      <c r="B3" s="9">
+        <v>16800635048</v>
+      </c>
+      <c r="C3" s="9">
+        <v>3705212848</v>
+      </c>
+      <c r="D3" s="9">
+        <v>1291969474</v>
+      </c>
+      <c r="E3" s="9">
+        <v>0</v>
+      </c>
+      <c r="F3" s="8">
+        <v>738684220</v>
+      </c>
+      <c r="G3" s="7">
+        <v>21059133150</v>
+      </c>
+      <c r="H3" s="8">
+        <v>756571790</v>
+      </c>
+      <c r="I3" s="8">
+        <v>442160519</v>
+      </c>
+      <c r="J3" s="7">
+        <v>314411271</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="10"/>
-[...24 lines deleted...]
-      <c r="I5" s="11" t="s">
+      <c r="B4" s="9">
+        <v>3349121990</v>
+      </c>
+      <c r="C4" s="9">
+        <v>200414831</v>
+      </c>
+      <c r="D4" s="9">
+        <v>88769126</v>
+      </c>
+      <c r="E4" s="9">
+        <v>0</v>
+      </c>
+      <c r="F4" s="8">
+        <v>330098588</v>
+      </c>
+      <c r="G4" s="7">
+        <v>3308207359</v>
+      </c>
+      <c r="H4" s="8">
+        <v>528412080</v>
+      </c>
+      <c r="I4" s="8">
+        <v>272126608</v>
+      </c>
+      <c r="J4" s="7">
+        <v>256285472</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="11"/>
-[...3 lines deleted...]
-      <c r="A6" s="1" t="s">
+      <c r="B5" s="9">
+        <v>1989838835</v>
+      </c>
+      <c r="C5" s="9">
+        <v>137886100</v>
+      </c>
+      <c r="D5" s="9">
+        <v>37395300</v>
+      </c>
+      <c r="E5" s="9">
+        <v>177491585</v>
+      </c>
+      <c r="F5" s="8">
+        <v>561759283</v>
+      </c>
+      <c r="G5" s="7">
+        <v>1780852537</v>
+      </c>
+      <c r="H5" s="8">
+        <v>432045794</v>
+      </c>
+      <c r="I5" s="8">
+        <v>366697500</v>
+      </c>
+      <c r="J5" s="7">
+        <v>65348294</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="4" t="s">
+      <c r="B6" s="9">
+        <v>1494438370</v>
+      </c>
+      <c r="C6" s="9">
+        <v>266371990</v>
+      </c>
+      <c r="D6" s="9">
+        <v>45787174</v>
+      </c>
+      <c r="E6" s="9">
+        <v>0</v>
+      </c>
+      <c r="F6" s="8">
+        <v>392499400</v>
+      </c>
+      <c r="G6" s="7">
+        <v>1414098134</v>
+      </c>
+      <c r="H6" s="8">
+        <v>648111700</v>
+      </c>
+      <c r="I6" s="8">
+        <v>349212434</v>
+      </c>
+      <c r="J6" s="7">
+        <v>298899266</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="4" t="s">
+      <c r="B7" s="9">
+        <v>5573262725</v>
+      </c>
+      <c r="C7" s="9">
+        <v>512863788</v>
+      </c>
+      <c r="D7" s="9">
+        <v>22754600</v>
+      </c>
+      <c r="E7" s="9">
+        <v>88702300</v>
+      </c>
+      <c r="F7" s="8">
+        <v>910252354</v>
+      </c>
+      <c r="G7" s="7">
+        <v>5287331059</v>
+      </c>
+      <c r="H7" s="8">
+        <v>522851749</v>
+      </c>
+      <c r="I7" s="8">
+        <v>428704800</v>
+      </c>
+      <c r="J7" s="7">
+        <v>94146949</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="4" t="s">
+      <c r="B8" s="9">
+        <v>5622634899</v>
+      </c>
+      <c r="C8" s="9">
+        <v>628567500</v>
+      </c>
+      <c r="D8" s="9">
+        <v>31900100</v>
+      </c>
+      <c r="E8" s="9">
+        <v>0</v>
+      </c>
+      <c r="F8" s="8">
+        <v>651378438</v>
+      </c>
+      <c r="G8" s="7">
+        <v>5631724061</v>
+      </c>
+      <c r="H8" s="8">
+        <v>140061504</v>
+      </c>
+      <c r="I8" s="8">
+        <v>105497400</v>
+      </c>
+      <c r="J8" s="7">
+        <v>34564104</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="F6" s="4" t="s">
+      <c r="B9" s="9">
+        <v>4002180281</v>
+      </c>
+      <c r="C9" s="9">
+        <v>1009895931</v>
+      </c>
+      <c r="D9" s="9">
+        <v>0</v>
+      </c>
+      <c r="E9" s="9">
+        <v>0</v>
+      </c>
+      <c r="F9" s="8">
+        <v>890840517</v>
+      </c>
+      <c r="G9" s="7">
+        <v>4121235695</v>
+      </c>
+      <c r="H9" s="8">
+        <v>364821198</v>
+      </c>
+      <c r="I9" s="8">
+        <v>273811556</v>
+      </c>
+      <c r="J9" s="7">
+        <v>91009642</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="G6" s="4" t="s">
+      <c r="B10" s="9">
+        <v>1077515250</v>
+      </c>
+      <c r="C10" s="9">
+        <v>150870517</v>
+      </c>
+      <c r="D10" s="9">
+        <v>0</v>
+      </c>
+      <c r="E10" s="9">
+        <v>205964281</v>
+      </c>
+      <c r="F10" s="8">
+        <v>424316264</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1010033784</v>
+      </c>
+      <c r="H10" s="8">
+        <v>383974917</v>
+      </c>
+      <c r="I10" s="8">
+        <v>188073989</v>
+      </c>
+      <c r="J10" s="7">
+        <v>195900928</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="H6" s="4" t="s">
+      <c r="B11" s="9">
+        <v>2220308924</v>
+      </c>
+      <c r="C11" s="9">
+        <v>218951490</v>
+      </c>
+      <c r="D11" s="9">
+        <v>148643180</v>
+      </c>
+      <c r="E11" s="9">
+        <v>0</v>
+      </c>
+      <c r="F11" s="8">
+        <v>286841631</v>
+      </c>
+      <c r="G11" s="7">
+        <v>2301061963</v>
+      </c>
+      <c r="H11" s="8">
+        <v>490107128</v>
+      </c>
+      <c r="I11" s="8">
+        <v>243207368</v>
+      </c>
+      <c r="J11" s="7">
+        <v>246899760</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="I6" s="4" t="s">
+      <c r="B12" s="9">
+        <v>41852686950</v>
+      </c>
+      <c r="C12" s="9">
+        <v>5983954456</v>
+      </c>
+      <c r="D12" s="9">
+        <v>251777830</v>
+      </c>
+      <c r="E12" s="9">
+        <v>0</v>
+      </c>
+      <c r="F12" s="8">
+        <v>3076768264</v>
+      </c>
+      <c r="G12" s="7">
+        <v>45011650972</v>
+      </c>
+      <c r="H12" s="8">
+        <v>778428390</v>
+      </c>
+      <c r="I12" s="8">
+        <v>619855610</v>
+      </c>
+      <c r="J12" s="7">
+        <v>158572780</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="J6" s="4" t="s">
+      <c r="B13" s="9">
+        <v>34829843784</v>
+      </c>
+      <c r="C13" s="9">
+        <v>9419075896</v>
+      </c>
+      <c r="D13" s="9">
+        <v>697562687</v>
+      </c>
+      <c r="E13" s="9">
+        <v>6162895800</v>
+      </c>
+      <c r="F13" s="8">
+        <v>6989321556</v>
+      </c>
+      <c r="G13" s="7">
+        <v>44120056611</v>
+      </c>
+      <c r="H13" s="8">
+        <v>1324656600</v>
+      </c>
+      <c r="I13" s="8">
+        <v>843498100</v>
+      </c>
+      <c r="J13" s="7">
+        <v>481158500</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="K6" s="4" t="s">
+      <c r="B14" s="9">
+        <v>7228875775</v>
+      </c>
+      <c r="C14" s="9">
+        <v>2668120908</v>
+      </c>
+      <c r="D14" s="9">
+        <v>312381331</v>
+      </c>
+      <c r="E14" s="9">
+        <v>402177389</v>
+      </c>
+      <c r="F14" s="8">
+        <v>2218026050</v>
+      </c>
+      <c r="G14" s="7">
+        <v>8393529353</v>
+      </c>
+      <c r="H14" s="8">
+        <v>196125052</v>
+      </c>
+      <c r="I14" s="8">
+        <v>180230901</v>
+      </c>
+      <c r="J14" s="7">
+        <v>15894151</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="L6" s="4"/>
-[...5 lines deleted...]
-      <c r="C7" s="4" t="s">
+      <c r="B15" s="9">
+        <v>20579247668</v>
+      </c>
+      <c r="C15" s="9">
+        <v>7263613983</v>
+      </c>
+      <c r="D15" s="9">
+        <v>2584610037</v>
+      </c>
+      <c r="E15" s="9">
+        <v>0</v>
+      </c>
+      <c r="F15" s="8">
+        <v>4250339734</v>
+      </c>
+      <c r="G15" s="7">
+        <v>26177131954</v>
+      </c>
+      <c r="H15" s="8">
+        <v>992304580</v>
+      </c>
+      <c r="I15" s="8">
+        <v>896746770</v>
+      </c>
+      <c r="J15" s="7">
+        <v>95557810</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="D7" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="4" t="s">
+      <c r="B16" s="9">
+        <v>5326693566</v>
+      </c>
+      <c r="C16" s="9">
+        <v>1705301351</v>
+      </c>
+      <c r="D16" s="9">
+        <v>186370600</v>
+      </c>
+      <c r="E16" s="9">
+        <v>0</v>
+      </c>
+      <c r="F16" s="8">
+        <v>1163781044</v>
+      </c>
+      <c r="G16" s="7">
+        <v>6054584473</v>
+      </c>
+      <c r="H16" s="8">
+        <v>412000125</v>
+      </c>
+      <c r="I16" s="8">
+        <v>273183700</v>
+      </c>
+      <c r="J16" s="7">
+        <v>138816425</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="H7" s="4" t="s">
+      <c r="B17" s="9">
+        <v>1249893390</v>
+      </c>
+      <c r="C17" s="9">
+        <v>75206905</v>
+      </c>
+      <c r="D17" s="9">
+        <v>0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>358057491</v>
+      </c>
+      <c r="F17" s="8">
+        <v>216735866</v>
+      </c>
+      <c r="G17" s="7">
+        <v>1466421920</v>
+      </c>
+      <c r="H17" s="8">
+        <v>265014986</v>
+      </c>
+      <c r="I17" s="8">
+        <v>202476255</v>
+      </c>
+      <c r="J17" s="7">
+        <v>62538731</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="I7" s="4" t="s">
-[...16 lines deleted...]
-      <c r="C8" s="7" t="s">
+      <c r="B18" s="9">
+        <v>17156997551</v>
+      </c>
+      <c r="C18" s="9">
+        <v>1509294174</v>
+      </c>
+      <c r="D18" s="9">
+        <v>27076594</v>
+      </c>
+      <c r="E18" s="9">
+        <v>150399034</v>
+      </c>
+      <c r="F18" s="8">
+        <v>3420858487</v>
+      </c>
+      <c r="G18" s="7">
+        <v>15422908866</v>
+      </c>
+      <c r="H18" s="8">
+        <v>172980998</v>
+      </c>
+      <c r="I18" s="8">
+        <v>97514189</v>
+      </c>
+      <c r="J18" s="7">
+        <v>75466809</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="D8" s="7" t="s">
-[...29 lines deleted...]
-      <c r="A10" s="8" t="s">
+      <c r="B19" s="9">
+        <v>1683556780</v>
+      </c>
+      <c r="C19" s="9">
+        <v>0</v>
+      </c>
+      <c r="D19" s="9">
+        <v>0</v>
+      </c>
+      <c r="E19" s="9">
+        <v>0</v>
+      </c>
+      <c r="F19" s="8">
+        <v>275793000</v>
+      </c>
+      <c r="G19" s="7">
+        <v>1407763780</v>
+      </c>
+      <c r="H19" s="8">
+        <v>271801689</v>
+      </c>
+      <c r="I19" s="8">
+        <v>230454155</v>
+      </c>
+      <c r="J19" s="7">
+        <v>41347534</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="9">
-[...28 lines deleted...]
-      <c r="A11" s="8" t="s">
+      <c r="B20" s="9">
+        <v>17879710600</v>
+      </c>
+      <c r="C20" s="9">
+        <v>5353171534</v>
+      </c>
+      <c r="D20" s="9">
+        <v>2408985500</v>
+      </c>
+      <c r="E20" s="9">
+        <v>0</v>
+      </c>
+      <c r="F20" s="8">
+        <v>2522227600</v>
+      </c>
+      <c r="G20" s="7">
+        <v>23119640034</v>
+      </c>
+      <c r="H20" s="8">
+        <v>570842200</v>
+      </c>
+      <c r="I20" s="8">
+        <v>332395500</v>
+      </c>
+      <c r="J20" s="7">
+        <v>238446700</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="C11" s="9">
-[...28 lines deleted...]
-      <c r="A12" s="8" t="s">
+      <c r="B21" s="9">
+        <v>12506988470</v>
+      </c>
+      <c r="C21" s="9">
+        <v>1143638478</v>
+      </c>
+      <c r="D21" s="9">
+        <v>200395536</v>
+      </c>
+      <c r="E21" s="9">
+        <v>0</v>
+      </c>
+      <c r="F21" s="8">
+        <v>1066815900</v>
+      </c>
+      <c r="G21" s="7">
+        <v>12784206584</v>
+      </c>
+      <c r="H21" s="8">
+        <v>1488781981</v>
+      </c>
+      <c r="I21" s="8">
+        <v>996768374</v>
+      </c>
+      <c r="J21" s="7">
+        <v>492013607</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="9">
-[...28 lines deleted...]
-      <c r="A13" s="8" t="s">
+      <c r="B22" s="9">
+        <v>3214278340</v>
+      </c>
+      <c r="C22" s="9">
+        <v>907597040</v>
+      </c>
+      <c r="D22" s="9">
+        <v>46683900</v>
+      </c>
+      <c r="E22" s="9">
+        <v>2845730</v>
+      </c>
+      <c r="F22" s="8">
+        <v>702586712</v>
+      </c>
+      <c r="G22" s="7">
+        <v>3468818298</v>
+      </c>
+      <c r="H22" s="8">
+        <v>214549990</v>
+      </c>
+      <c r="I22" s="8">
+        <v>134107910</v>
+      </c>
+      <c r="J22" s="7">
+        <v>80442080</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="C13" s="9">
-[...28 lines deleted...]
-      <c r="A14" s="8" t="s">
+      <c r="B23" s="9">
+        <v>1412223699</v>
+      </c>
+      <c r="C23" s="9">
+        <v>268741434</v>
+      </c>
+      <c r="D23" s="9">
+        <v>6856865</v>
+      </c>
+      <c r="E23" s="9">
+        <v>195939546</v>
+      </c>
+      <c r="F23" s="8">
+        <v>348458235</v>
+      </c>
+      <c r="G23" s="7">
+        <v>1535303309</v>
+      </c>
+      <c r="H23" s="8">
+        <v>182746810</v>
+      </c>
+      <c r="I23" s="8">
+        <v>129441046</v>
+      </c>
+      <c r="J23" s="7">
+        <v>53305764</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="9">
-[...28 lines deleted...]
-      <c r="A15" s="8" t="s">
+      <c r="B24" s="9">
+        <v>1849563781</v>
+      </c>
+      <c r="C24" s="9">
+        <v>135496000</v>
+      </c>
+      <c r="D24" s="9">
+        <v>13168700</v>
+      </c>
+      <c r="E24" s="9">
+        <v>0</v>
+      </c>
+      <c r="F24" s="8">
+        <v>107606065</v>
+      </c>
+      <c r="G24" s="7">
+        <v>1890622416</v>
+      </c>
+      <c r="H24" s="8">
+        <v>103635500</v>
+      </c>
+      <c r="I24" s="8">
+        <v>87745400</v>
+      </c>
+      <c r="J24" s="7">
+        <v>15890100</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="9">
-[...28 lines deleted...]
-      <c r="A16" s="8" t="s">
+      <c r="B25" s="9">
+        <v>5646774531</v>
+      </c>
+      <c r="C25" s="9">
+        <v>698227294</v>
+      </c>
+      <c r="D25" s="9">
+        <v>706965572</v>
+      </c>
+      <c r="E25" s="9">
+        <v>0</v>
+      </c>
+      <c r="F25" s="8">
+        <v>398348752</v>
+      </c>
+      <c r="G25" s="7">
+        <v>6653618645</v>
+      </c>
+      <c r="H25" s="8">
+        <v>582100051</v>
+      </c>
+      <c r="I25" s="8">
+        <v>318328216</v>
+      </c>
+      <c r="J25" s="7">
+        <v>263771835</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="C16" s="9">
-[...28 lines deleted...]
-      <c r="A17" s="8" t="s">
+      <c r="B26" s="9">
+        <v>2771757902</v>
+      </c>
+      <c r="C26" s="9">
+        <v>370720729</v>
+      </c>
+      <c r="D26" s="9">
+        <v>79942100</v>
+      </c>
+      <c r="E26" s="9">
+        <v>122664020</v>
+      </c>
+      <c r="F26" s="8">
+        <v>527074496</v>
+      </c>
+      <c r="G26" s="7">
+        <v>2818010255</v>
+      </c>
+      <c r="H26" s="8">
+        <v>420013700</v>
+      </c>
+      <c r="I26" s="8">
+        <v>167393000</v>
+      </c>
+      <c r="J26" s="7">
+        <v>252620700</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="19" t="s">
         <v>25</v>
       </c>
-      <c r="C17" s="9">
-[...28 lines deleted...]
-      <c r="A18" s="8" t="s">
+      <c r="B27" s="9">
+        <v>8765867367</v>
+      </c>
+      <c r="C27" s="9">
+        <v>2517865678</v>
+      </c>
+      <c r="D27" s="9">
+        <v>64803380</v>
+      </c>
+      <c r="E27" s="9">
+        <v>5362766084</v>
+      </c>
+      <c r="F27" s="8">
+        <v>5362766084</v>
+      </c>
+      <c r="G27" s="7">
+        <v>11348536425</v>
+      </c>
+      <c r="H27" s="8">
+        <v>339177573</v>
+      </c>
+      <c r="I27" s="8">
+        <v>259472960</v>
+      </c>
+      <c r="J27" s="7">
+        <v>79704613</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C18" s="9">
-[...28 lines deleted...]
-      <c r="A19" s="8" t="s">
+      <c r="B28" s="9">
+        <v>15839684308</v>
+      </c>
+      <c r="C28" s="9">
+        <v>5996224269</v>
+      </c>
+      <c r="D28" s="9">
+        <v>106994131</v>
+      </c>
+      <c r="E28" s="9">
+        <v>821805984</v>
+      </c>
+      <c r="F28" s="8">
+        <v>2907043715</v>
+      </c>
+      <c r="G28" s="7">
+        <v>19857664977</v>
+      </c>
+      <c r="H28" s="8">
+        <v>484699585</v>
+      </c>
+      <c r="I28" s="8">
+        <v>336706846</v>
+      </c>
+      <c r="J28" s="7">
+        <v>147992739</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="C19" s="9">
-[...28 lines deleted...]
-      <c r="A20" s="8" t="s">
+      <c r="B29" s="9">
+        <v>7423996900</v>
+      </c>
+      <c r="C29" s="9">
+        <v>543673300</v>
+      </c>
+      <c r="D29" s="9">
+        <v>0</v>
+      </c>
+      <c r="E29" s="9">
+        <v>0</v>
+      </c>
+      <c r="F29" s="8">
+        <v>262833418</v>
+      </c>
+      <c r="G29" s="7">
+        <v>7704836782</v>
+      </c>
+      <c r="H29" s="8">
+        <v>292777200</v>
+      </c>
+      <c r="I29" s="8">
+        <v>228854580</v>
+      </c>
+      <c r="J29" s="7">
+        <v>63922620</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="19" t="s">
         <v>28</v>
       </c>
-      <c r="C20" s="9">
-[...28 lines deleted...]
-      <c r="A21" s="8" t="s">
+      <c r="B30" s="9">
+        <v>14678545300</v>
+      </c>
+      <c r="C30" s="9">
+        <v>1556292400</v>
+      </c>
+      <c r="D30" s="9">
+        <v>0</v>
+      </c>
+      <c r="E30" s="9">
+        <v>0</v>
+      </c>
+      <c r="F30" s="8">
+        <v>51854209</v>
+      </c>
+      <c r="G30" s="7">
+        <v>16182983491</v>
+      </c>
+      <c r="H30" s="8">
+        <v>101700</v>
+      </c>
+      <c r="I30" s="8">
+        <v>90500</v>
+      </c>
+      <c r="J30" s="7">
+        <v>11200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="C21" s="9">
-[...28 lines deleted...]
-      <c r="A22" s="8" t="s">
+      <c r="B31" s="9">
+        <v>13312273552</v>
+      </c>
+      <c r="C31" s="9">
+        <v>1156363110</v>
+      </c>
+      <c r="D31" s="9">
+        <v>1054806990</v>
+      </c>
+      <c r="E31" s="9">
+        <v>14628211</v>
+      </c>
+      <c r="F31" s="8">
+        <v>794401848</v>
+      </c>
+      <c r="G31" s="7">
+        <v>14743670015</v>
+      </c>
+      <c r="H31" s="8">
+        <v>678115020</v>
+      </c>
+      <c r="I31" s="8">
+        <v>574285860</v>
+      </c>
+      <c r="J31" s="7">
+        <v>103829160</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="C22" s="9">
-[...28 lines deleted...]
-      <c r="A23" s="8" t="s">
+      <c r="B32" s="9">
+        <v>4017703879</v>
+      </c>
+      <c r="C32" s="9">
+        <v>815839001</v>
+      </c>
+      <c r="D32" s="9">
+        <v>405637620</v>
+      </c>
+      <c r="E32" s="9">
+        <v>0</v>
+      </c>
+      <c r="F32" s="8">
+        <v>881517385</v>
+      </c>
+      <c r="G32" s="7">
+        <v>4357663115</v>
+      </c>
+      <c r="H32" s="8">
+        <v>636014917</v>
+      </c>
+      <c r="I32" s="8">
+        <v>440128457</v>
+      </c>
+      <c r="J32" s="7">
+        <v>195886460</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="19" t="s">
         <v>31</v>
       </c>
-      <c r="C23" s="9">
-[...28 lines deleted...]
-      <c r="A24" s="8" t="s">
+      <c r="B33" s="9">
+        <v>3864925762</v>
+      </c>
+      <c r="C33" s="9">
+        <v>658567619</v>
+      </c>
+      <c r="D33" s="9">
+        <v>0</v>
+      </c>
+      <c r="E33" s="9">
+        <v>0</v>
+      </c>
+      <c r="F33" s="8">
+        <v>1025921154</v>
+      </c>
+      <c r="G33" s="7">
+        <v>3497572227</v>
+      </c>
+      <c r="H33" s="8">
+        <v>891869161</v>
+      </c>
+      <c r="I33" s="8">
+        <v>697943643</v>
+      </c>
+      <c r="J33" s="7">
+        <v>193925518</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="C24" s="9">
-[...28 lines deleted...]
-      <c r="A25" s="8" t="s">
+      <c r="B34" s="9">
+        <v>26966205006</v>
+      </c>
+      <c r="C34" s="9">
+        <v>12361652357</v>
+      </c>
+      <c r="D34" s="9">
+        <v>4849316213</v>
+      </c>
+      <c r="E34" s="9">
+        <v>3501702917</v>
+      </c>
+      <c r="F34" s="8">
+        <v>5752692413</v>
+      </c>
+      <c r="G34" s="7">
+        <v>41926184080</v>
+      </c>
+      <c r="H34" s="8">
+        <v>210166807</v>
+      </c>
+      <c r="I34" s="8">
+        <v>204130376</v>
+      </c>
+      <c r="J34" s="7">
+        <v>6036431</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C25" s="9">
-[...28 lines deleted...]
-      <c r="A26" s="8" t="s">
+      <c r="B35" s="9">
+        <v>1539923870</v>
+      </c>
+      <c r="C35" s="9">
+        <v>205040091</v>
+      </c>
+      <c r="D35" s="9">
+        <v>188634684</v>
+      </c>
+      <c r="E35" s="9">
+        <v>769078709</v>
+      </c>
+      <c r="F35" s="8">
+        <v>362424121</v>
+      </c>
+      <c r="G35" s="7">
+        <v>2340253233</v>
+      </c>
+      <c r="H35" s="8">
+        <v>559703615</v>
+      </c>
+      <c r="I35" s="8">
+        <v>321813011</v>
+      </c>
+      <c r="J35" s="7">
+        <v>237890604</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="C26" s="9">
-[...28 lines deleted...]
-      <c r="A27" s="8" t="s">
+      <c r="B36" s="9">
+        <v>25597326100</v>
+      </c>
+      <c r="C36" s="9">
+        <v>14373891333</v>
+      </c>
+      <c r="D36" s="9">
+        <v>757683400</v>
+      </c>
+      <c r="E36" s="9">
+        <v>1433634000</v>
+      </c>
+      <c r="F36" s="8">
+        <v>6360493241</v>
+      </c>
+      <c r="G36" s="7">
+        <v>35802041592</v>
+      </c>
+      <c r="H36" s="8">
+        <v>308726300</v>
+      </c>
+      <c r="I36" s="8">
+        <v>295927900</v>
+      </c>
+      <c r="J36" s="7">
+        <v>12798400</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="C27" s="9">
-[...28 lines deleted...]
-      <c r="A28" s="8" t="s">
+      <c r="B37" s="9">
+        <v>5903408572</v>
+      </c>
+      <c r="C37" s="9">
+        <v>603078955</v>
+      </c>
+      <c r="D37" s="9">
+        <v>316226130</v>
+      </c>
+      <c r="E37" s="9">
+        <v>0</v>
+      </c>
+      <c r="F37" s="8">
+        <v>954073765</v>
+      </c>
+      <c r="G37" s="7">
+        <v>5868639892</v>
+      </c>
+      <c r="H37" s="8">
+        <v>541269121</v>
+      </c>
+      <c r="I37" s="8">
+        <v>431113179</v>
+      </c>
+      <c r="J37" s="7">
+        <v>110155942</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="C28" s="9">
-[...28 lines deleted...]
-      <c r="A29" s="8" t="s">
+      <c r="B38" s="9">
+        <v>25510895258</v>
+      </c>
+      <c r="C38" s="9">
+        <v>3798672330</v>
+      </c>
+      <c r="D38" s="9">
+        <v>1378739670</v>
+      </c>
+      <c r="E38" s="9">
+        <v>2234630</v>
+      </c>
+      <c r="F38" s="8">
+        <v>3134542196</v>
+      </c>
+      <c r="G38" s="7">
+        <v>27555999692</v>
+      </c>
+      <c r="H38" s="8">
+        <v>389548930</v>
+      </c>
+      <c r="I38" s="8">
+        <v>217273718</v>
+      </c>
+      <c r="J38" s="7">
+        <v>172275212</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="C29" s="9">
-[...28 lines deleted...]
-      <c r="A30" s="8" t="s">
+      <c r="B39" s="9">
+        <v>726083352</v>
+      </c>
+      <c r="C39" s="9">
+        <v>26880375</v>
+      </c>
+      <c r="D39" s="9">
+        <v>1677840</v>
+      </c>
+      <c r="E39" s="9">
+        <v>293424029</v>
+      </c>
+      <c r="F39" s="8">
+        <v>284935667</v>
+      </c>
+      <c r="G39" s="7">
+        <v>763129929</v>
+      </c>
+      <c r="H39" s="8">
+        <v>240445474</v>
+      </c>
+      <c r="I39" s="8">
+        <v>193744290</v>
+      </c>
+      <c r="J39" s="7">
+        <v>46701184</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="19" t="s">
         <v>38</v>
       </c>
-      <c r="C30" s="9">
-[...28 lines deleted...]
-      <c r="A31" s="8" t="s">
+      <c r="B40" s="9">
+        <v>1182103990</v>
+      </c>
+      <c r="C40" s="9">
+        <v>448741020</v>
+      </c>
+      <c r="D40" s="9">
+        <v>20778960</v>
+      </c>
+      <c r="E40" s="9">
+        <v>0</v>
+      </c>
+      <c r="F40" s="8">
+        <v>180016465</v>
+      </c>
+      <c r="G40" s="7">
+        <v>1471607505</v>
+      </c>
+      <c r="H40" s="8">
+        <v>63938751</v>
+      </c>
+      <c r="I40" s="8">
+        <v>50656430</v>
+      </c>
+      <c r="J40" s="7">
+        <v>13282321</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="19" t="s">
         <v>39</v>
       </c>
-      <c r="C31" s="9">
-[...28 lines deleted...]
-      <c r="A32" s="8" t="s">
+      <c r="B41" s="9">
+        <v>4320667829</v>
+      </c>
+      <c r="C41" s="9">
+        <v>749635352</v>
+      </c>
+      <c r="D41" s="9">
+        <v>172629960</v>
+      </c>
+      <c r="E41" s="9">
+        <v>16954875</v>
+      </c>
+      <c r="F41" s="8">
+        <v>1196686702</v>
+      </c>
+      <c r="G41" s="7">
+        <v>4063201314</v>
+      </c>
+      <c r="H41" s="8">
+        <v>469337700</v>
+      </c>
+      <c r="I41" s="8">
+        <v>390957699</v>
+      </c>
+      <c r="J41" s="7">
+        <v>78380001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="C32" s="9">
-[...28 lines deleted...]
-      <c r="A33" s="8" t="s">
+      <c r="B42" s="9">
+        <v>986529415</v>
+      </c>
+      <c r="C42" s="9">
+        <v>200743367</v>
+      </c>
+      <c r="D42" s="9">
+        <v>0</v>
+      </c>
+      <c r="E42" s="9">
+        <v>0</v>
+      </c>
+      <c r="F42" s="8">
+        <v>248641337</v>
+      </c>
+      <c r="G42" s="7">
+        <v>938631445</v>
+      </c>
+      <c r="H42" s="8">
+        <v>319391370</v>
+      </c>
+      <c r="I42" s="8">
+        <v>230319977</v>
+      </c>
+      <c r="J42" s="7">
+        <v>89071393</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C33" s="9">
-[...28 lines deleted...]
-      <c r="A34" s="8" t="s">
+      <c r="B43" s="9">
+        <v>38337769363</v>
+      </c>
+      <c r="C43" s="9">
+        <v>20427513121</v>
+      </c>
+      <c r="D43" s="9">
+        <v>6592679577</v>
+      </c>
+      <c r="E43" s="9">
+        <v>2189808547</v>
+      </c>
+      <c r="F43" s="8">
+        <v>9620044238</v>
+      </c>
+      <c r="G43" s="7">
+        <v>57927726370</v>
+      </c>
+      <c r="H43" s="8">
+        <v>644845700</v>
+      </c>
+      <c r="I43" s="8">
+        <v>611416411</v>
+      </c>
+      <c r="J43" s="7">
+        <v>33429289</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="C34" s="9">
-[...28 lines deleted...]
-      <c r="A35" s="8" t="s">
+      <c r="B44" s="9">
+        <v>2639037940</v>
+      </c>
+      <c r="C44" s="9">
+        <v>1051281260</v>
+      </c>
+      <c r="D44" s="9">
+        <v>96816700</v>
+      </c>
+      <c r="E44" s="9">
+        <v>0</v>
+      </c>
+      <c r="F44" s="8">
+        <v>1022683654</v>
+      </c>
+      <c r="G44" s="7">
+        <v>2764452246</v>
+      </c>
+      <c r="H44" s="8">
+        <v>560145600</v>
+      </c>
+      <c r="I44" s="8">
+        <v>402378900</v>
+      </c>
+      <c r="J44" s="7">
+        <v>157766700</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="C35" s="9">
-[...28 lines deleted...]
-      <c r="A36" s="8" t="s">
+      <c r="B45" s="9">
+        <v>12482007734</v>
+      </c>
+      <c r="C45" s="9">
+        <v>2300350330</v>
+      </c>
+      <c r="D45" s="9">
+        <v>347690975</v>
+      </c>
+      <c r="E45" s="9">
+        <v>0</v>
+      </c>
+      <c r="F45" s="8">
+        <v>2137813002</v>
+      </c>
+      <c r="G45" s="7">
+        <v>12992236037</v>
+      </c>
+      <c r="H45" s="8">
+        <v>1100259771</v>
+      </c>
+      <c r="I45" s="8">
+        <v>977218100</v>
+      </c>
+      <c r="J45" s="7">
+        <v>123041671</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="19" t="s">
         <v>44</v>
       </c>
-      <c r="C36" s="9">
-[...28 lines deleted...]
-      <c r="A37" s="8" t="s">
+      <c r="B46" s="9">
+        <v>8873541367</v>
+      </c>
+      <c r="C46" s="9">
+        <v>1350718000</v>
+      </c>
+      <c r="D46" s="9">
+        <v>0</v>
+      </c>
+      <c r="E46" s="9">
+        <v>0</v>
+      </c>
+      <c r="F46" s="8">
+        <v>1794396419</v>
+      </c>
+      <c r="G46" s="7">
+        <v>8429862948</v>
+      </c>
+      <c r="H46" s="8">
+        <v>450822490</v>
+      </c>
+      <c r="I46" s="8">
+        <v>376758747</v>
+      </c>
+      <c r="J46" s="7">
+        <v>74063743</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="C37" s="9">
-[...28 lines deleted...]
-      <c r="A38" s="8" t="s">
+      <c r="B47" s="9">
+        <v>19020542397</v>
+      </c>
+      <c r="C47" s="9">
+        <v>3778767903</v>
+      </c>
+      <c r="D47" s="9">
+        <v>801256400</v>
+      </c>
+      <c r="E47" s="9">
+        <v>11011100</v>
+      </c>
+      <c r="F47" s="8">
+        <v>2534181963</v>
+      </c>
+      <c r="G47" s="7">
+        <v>21077395837</v>
+      </c>
+      <c r="H47" s="8">
+        <v>460830900</v>
+      </c>
+      <c r="I47" s="8">
+        <v>432308700</v>
+      </c>
+      <c r="J47" s="7">
+        <v>28522200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="C38" s="9">
-[...28 lines deleted...]
-      <c r="A39" s="8" t="s">
+      <c r="B48" s="9">
+        <v>729648398</v>
+      </c>
+      <c r="C48" s="9">
+        <v>784469956</v>
+      </c>
+      <c r="D48" s="9">
+        <v>160353744</v>
+      </c>
+      <c r="E48" s="9">
+        <v>159742</v>
+      </c>
+      <c r="F48" s="8">
+        <v>543284407</v>
+      </c>
+      <c r="G48" s="7">
+        <v>1131347433</v>
+      </c>
+      <c r="H48" s="8">
+        <v>233766959</v>
+      </c>
+      <c r="I48" s="8">
+        <v>168384220</v>
+      </c>
+      <c r="J48" s="7">
+        <v>65382739</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="C39" s="9">
-[...28 lines deleted...]
-      <c r="A40" s="8" t="s">
+      <c r="B49" s="9">
+        <v>3667760043</v>
+      </c>
+      <c r="C49" s="9">
+        <v>360734480</v>
+      </c>
+      <c r="D49" s="9">
+        <v>108339050</v>
+      </c>
+      <c r="E49" s="9">
+        <v>0</v>
+      </c>
+      <c r="F49" s="8">
+        <v>278501705</v>
+      </c>
+      <c r="G49" s="7">
+        <v>3858331868</v>
+      </c>
+      <c r="H49" s="8">
+        <v>320950840</v>
+      </c>
+      <c r="I49" s="8">
+        <v>179899860</v>
+      </c>
+      <c r="J49" s="7">
+        <v>141050980</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="C40" s="9">
-[...28 lines deleted...]
-      <c r="A41" s="8" t="s">
+      <c r="B50" s="9">
+        <v>1201990195</v>
+      </c>
+      <c r="C50" s="9">
+        <v>388481527</v>
+      </c>
+      <c r="D50" s="9">
+        <v>0</v>
+      </c>
+      <c r="E50" s="9">
+        <v>0</v>
+      </c>
+      <c r="F50" s="8">
+        <v>759025483</v>
+      </c>
+      <c r="G50" s="7">
+        <v>831446239</v>
+      </c>
+      <c r="H50" s="8">
+        <v>288142385</v>
+      </c>
+      <c r="I50" s="8">
+        <v>197199542</v>
+      </c>
+      <c r="J50" s="7">
+        <v>90942843</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="C41" s="9">
-[...28 lines deleted...]
-      <c r="A42" s="8" t="s">
+      <c r="B51" s="9">
+        <v>29968132492</v>
+      </c>
+      <c r="C51" s="9">
+        <v>3990193072</v>
+      </c>
+      <c r="D51" s="9">
+        <v>2036436876</v>
+      </c>
+      <c r="E51" s="9">
+        <v>0</v>
+      </c>
+      <c r="F51" s="8">
+        <v>1344177436</v>
+      </c>
+      <c r="G51" s="7">
+        <v>34650585004</v>
+      </c>
+      <c r="H51" s="8">
+        <v>1590885350</v>
+      </c>
+      <c r="I51" s="8">
+        <v>1098650160</v>
+      </c>
+      <c r="J51" s="7">
+        <v>492235190</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="C42" s="9">
-[...28 lines deleted...]
-      <c r="A43" s="8" t="s">
+      <c r="B52" s="9">
+        <v>10698700160</v>
+      </c>
+      <c r="C52" s="9">
+        <v>842838235</v>
+      </c>
+      <c r="D52" s="9">
+        <v>0</v>
+      </c>
+      <c r="E52" s="9">
+        <v>1577942520</v>
+      </c>
+      <c r="F52" s="8">
+        <v>1957095163</v>
+      </c>
+      <c r="G52" s="7">
+        <v>11162385752</v>
+      </c>
+      <c r="H52" s="8">
+        <v>341396551</v>
+      </c>
+      <c r="I52" s="8">
+        <v>325335680</v>
+      </c>
+      <c r="J52" s="7">
+        <v>16060871</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="C43" s="9">
-[...28 lines deleted...]
-      <c r="A44" s="8" t="s">
+      <c r="B53" s="9">
+        <v>18853823143</v>
+      </c>
+      <c r="C53" s="9">
+        <v>1886649213</v>
+      </c>
+      <c r="D53" s="9">
+        <v>1394120198</v>
+      </c>
+      <c r="E53" s="9">
+        <v>0</v>
+      </c>
+      <c r="F53" s="8">
+        <v>1130385703</v>
+      </c>
+      <c r="G53" s="7">
+        <v>21004206851</v>
+      </c>
+      <c r="H53" s="8">
+        <v>1164889970</v>
+      </c>
+      <c r="I53" s="8">
+        <v>936682710</v>
+      </c>
+      <c r="J53" s="7">
+        <v>228207260</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="C44" s="9">
-[...28 lines deleted...]
-      <c r="A45" s="8" t="s">
+      <c r="B54" s="9">
+        <v>1112243215</v>
+      </c>
+      <c r="C54" s="9">
+        <v>175493670</v>
+      </c>
+      <c r="D54" s="9">
+        <v>7045090</v>
+      </c>
+      <c r="E54" s="9">
+        <v>1016150</v>
+      </c>
+      <c r="F54" s="8">
+        <v>427990161</v>
+      </c>
+      <c r="G54" s="7">
+        <v>867807964</v>
+      </c>
+      <c r="H54" s="8">
+        <v>299261073</v>
+      </c>
+      <c r="I54" s="8">
+        <v>229576520</v>
+      </c>
+      <c r="J54" s="7">
+        <v>69684553</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="C45" s="9">
-[...28 lines deleted...]
-      <c r="A46" s="8" t="s">
+      <c r="B55" s="9">
+        <v>6109027241</v>
+      </c>
+      <c r="C55" s="9">
+        <v>1372964300</v>
+      </c>
+      <c r="D55" s="9">
+        <v>630451900</v>
+      </c>
+      <c r="E55" s="9">
+        <v>0</v>
+      </c>
+      <c r="F55" s="8">
+        <v>1357355450</v>
+      </c>
+      <c r="G55" s="7">
+        <v>6755087991</v>
+      </c>
+      <c r="H55" s="8">
+        <v>425186300</v>
+      </c>
+      <c r="I55" s="8">
+        <v>377540500</v>
+      </c>
+      <c r="J55" s="7">
+        <v>47645800</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="C46" s="9">
-[...28 lines deleted...]
-      <c r="A47" s="8" t="s">
+      <c r="B56" s="9">
+        <v>2385008335</v>
+      </c>
+      <c r="C56" s="9">
+        <v>517299326</v>
+      </c>
+      <c r="D56" s="9">
+        <v>247220687</v>
+      </c>
+      <c r="E56" s="9">
+        <v>0</v>
+      </c>
+      <c r="F56" s="8">
+        <v>324603399</v>
+      </c>
+      <c r="G56" s="7">
+        <v>2824924949</v>
+      </c>
+      <c r="H56" s="8">
+        <v>484662733</v>
+      </c>
+      <c r="I56" s="8">
+        <v>285116547</v>
+      </c>
+      <c r="J56" s="7">
+        <v>199546186</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="19" t="s">
         <v>55</v>
       </c>
-      <c r="C47" s="9">
-[...28 lines deleted...]
-      <c r="A48" s="8" t="s">
+      <c r="B57" s="9">
+        <v>14237911070</v>
+      </c>
+      <c r="C57" s="9">
+        <v>1467142318</v>
+      </c>
+      <c r="D57" s="9">
+        <v>834308329</v>
+      </c>
+      <c r="E57" s="9">
+        <v>0</v>
+      </c>
+      <c r="F57" s="8">
+        <v>606898385</v>
+      </c>
+      <c r="G57" s="7">
+        <v>15932463332</v>
+      </c>
+      <c r="H57" s="8">
+        <v>800793865</v>
+      </c>
+      <c r="I57" s="8">
+        <v>492665230</v>
+      </c>
+      <c r="J57" s="7">
+        <v>308128635</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="19" t="s">
         <v>56</v>
       </c>
-      <c r="C48" s="9">
-[...28 lines deleted...]
-      <c r="A49" s="8" t="s">
+      <c r="B58" s="9">
+        <v>10946868799</v>
+      </c>
+      <c r="C58" s="9">
+        <v>1438627211</v>
+      </c>
+      <c r="D58" s="9">
+        <v>21560230</v>
+      </c>
+      <c r="E58" s="9">
+        <v>2283540</v>
+      </c>
+      <c r="F58" s="8">
+        <v>375538393</v>
+      </c>
+      <c r="G58" s="7">
+        <v>12033801387</v>
+      </c>
+      <c r="H58" s="8">
+        <v>316454318</v>
+      </c>
+      <c r="I58" s="8">
+        <v>283332598</v>
+      </c>
+      <c r="J58" s="7">
+        <v>33121720</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="19" t="s">
         <v>57</v>
       </c>
-      <c r="C49" s="9">
-[...28 lines deleted...]
-      <c r="A50" s="8" t="s">
+      <c r="B59" s="9">
+        <v>2677121259</v>
+      </c>
+      <c r="C59" s="9">
+        <v>100149553</v>
+      </c>
+      <c r="D59" s="9">
+        <v>6325414</v>
+      </c>
+      <c r="E59" s="9">
+        <v>225550945</v>
+      </c>
+      <c r="F59" s="8">
+        <v>538827922</v>
+      </c>
+      <c r="G59" s="7">
+        <v>2470319249</v>
+      </c>
+      <c r="H59" s="8">
+        <v>315884559</v>
+      </c>
+      <c r="I59" s="8">
+        <v>272899046</v>
+      </c>
+      <c r="J59" s="7">
+        <v>42985513</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="C50" s="9">
-[...28 lines deleted...]
-      <c r="A51" s="8" t="s">
+      <c r="B60" s="9">
+        <v>1487415966</v>
+      </c>
+      <c r="C60" s="9">
+        <v>227433904</v>
+      </c>
+      <c r="D60" s="9">
+        <v>27794978</v>
+      </c>
+      <c r="E60" s="9">
+        <v>0</v>
+      </c>
+      <c r="F60" s="8">
+        <v>516951123</v>
+      </c>
+      <c r="G60" s="7">
+        <v>1225693725</v>
+      </c>
+      <c r="H60" s="8">
+        <v>377815260</v>
+      </c>
+      <c r="I60" s="8">
+        <v>269227658</v>
+      </c>
+      <c r="J60" s="7">
+        <v>108587602</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="19" t="s">
         <v>59</v>
       </c>
-      <c r="C51" s="9">
-[...28 lines deleted...]
-      <c r="A52" s="8" t="s">
+      <c r="B61" s="9">
+        <v>4260126177</v>
+      </c>
+      <c r="C61" s="9">
+        <v>417028140</v>
+      </c>
+      <c r="D61" s="9">
+        <v>124990060</v>
+      </c>
+      <c r="E61" s="9">
+        <v>3674390</v>
+      </c>
+      <c r="F61" s="8">
+        <v>217007057</v>
+      </c>
+      <c r="G61" s="7">
+        <v>4588811710</v>
+      </c>
+      <c r="H61" s="8">
+        <v>174679423</v>
+      </c>
+      <c r="I61" s="8">
+        <v>149796560</v>
+      </c>
+      <c r="J61" s="7">
+        <v>24882863</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A62" s="19" t="s">
         <v>60</v>
       </c>
-      <c r="C52" s="9">
-[...28 lines deleted...]
-      <c r="A53" s="8" t="s">
+      <c r="B62" s="9">
+        <v>149796954543</v>
+      </c>
+      <c r="C62" s="9">
+        <v>109885990635</v>
+      </c>
+      <c r="D62" s="9">
+        <v>0</v>
+      </c>
+      <c r="E62" s="9">
+        <v>0</v>
+      </c>
+      <c r="F62" s="8">
+        <v>6479458768</v>
+      </c>
+      <c r="G62" s="7">
+        <v>253203486410</v>
+      </c>
+      <c r="H62" s="8">
+        <v>835857270</v>
+      </c>
+      <c r="I62" s="8">
+        <v>724127485</v>
+      </c>
+      <c r="J62" s="7">
+        <v>111729785</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A63" s="19" t="s">
         <v>61</v>
       </c>
-      <c r="C53" s="9">
-[...28 lines deleted...]
-      <c r="A54" s="8" t="s">
+      <c r="B63" s="9">
+        <v>1656962500</v>
+      </c>
+      <c r="C63" s="9">
+        <v>164385500</v>
+      </c>
+      <c r="D63" s="9">
+        <v>130439300</v>
+      </c>
+      <c r="E63" s="9">
+        <v>493544200</v>
+      </c>
+      <c r="F63" s="8">
+        <v>437524924</v>
+      </c>
+      <c r="G63" s="7">
+        <v>2007806576</v>
+      </c>
+      <c r="H63" s="8">
+        <v>199870400</v>
+      </c>
+      <c r="I63" s="8">
+        <v>114353400</v>
+      </c>
+      <c r="J63" s="7">
+        <v>85517000</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A64" s="19" t="s">
         <v>62</v>
       </c>
-      <c r="C54" s="9">
-[...28 lines deleted...]
-      <c r="A55" s="8" t="s">
+      <c r="B64" s="9">
+        <v>2584445359</v>
+      </c>
+      <c r="C64" s="9">
+        <v>186492028</v>
+      </c>
+      <c r="D64" s="9">
+        <v>212127550</v>
+      </c>
+      <c r="E64" s="9">
+        <v>0</v>
+      </c>
+      <c r="F64" s="8">
+        <v>175175264</v>
+      </c>
+      <c r="G64" s="7">
+        <v>2807889673</v>
+      </c>
+      <c r="H64" s="8">
+        <v>288520314</v>
+      </c>
+      <c r="I64" s="8">
+        <v>153118010</v>
+      </c>
+      <c r="J64" s="7">
+        <v>135402304</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="19" t="s">
         <v>63</v>
       </c>
-      <c r="C55" s="9">
-[...28 lines deleted...]
-      <c r="A56" s="8" t="s">
+      <c r="B65" s="9">
+        <v>17838276460</v>
+      </c>
+      <c r="C65" s="9">
+        <v>5138439871</v>
+      </c>
+      <c r="D65" s="9">
+        <v>94661060</v>
+      </c>
+      <c r="E65" s="9">
+        <v>0</v>
+      </c>
+      <c r="F65" s="8">
+        <v>3509873943</v>
+      </c>
+      <c r="G65" s="7">
+        <v>19561503448</v>
+      </c>
+      <c r="H65" s="8">
+        <v>1435352530</v>
+      </c>
+      <c r="I65" s="8">
+        <v>975319030</v>
+      </c>
+      <c r="J65" s="7">
+        <v>460033500</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="19" t="s">
         <v>64</v>
       </c>
-      <c r="C56" s="9">
-[...28 lines deleted...]
-      <c r="A57" s="8" t="s">
+      <c r="B66" s="9">
+        <v>4369391799</v>
+      </c>
+      <c r="C66" s="9">
+        <v>2145678485</v>
+      </c>
+      <c r="D66" s="9">
+        <v>293230</v>
+      </c>
+      <c r="E66" s="9">
+        <v>0</v>
+      </c>
+      <c r="F66" s="8">
+        <v>474833044</v>
+      </c>
+      <c r="G66" s="7">
+        <v>6040530470</v>
+      </c>
+      <c r="H66" s="8">
+        <v>628665267</v>
+      </c>
+      <c r="I66" s="8">
+        <v>395751100</v>
+      </c>
+      <c r="J66" s="7">
+        <v>232914167</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A67" s="19" t="s">
         <v>65</v>
       </c>
-      <c r="C57" s="9">
-[...28 lines deleted...]
-      <c r="A58" s="8" t="s">
+      <c r="B67" s="9">
+        <v>34080092800</v>
+      </c>
+      <c r="C67" s="9">
+        <v>9157700400</v>
+      </c>
+      <c r="D67" s="9">
+        <v>1160324400</v>
+      </c>
+      <c r="E67" s="9">
+        <v>4767668732</v>
+      </c>
+      <c r="F67" s="8">
+        <v>5009692376</v>
+      </c>
+      <c r="G67" s="7">
+        <v>44156093956</v>
+      </c>
+      <c r="H67" s="8">
+        <v>204305500</v>
+      </c>
+      <c r="I67" s="8">
+        <v>176581800</v>
+      </c>
+      <c r="J67" s="7">
+        <v>27723700</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="9">
-[...28 lines deleted...]
-      <c r="A59" s="8" t="s">
+      <c r="B68" s="9">
+        <v>1377466878</v>
+      </c>
+      <c r="C68" s="9">
+        <v>807116990</v>
+      </c>
+      <c r="D68" s="9">
+        <v>71683438</v>
+      </c>
+      <c r="E68" s="9">
+        <v>0</v>
+      </c>
+      <c r="F68" s="8">
+        <v>316930942</v>
+      </c>
+      <c r="G68" s="7">
+        <v>1939336364</v>
+      </c>
+      <c r="H68" s="8">
+        <v>496907031</v>
+      </c>
+      <c r="I68" s="8">
+        <v>283808990</v>
+      </c>
+      <c r="J68" s="7">
+        <v>213098041</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="19" t="s">
         <v>67</v>
       </c>
-      <c r="C59" s="9">
-[...28 lines deleted...]
-      <c r="A60" s="8" t="s">
+      <c r="B69" s="9">
+        <v>20516754257</v>
+      </c>
+      <c r="C69" s="9">
+        <v>8977554349</v>
+      </c>
+      <c r="D69" s="9">
+        <v>44672550</v>
+      </c>
+      <c r="E69" s="9">
+        <v>2304739</v>
+      </c>
+      <c r="F69" s="8">
+        <v>11624317423</v>
+      </c>
+      <c r="G69" s="7">
+        <v>17916968472</v>
+      </c>
+      <c r="H69" s="8">
+        <v>256053155</v>
+      </c>
+      <c r="I69" s="8">
+        <v>205837990</v>
+      </c>
+      <c r="J69" s="7">
+        <v>50215165</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A70" s="19" t="s">
         <v>68</v>
       </c>
-      <c r="C60" s="9">
-[...28 lines deleted...]
-      <c r="A61" s="8" t="s">
+      <c r="B70" s="9">
+        <v>16962761114</v>
+      </c>
+      <c r="C70" s="9">
+        <v>9109040429</v>
+      </c>
+      <c r="D70" s="9">
+        <v>465577690</v>
+      </c>
+      <c r="E70" s="9">
+        <v>0</v>
+      </c>
+      <c r="F70" s="8">
+        <v>6222591094</v>
+      </c>
+      <c r="G70" s="7">
+        <v>20314788139</v>
+      </c>
+      <c r="H70" s="8">
+        <v>818092030</v>
+      </c>
+      <c r="I70" s="8">
+        <v>775708658</v>
+      </c>
+      <c r="J70" s="7">
+        <v>42383372</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A71" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="C61" s="9">
-[...28 lines deleted...]
-      <c r="A62" s="8" t="s">
+      <c r="B71" s="9">
+        <v>1646863464</v>
+      </c>
+      <c r="C71" s="9">
+        <v>105772408</v>
+      </c>
+      <c r="D71" s="9">
+        <v>19997</v>
+      </c>
+      <c r="E71" s="9">
+        <v>0</v>
+      </c>
+      <c r="F71" s="8">
+        <v>106892503</v>
+      </c>
+      <c r="G71" s="7">
+        <v>1645763366</v>
+      </c>
+      <c r="H71" s="8">
+        <v>143612143</v>
+      </c>
+      <c r="I71" s="8">
+        <v>87790405</v>
+      </c>
+      <c r="J71" s="7">
+        <v>55821738</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="19" t="s">
         <v>70</v>
       </c>
-      <c r="C62" s="9">
-[...28 lines deleted...]
-      <c r="A63" s="8" t="s">
+      <c r="B72" s="9">
+        <v>3465484728</v>
+      </c>
+      <c r="C72" s="9">
+        <v>383790690</v>
+      </c>
+      <c r="D72" s="9">
+        <v>0</v>
+      </c>
+      <c r="E72" s="9">
+        <v>0</v>
+      </c>
+      <c r="F72" s="8">
+        <v>262446520</v>
+      </c>
+      <c r="G72" s="7">
+        <v>3586828898</v>
+      </c>
+      <c r="H72" s="8">
+        <v>331644900</v>
+      </c>
+      <c r="I72" s="8">
+        <v>219236900</v>
+      </c>
+      <c r="J72" s="7">
+        <v>112408000</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A73" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="C63" s="9">
-[...28 lines deleted...]
-      <c r="A64" s="8" t="s">
+      <c r="B73" s="9">
+        <v>7904602595</v>
+      </c>
+      <c r="C73" s="9">
+        <v>599504670</v>
+      </c>
+      <c r="D73" s="9">
+        <v>1265600</v>
+      </c>
+      <c r="E73" s="9">
+        <v>801043776</v>
+      </c>
+      <c r="F73" s="8">
+        <v>1173772803</v>
+      </c>
+      <c r="G73" s="7">
+        <v>8132643838</v>
+      </c>
+      <c r="H73" s="8">
+        <v>469310372</v>
+      </c>
+      <c r="I73" s="8">
+        <v>291766086</v>
+      </c>
+      <c r="J73" s="7">
+        <v>177544286</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="C64" s="9">
-[...28 lines deleted...]
-      <c r="A65" s="8" t="s">
+      <c r="B74" s="9">
+        <v>1605342960</v>
+      </c>
+      <c r="C74" s="9">
+        <v>112832502</v>
+      </c>
+      <c r="D74" s="9">
+        <v>0</v>
+      </c>
+      <c r="E74" s="9">
+        <v>0</v>
+      </c>
+      <c r="F74" s="8">
+        <v>201225719</v>
+      </c>
+      <c r="G74" s="7">
+        <v>1516949743</v>
+      </c>
+      <c r="H74" s="8">
+        <v>690932400</v>
+      </c>
+      <c r="I74" s="8">
+        <v>186797400</v>
+      </c>
+      <c r="J74" s="7">
+        <v>504135000</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A75" s="19" t="s">
         <v>73</v>
       </c>
-      <c r="C65" s="9">
-[...28 lines deleted...]
-      <c r="A66" s="8" t="s">
+      <c r="B75" s="9">
+        <v>3511614550</v>
+      </c>
+      <c r="C75" s="9">
+        <v>632940578</v>
+      </c>
+      <c r="D75" s="9">
+        <v>114090136</v>
+      </c>
+      <c r="E75" s="9">
+        <v>0</v>
+      </c>
+      <c r="F75" s="8">
+        <v>787502844</v>
+      </c>
+      <c r="G75" s="7">
+        <v>3471142420</v>
+      </c>
+      <c r="H75" s="8">
+        <v>506915050</v>
+      </c>
+      <c r="I75" s="8">
+        <v>341390661</v>
+      </c>
+      <c r="J75" s="7">
+        <v>165524389</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A76" s="19" t="s">
         <v>74</v>
       </c>
-      <c r="C66" s="9">
-[...28 lines deleted...]
-      <c r="A67" s="8" t="s">
+      <c r="B76" s="9">
+        <v>8581319460</v>
+      </c>
+      <c r="C76" s="9">
+        <v>5419405515</v>
+      </c>
+      <c r="D76" s="9">
+        <v>526464903</v>
+      </c>
+      <c r="E76" s="9">
+        <v>1246120673</v>
+      </c>
+      <c r="F76" s="8">
+        <v>3532951384</v>
+      </c>
+      <c r="G76" s="7">
+        <v>12240359167</v>
+      </c>
+      <c r="H76" s="8">
+        <v>757433919</v>
+      </c>
+      <c r="I76" s="8">
+        <v>487056719</v>
+      </c>
+      <c r="J76" s="7">
+        <v>270377200</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A77" s="19" t="s">
         <v>75</v>
       </c>
-      <c r="C67" s="9">
-[...28 lines deleted...]
-      <c r="A68" s="8" t="s">
+      <c r="B77" s="9">
+        <v>3250215017</v>
+      </c>
+      <c r="C77" s="9">
+        <v>271628398</v>
+      </c>
+      <c r="D77" s="9">
+        <v>12054819</v>
+      </c>
+      <c r="E77" s="9">
+        <v>0</v>
+      </c>
+      <c r="F77" s="8">
+        <v>346064005</v>
+      </c>
+      <c r="G77" s="7">
+        <v>3187834229</v>
+      </c>
+      <c r="H77" s="8">
+        <v>488593945</v>
+      </c>
+      <c r="I77" s="8">
+        <v>314267719</v>
+      </c>
+      <c r="J77" s="7">
+        <v>174326226</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="C68" s="9">
-[...28 lines deleted...]
-      <c r="A69" s="8" t="s">
+      <c r="B78" s="9">
+        <v>11949686887</v>
+      </c>
+      <c r="C78" s="9">
+        <v>1567930241</v>
+      </c>
+      <c r="D78" s="9">
+        <v>1081102814</v>
+      </c>
+      <c r="E78" s="9">
+        <v>834799160</v>
+      </c>
+      <c r="F78" s="8">
+        <v>1968482476</v>
+      </c>
+      <c r="G78" s="7">
+        <v>13465036626</v>
+      </c>
+      <c r="H78" s="8">
+        <v>903707780</v>
+      </c>
+      <c r="I78" s="8">
+        <v>831013020</v>
+      </c>
+      <c r="J78" s="7">
+        <v>72694760</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="19" t="s">
         <v>77</v>
       </c>
-      <c r="C69" s="9">
-[...28 lines deleted...]
-      <c r="A70" s="8" t="s">
+      <c r="B79" s="9">
+        <v>1649729991</v>
+      </c>
+      <c r="C79" s="9">
+        <v>719452317</v>
+      </c>
+      <c r="D79" s="9">
+        <v>75824544</v>
+      </c>
+      <c r="E79" s="9">
+        <v>109314162</v>
+      </c>
+      <c r="F79" s="8">
+        <v>570623702</v>
+      </c>
+      <c r="G79" s="7">
+        <v>1983697312</v>
+      </c>
+      <c r="H79" s="8">
+        <v>197876874</v>
+      </c>
+      <c r="I79" s="8">
+        <v>109321757</v>
+      </c>
+      <c r="J79" s="7">
+        <v>88555117</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="C70" s="9">
-[...28 lines deleted...]
-      <c r="A71" s="8" t="s">
+      <c r="B80" s="9">
+        <v>4152934153</v>
+      </c>
+      <c r="C80" s="9">
+        <v>881416858</v>
+      </c>
+      <c r="D80" s="9">
+        <v>269700000</v>
+      </c>
+      <c r="E80" s="9">
+        <v>0</v>
+      </c>
+      <c r="F80" s="8">
+        <v>333966310</v>
+      </c>
+      <c r="G80" s="7">
+        <v>4970084701</v>
+      </c>
+      <c r="H80" s="8">
+        <v>470489700</v>
+      </c>
+      <c r="I80" s="8">
+        <v>198809900</v>
+      </c>
+      <c r="J80" s="7">
+        <v>271679800</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="19" t="s">
         <v>79</v>
       </c>
-      <c r="C71" s="9">
-[...28 lines deleted...]
-      <c r="A72" s="8" t="s">
+      <c r="B81" s="9">
+        <v>4919525956</v>
+      </c>
+      <c r="C81" s="9">
+        <v>688118880</v>
+      </c>
+      <c r="D81" s="9">
+        <v>393813475</v>
+      </c>
+      <c r="E81" s="9">
+        <v>0</v>
+      </c>
+      <c r="F81" s="8">
+        <v>393916839</v>
+      </c>
+      <c r="G81" s="7">
+        <v>5607541472</v>
+      </c>
+      <c r="H81" s="8">
+        <v>511697265</v>
+      </c>
+      <c r="I81" s="8">
+        <v>311628395</v>
+      </c>
+      <c r="J81" s="7">
+        <v>200068870</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A82" s="19" t="s">
         <v>80</v>
       </c>
-      <c r="C72" s="9">
-[...28 lines deleted...]
-      <c r="A73" s="8" t="s">
+      <c r="B82" s="9">
+        <v>14095222440</v>
+      </c>
+      <c r="C82" s="9">
+        <v>1818363608</v>
+      </c>
+      <c r="D82" s="9">
+        <v>917400462</v>
+      </c>
+      <c r="E82" s="9">
+        <v>1792970446</v>
+      </c>
+      <c r="F82" s="8">
+        <v>3020267395</v>
+      </c>
+      <c r="G82" s="7">
+        <v>15603689561</v>
+      </c>
+      <c r="H82" s="8">
+        <v>1504015366</v>
+      </c>
+      <c r="I82" s="8">
+        <v>984380713</v>
+      </c>
+      <c r="J82" s="7">
+        <v>519634653</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A83" s="19" t="s">
         <v>81</v>
       </c>
-      <c r="C73" s="9">
-[...28 lines deleted...]
-      <c r="A74" s="8" t="s">
+      <c r="B83" s="9">
+        <v>7250274882</v>
+      </c>
+      <c r="C83" s="9">
+        <v>1236892636</v>
+      </c>
+      <c r="D83" s="9">
+        <v>427753700</v>
+      </c>
+      <c r="E83" s="9">
+        <v>31743100</v>
+      </c>
+      <c r="F83" s="8">
+        <v>1049046601</v>
+      </c>
+      <c r="G83" s="7">
+        <v>7897617717</v>
+      </c>
+      <c r="H83" s="8">
+        <v>241121500</v>
+      </c>
+      <c r="I83" s="8">
+        <v>207968200</v>
+      </c>
+      <c r="J83" s="7">
+        <v>33153300</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="19" t="s">
         <v>82</v>
       </c>
-      <c r="C74" s="9">
-[...28 lines deleted...]
-      <c r="A75" s="8" t="s">
+      <c r="B84" s="9">
+        <v>1819177224</v>
+      </c>
+      <c r="C84" s="9">
+        <v>215961860</v>
+      </c>
+      <c r="D84" s="9">
+        <v>11070809</v>
+      </c>
+      <c r="E84" s="9">
+        <v>2285601890</v>
+      </c>
+      <c r="F84" s="8">
+        <v>608426652</v>
+      </c>
+      <c r="G84" s="7">
+        <v>3723385131</v>
+      </c>
+      <c r="H84" s="8">
+        <v>852739078</v>
+      </c>
+      <c r="I84" s="8">
+        <v>590487850</v>
+      </c>
+      <c r="J84" s="7">
+        <v>262251228</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="C75" s="9">
-[...28 lines deleted...]
-      <c r="A76" s="8" t="s">
+      <c r="B85" s="9">
+        <v>1032212700</v>
+      </c>
+      <c r="C85" s="9">
+        <v>576468705</v>
+      </c>
+      <c r="D85" s="9">
+        <v>117111210</v>
+      </c>
+      <c r="E85" s="9">
+        <v>0</v>
+      </c>
+      <c r="F85" s="8">
+        <v>141038773</v>
+      </c>
+      <c r="G85" s="7">
+        <v>1584753842</v>
+      </c>
+      <c r="H85" s="8">
+        <v>210770730</v>
+      </c>
+      <c r="I85" s="8">
+        <v>105172000</v>
+      </c>
+      <c r="J85" s="7">
+        <v>105598730</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A86" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="C76" s="9">
-[...28 lines deleted...]
-      <c r="A77" s="8" t="s">
+      <c r="B86" s="9">
+        <v>4800649043</v>
+      </c>
+      <c r="C86" s="9">
+        <v>514845241</v>
+      </c>
+      <c r="D86" s="9">
+        <v>193397610</v>
+      </c>
+      <c r="E86" s="9">
+        <v>0</v>
+      </c>
+      <c r="F86" s="8">
+        <v>462290771</v>
+      </c>
+      <c r="G86" s="7">
+        <v>5046601123</v>
+      </c>
+      <c r="H86" s="8">
+        <v>678869879</v>
+      </c>
+      <c r="I86" s="8">
+        <v>405637974</v>
+      </c>
+      <c r="J86" s="7">
+        <v>273231905</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A87" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="C77" s="9">
-[...28 lines deleted...]
-      <c r="A78" s="8" t="s">
+      <c r="B87" s="9">
+        <v>3712116671</v>
+      </c>
+      <c r="C87" s="9">
+        <v>294297591</v>
+      </c>
+      <c r="D87" s="9">
+        <v>41695500</v>
+      </c>
+      <c r="E87" s="9">
+        <v>0</v>
+      </c>
+      <c r="F87" s="8">
+        <v>722296200</v>
+      </c>
+      <c r="G87" s="7">
+        <v>3325813562</v>
+      </c>
+      <c r="H87" s="8">
+        <v>512197000</v>
+      </c>
+      <c r="I87" s="8">
+        <v>397848300</v>
+      </c>
+      <c r="J87" s="7">
+        <v>114348700</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A88" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="C78" s="9">
-[...28 lines deleted...]
-      <c r="A79" s="8" t="s">
+      <c r="B88" s="9">
+        <v>4372318119</v>
+      </c>
+      <c r="C88" s="9">
+        <v>887500700</v>
+      </c>
+      <c r="D88" s="9">
+        <v>175892870</v>
+      </c>
+      <c r="E88" s="9">
+        <v>819550480</v>
+      </c>
+      <c r="F88" s="8">
+        <v>1331790730</v>
+      </c>
+      <c r="G88" s="7">
+        <v>4923471439</v>
+      </c>
+      <c r="H88" s="8">
+        <v>752029450</v>
+      </c>
+      <c r="I88" s="8">
+        <v>442423160</v>
+      </c>
+      <c r="J88" s="7">
+        <v>309606290</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A89" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="C79" s="9">
-[...28 lines deleted...]
-      <c r="A80" s="8" t="s">
+      <c r="B89" s="9">
+        <v>1904145694</v>
+      </c>
+      <c r="C89" s="9">
+        <v>462219450</v>
+      </c>
+      <c r="D89" s="9">
+        <v>25428910</v>
+      </c>
+      <c r="E89" s="9">
+        <v>773320</v>
+      </c>
+      <c r="F89" s="8">
+        <v>619478364</v>
+      </c>
+      <c r="G89" s="7">
+        <v>1773089010</v>
+      </c>
+      <c r="H89" s="8">
+        <v>65015573</v>
+      </c>
+      <c r="I89" s="8">
+        <v>52911060</v>
+      </c>
+      <c r="J89" s="7">
+        <v>12104513</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="19" t="s">
         <v>88</v>
       </c>
-      <c r="C80" s="9">
-[...28 lines deleted...]
-      <c r="A81" s="8" t="s">
+      <c r="B90" s="9">
+        <v>5980009603</v>
+      </c>
+      <c r="C90" s="9">
+        <v>769962693</v>
+      </c>
+      <c r="D90" s="9">
+        <v>15119670</v>
+      </c>
+      <c r="E90" s="9">
+        <v>0</v>
+      </c>
+      <c r="F90" s="8">
+        <v>276040026</v>
+      </c>
+      <c r="G90" s="7">
+        <v>6489051940</v>
+      </c>
+      <c r="H90" s="8">
+        <v>258740630</v>
+      </c>
+      <c r="I90" s="8">
+        <v>222738940</v>
+      </c>
+      <c r="J90" s="7">
+        <v>36001690</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="19" t="s">
         <v>89</v>
       </c>
-      <c r="C81" s="9">
-[...28 lines deleted...]
-      <c r="A82" s="8" t="s">
+      <c r="B91" s="9">
+        <v>572306144</v>
+      </c>
+      <c r="C91" s="9">
+        <v>36585034</v>
+      </c>
+      <c r="D91" s="9">
+        <v>0</v>
+      </c>
+      <c r="E91" s="9">
+        <v>0</v>
+      </c>
+      <c r="F91" s="8">
+        <v>240107233</v>
+      </c>
+      <c r="G91" s="7">
+        <v>368783945</v>
+      </c>
+      <c r="H91" s="8">
+        <v>151163174</v>
+      </c>
+      <c r="I91" s="8">
+        <v>101686043</v>
+      </c>
+      <c r="J91" s="7">
+        <v>49477131</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A92" s="19" t="s">
         <v>90</v>
       </c>
-      <c r="C82" s="9">
-[...28 lines deleted...]
-      <c r="A83" s="8" t="s">
+      <c r="B92" s="9">
+        <v>30919328900</v>
+      </c>
+      <c r="C92" s="9">
+        <v>2771904100</v>
+      </c>
+      <c r="D92" s="9">
+        <v>937168600</v>
+      </c>
+      <c r="E92" s="9">
+        <v>1890847100</v>
+      </c>
+      <c r="F92" s="8">
+        <v>3194023784</v>
+      </c>
+      <c r="G92" s="7">
+        <v>33325224916</v>
+      </c>
+      <c r="H92" s="8">
+        <v>1782899200</v>
+      </c>
+      <c r="I92" s="8">
+        <v>1187825850</v>
+      </c>
+      <c r="J92" s="7">
+        <v>595073350</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A93" s="19" t="s">
         <v>91</v>
       </c>
-      <c r="C83" s="9">
-[...28 lines deleted...]
-      <c r="A84" s="8" t="s">
+      <c r="B93" s="9">
+        <v>1734389919</v>
+      </c>
+      <c r="C93" s="9">
+        <v>379871513</v>
+      </c>
+      <c r="D93" s="9">
+        <v>109527415</v>
+      </c>
+      <c r="E93" s="9">
+        <v>0</v>
+      </c>
+      <c r="F93" s="8">
+        <v>153752197</v>
+      </c>
+      <c r="G93" s="7">
+        <v>2070036650</v>
+      </c>
+      <c r="H93" s="8">
+        <v>200385268</v>
+      </c>
+      <c r="I93" s="8">
+        <v>121159113</v>
+      </c>
+      <c r="J93" s="7">
+        <v>79226155</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A94" s="19" t="s">
         <v>92</v>
       </c>
-      <c r="C84" s="9">
-[...28 lines deleted...]
-      <c r="A85" s="8" t="s">
+      <c r="B94" s="9">
+        <v>127966907230</v>
+      </c>
+      <c r="C94" s="9">
+        <v>74788600686</v>
+      </c>
+      <c r="D94" s="9">
+        <v>5222828805</v>
+      </c>
+      <c r="E94" s="9">
+        <v>0</v>
+      </c>
+      <c r="F94" s="8">
+        <v>29445292043</v>
+      </c>
+      <c r="G94" s="7">
+        <v>178533044678</v>
+      </c>
+      <c r="H94" s="8">
+        <v>2594353464</v>
+      </c>
+      <c r="I94" s="8">
+        <v>2217882305</v>
+      </c>
+      <c r="J94" s="7">
+        <v>376471159</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A95" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="C85" s="9">
-[...28 lines deleted...]
-      <c r="A86" s="8" t="s">
+      <c r="B95" s="9">
+        <v>2394310463</v>
+      </c>
+      <c r="C95" s="9">
+        <v>113548285</v>
+      </c>
+      <c r="D95" s="9">
+        <v>19081396</v>
+      </c>
+      <c r="E95" s="9">
+        <v>0</v>
+      </c>
+      <c r="F95" s="8">
+        <v>303173563</v>
+      </c>
+      <c r="G95" s="7">
+        <v>2223766581</v>
+      </c>
+      <c r="H95" s="8">
+        <v>201030167</v>
+      </c>
+      <c r="I95" s="8">
+        <v>117172392</v>
+      </c>
+      <c r="J95" s="7">
+        <v>83857775</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A96" s="19" t="s">
         <v>94</v>
       </c>
-      <c r="C86" s="9">
-[...28 lines deleted...]
-      <c r="A87" s="8" t="s">
+      <c r="B96" s="9">
+        <v>431887110</v>
+      </c>
+      <c r="C96" s="9">
+        <v>89942980</v>
+      </c>
+      <c r="D96" s="9">
+        <v>14836220</v>
+      </c>
+      <c r="E96" s="9">
+        <v>323441420</v>
+      </c>
+      <c r="F96" s="8">
+        <v>148780813</v>
+      </c>
+      <c r="G96" s="7">
+        <v>711326917</v>
+      </c>
+      <c r="H96" s="8">
+        <v>255425540</v>
+      </c>
+      <c r="I96" s="8">
+        <v>138233470</v>
+      </c>
+      <c r="J96" s="7">
+        <v>117192070</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A97" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="C87" s="9">
-[...28 lines deleted...]
-      <c r="A88" s="8" t="s">
+      <c r="B97" s="9">
+        <v>10210444517</v>
+      </c>
+      <c r="C97" s="9">
+        <v>3434288338</v>
+      </c>
+      <c r="D97" s="9">
+        <v>24926750</v>
+      </c>
+      <c r="E97" s="9">
+        <v>0</v>
+      </c>
+      <c r="F97" s="8">
+        <v>341085395</v>
+      </c>
+      <c r="G97" s="7">
+        <v>13328574210</v>
+      </c>
+      <c r="H97" s="8">
+        <v>325139300</v>
+      </c>
+      <c r="I97" s="8">
+        <v>279499800</v>
+      </c>
+      <c r="J97" s="7">
+        <v>45639500</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A98" s="19" t="s">
         <v>96</v>
       </c>
-      <c r="C88" s="9">
-[...28 lines deleted...]
-      <c r="A89" s="8" t="s">
+      <c r="B98" s="9">
+        <v>5918393806</v>
+      </c>
+      <c r="C98" s="9">
+        <v>2083941481</v>
+      </c>
+      <c r="D98" s="9">
+        <v>333430637</v>
+      </c>
+      <c r="E98" s="9">
+        <v>0</v>
+      </c>
+      <c r="F98" s="8">
+        <v>1567711476</v>
+      </c>
+      <c r="G98" s="7">
+        <v>6768054448</v>
+      </c>
+      <c r="H98" s="8">
+        <v>877951002</v>
+      </c>
+      <c r="I98" s="8">
+        <v>600934310</v>
+      </c>
+      <c r="J98" s="7">
+        <v>277016692</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A99" s="19" t="s">
         <v>97</v>
       </c>
-      <c r="C89" s="9">
-[...28 lines deleted...]
-      <c r="A90" s="8" t="s">
+      <c r="B99" s="9">
+        <v>4791095890</v>
+      </c>
+      <c r="C99" s="9">
+        <v>682511940</v>
+      </c>
+      <c r="D99" s="9">
+        <v>0</v>
+      </c>
+      <c r="E99" s="9">
+        <v>0</v>
+      </c>
+      <c r="F99" s="8">
+        <v>731369850</v>
+      </c>
+      <c r="G99" s="7">
+        <v>4742237980</v>
+      </c>
+      <c r="H99" s="8">
+        <v>1001373107</v>
+      </c>
+      <c r="I99" s="8">
+        <v>635904000</v>
+      </c>
+      <c r="J99" s="7">
+        <v>365469107</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A100" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="C90" s="9">
-[...28 lines deleted...]
-      <c r="A91" s="8" t="s">
+      <c r="B100" s="9">
+        <v>3728414946</v>
+      </c>
+      <c r="C100" s="9">
+        <v>1110155177</v>
+      </c>
+      <c r="D100" s="9">
+        <v>630174136</v>
+      </c>
+      <c r="E100" s="9">
+        <v>0</v>
+      </c>
+      <c r="F100" s="8">
+        <v>270600333</v>
+      </c>
+      <c r="G100" s="7">
+        <v>5198143926</v>
+      </c>
+      <c r="H100" s="8">
+        <v>398366850</v>
+      </c>
+      <c r="I100" s="8">
+        <v>208984405</v>
+      </c>
+      <c r="J100" s="7">
+        <v>189382445</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="19" t="s">
         <v>99</v>
       </c>
-      <c r="C91" s="9">
-[...28 lines deleted...]
-      <c r="A92" s="8" t="s">
+      <c r="B101" s="9">
+        <v>3228456344</v>
+      </c>
+      <c r="C101" s="9">
+        <v>238022549</v>
+      </c>
+      <c r="D101" s="9">
+        <v>125574662</v>
+      </c>
+      <c r="E101" s="9">
+        <v>0</v>
+      </c>
+      <c r="F101" s="8">
+        <v>564859976</v>
+      </c>
+      <c r="G101" s="7">
+        <v>3027193579</v>
+      </c>
+      <c r="H101" s="8">
+        <v>640197250</v>
+      </c>
+      <c r="I101" s="8">
+        <v>511795439</v>
+      </c>
+      <c r="J101" s="7">
+        <v>128401811</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A102" s="19" t="s">
         <v>100</v>
       </c>
-      <c r="C92" s="9">
-[...28 lines deleted...]
-      <c r="A93" s="8" t="s">
+      <c r="B102" s="9">
+        <v>1835574867</v>
+      </c>
+      <c r="C102" s="9">
+        <v>133715292</v>
+      </c>
+      <c r="D102" s="9">
+        <v>23292380</v>
+      </c>
+      <c r="E102" s="9">
+        <v>259829540</v>
+      </c>
+      <c r="F102" s="8">
+        <v>202501502</v>
+      </c>
+      <c r="G102" s="7">
+        <v>2049910577</v>
+      </c>
+      <c r="H102" s="8">
+        <v>270976140</v>
+      </c>
+      <c r="I102" s="8">
+        <v>169286977</v>
+      </c>
+      <c r="J102" s="7">
+        <v>101689163</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A103" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B103" s="11">
+        <v>1108161906846</v>
+      </c>
+      <c r="C103" s="11">
+        <v>382819282856</v>
+      </c>
+      <c r="D103" s="11">
+        <v>45965142640</v>
+      </c>
+      <c r="E103" s="11">
+        <v>39754366287</v>
+      </c>
+      <c r="F103" s="11">
+        <v>179041193799</v>
+      </c>
+      <c r="G103" s="7">
+        <v>1397659504830</v>
+      </c>
+      <c r="H103" s="11">
+        <v>53430495296</v>
+      </c>
+      <c r="I103" s="11">
+        <v>38003056141</v>
+      </c>
+      <c r="J103" s="23">
+        <v>15427439155</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A104" s="25" t="s">
+        <v>119</v>
+      </c>
+      <c r="B104" s="26"/>
+      <c r="C104" s="26"/>
+      <c r="D104" s="26"/>
+      <c r="E104" s="26"/>
+      <c r="F104" s="26"/>
+      <c r="G104" s="27"/>
+      <c r="H104" s="26"/>
+      <c r="I104" s="26"/>
+      <c r="J104" s="28"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.5" right="0.25" top="0.3" bottom="0.3" header="0.3" footer="0.3"/>
+  <pageSetup scale="65" orientation="landscape" verticalDpi="599" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38E012EF-64B2-4C1B-92D3-8A55B0AEFD42}">
+  <dimension ref="A1:E9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="15.26953125" customWidth="1"/>
+    <col min="2" max="2" width="80.1796875" customWidth="1"/>
+    <col min="3" max="3" width="30" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="6" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="29" t="s">
         <v>101</v>
       </c>
-      <c r="C93" s="9">
-[...28 lines deleted...]
-      <c r="A94" s="8" t="s">
+      <c r="B2" s="29"/>
+    </row>
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="30" t="s">
         <v>102</v>
       </c>
-      <c r="C94" s="9">
-[...28 lines deleted...]
-      <c r="A95" s="8" t="s">
+      <c r="B3" s="31" t="s">
         <v>103</v>
       </c>
-      <c r="C95" s="9">
-[...28 lines deleted...]
-      <c r="A96" s="8" t="s">
+    </row>
+    <row r="4" spans="1:5" ht="28" x14ac:dyDescent="0.35">
+      <c r="A4" s="2">
+        <v>1</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="43" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="2">
+        <v>2</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A6" s="2">
+        <v>3</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="C96" s="9">
-[...28 lines deleted...]
-      <c r="A97" s="8" t="s">
+      <c r="E6" s="1"/>
+    </row>
+    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="4" t="s">
         <v>105</v>
       </c>
-      <c r="C97" s="9">
-[...443 lines deleted...]
-      </c>
+      <c r="B7" s="5"/>
+      <c r="E7" s="1"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E8" s="1"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E9" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...5 lines deleted...]
-  <pageSetup scale="67" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>'LG01B 23-24'!Print_Titles</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Values</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>Values!Print_Area</vt:lpstr>
+      <vt:lpstr>Values!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NCDOR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Sharon C Phelan</dc:creator>
+  <dc:title>Taxable Real Property By County</dc:title>
+  <dc:creator>George G. Hermane</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>