--- v0 (2025-10-26)
+++ v1 (2026-03-19)
@@ -1,664 +1,1447 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\Local 2020-2021\County\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\ADA Project\Reports Requiring ADA Remediation\LG01 B Assessiblity Conversion\3. ADA Compliant\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F5ADEFA7-6486-49F3-9164-D73625D6D866}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20460" windowHeight="9750"/>
+    <workbookView xWindow="-57710" yWindow="-1750" windowWidth="29020" windowHeight="15700" xr2:uid="{F1B50801-9A9E-4FB1-B21A-42E0F334502B}"/>
   </bookViews>
   <sheets>
-    <sheet name="LG01B 20-21" sheetId="1" r:id="rId1"/>
+    <sheet name="Values" sheetId="1" r:id="rId1"/>
+    <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'LG01B 20-21'!$4:$9</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Values!$A$1:$J$104</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Values!$2:$2</definedName>
   </definedNames>
-  <calcPr calcId="162913" calcOnSave="0"/>
+  <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="120">
-[...358 lines deleted...]
-    <t>TOTALS:</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
+  <si>
+    <t>Totals</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alamance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexander </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alleghany </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beaufort </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bertie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bladen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brunswick </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Buncombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Burke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cabarrus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caldwell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camden </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carteret </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caswell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catawba </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chatham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cherokee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cleveland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Columbus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Craven </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cumberland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Currituck </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dare </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davidson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duplin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edgecombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Forsyth </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franklin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Granville </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guilford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halifax </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harnett </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haywood </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henderson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hertford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyde </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iredell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jackson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jones </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lenoir </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Madison </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mcdowell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mecklenburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitchell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montgomery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nash </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Hanover </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northampton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Onslow </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamlico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pasquotank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pender </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perquimans </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Person </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pitt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polk </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Randolph </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richmond </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robeson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockingham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rutherford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scotland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stanly </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stokes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surry </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swain </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transylvania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrrell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wake </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warren </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Washington </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watauga </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wayne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilkes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yadkin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yancey </t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>Note Number</t>
+  </si>
+  <si>
+    <t>Note Text</t>
+  </si>
+  <si>
+    <t>North Carolina Department of Revenue, Local Government Division, 919-814-1129</t>
+  </si>
+  <si>
+    <t>End of worksheet</t>
+  </si>
+  <si>
+    <t>Counties 
+[Note 1]</t>
+  </si>
+  <si>
+    <t>Residential Property</t>
+  </si>
+  <si>
+    <t>Commercial Property</t>
+  </si>
+  <si>
+    <t>Industrial Property</t>
+  </si>
+  <si>
+    <t>Other Property</t>
+  </si>
+  <si>
+    <t>Exclusions, Exemptions &amp; Deferments</t>
+  </si>
+  <si>
+    <t>Total Taxable Real Estate</t>
+  </si>
+  <si>
+    <t>LG01 B Taxable Real Property By County Fiscal, Year 2020-2021</t>
+  </si>
+  <si>
+    <t>LG01 B Taxable Real Property By County, Fiscal Year 2020-2021</t>
+  </si>
+  <si>
+    <t>This report was prepared from information furnished by the counties on the TR-1 2020 form submitted to the Local Government Division, North Carolina Department of Revenue</t>
+  </si>
+  <si>
+    <t>End of Worksheet [Note 3]</t>
+  </si>
+  <si>
+    <t>A NC General Assembly enacted voluntary program allows certain agricultural land, horticultural land and forest land to be apprasied at its present-use value, based solely on its ability to produce income and assuming an average level of management.</t>
+  </si>
+  <si>
+    <t>Full Assessed Value, Present Use Value Property
+[Note 2]</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deferred Value, Present Use Value Property
+[Note 2]
+</t>
+  </si>
+  <si>
+    <t>Taxable Value, Present Use Value Property
+[Note 2]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="4" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="3">
+    <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="MS SANS SERIF"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="MS SANS SERIF"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
-      <u/>
-      <sz val="10"/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="3">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...2 lines deleted...]
-      <bottom style="medium">
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
-      <top style="medium">
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="5"/>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="9" xfId="5" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="6" xfId="5" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="7" xfId="5" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="5" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="9" xfId="5" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="8">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+    <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 2 2" xfId="6" xr:uid="{5F0C246B-D684-4E10-A989-A95ED23019C8}"/>
+    <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Table Header" xfId="7" xr:uid="{FACA94FE-EC54-4BC8-A762-152CFA11D1A3}"/>
+    <cellStyle name="Total" xfId="5" builtinId="25" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="20">
+    <dxf>
+      <font>
+        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="33" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{BFD4E629-CFB6-414D-A67E-8798956D0B01}" name="Values" displayName="Values" ref="A2:J103" totalsRowShown="0" headerRowDxfId="19" dataDxfId="17" headerRowBorderDxfId="18" tableBorderDxfId="16" totalsRowBorderDxfId="15" headerRowCellStyle="Heading 2" dataCellStyle="Comma">
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{8F0FB0A7-4179-409C-84DB-7DEC457A1706}" name="Counties _x000a_[Note 1]" dataDxfId="14" dataCellStyle="Comma"/>
+    <tableColumn id="2" xr3:uid="{A1E6F90D-FE1D-4B99-8C68-06E99916E119}" name="Residential Property" dataDxfId="13" dataCellStyle="Comma"/>
+    <tableColumn id="3" xr3:uid="{6EE072BB-FE7C-4BEB-BC19-A6AA4BFBC4D3}" name="Commercial Property" dataDxfId="12" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{1A3E7EB5-8EEE-4F65-9303-72469FA96258}" name="Industrial Property" dataDxfId="11" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{AC976478-33A0-4D62-9B9F-0FA40FC77224}" name="Other Property" dataDxfId="10" dataCellStyle="Comma"/>
+    <tableColumn id="6" xr3:uid="{997C8754-F3A0-41DA-A432-07255760B043}" name="Exclusions, Exemptions &amp; Deferments" dataDxfId="9" dataCellStyle="Comma"/>
+    <tableColumn id="7" xr3:uid="{B2F9474C-D4A7-47CD-9F41-62495D57BC83}" name="Total Taxable Real Estate" dataCellStyle="Total"/>
+    <tableColumn id="8" xr3:uid="{27F2F321-1D0C-403A-A90F-70C25965C3C0}" name="Full Assessed Value, Present Use Value Property_x000a_[Note 2]" dataDxfId="8" dataCellStyle="Comma"/>
+    <tableColumn id="9" xr3:uid="{41108EB9-31C7-4715-9616-478948256E60}" name="Deferred Value, Present Use Value Property_x000a_[Note 2]_x000a_" dataDxfId="7" dataCellStyle="Comma"/>
+    <tableColumn id="10" xr3:uid="{4B35B20E-352A-44D0-8F8A-6EB8AC449B92}" name="Taxable Value, Present Use Value Property_x000a_[Note 2]" dataDxfId="6" dataCellStyle="Comma"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8EE7C22C-EE02-42BB-9CA6-208A22BA2799}" name="Notes" displayName="Notes" ref="A3:B6" totalsRowShown="0" headerRowDxfId="0" dataDxfId="5" tableBorderDxfId="4" totalsRowBorderDxfId="3" headerRowCellStyle="Heading 3">
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{90B761A3-6837-4018-A8BC-62F8C0D2A3EC}" name="Note Number" dataDxfId="2"/>
+    <tableColumn id="2" xr3:uid="{7D6239C2-5675-460A-BFFD-E7763B9C2E3B}" name="Note Text" dataDxfId="1"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -756,3348 +1539,3492 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:O114"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AABE1E6A-B892-4F56-A371-FA17A0AE437F}">
+  <dimension ref="A1:N104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="15.28515625" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="3"/>
+    <col min="1" max="3" width="18.81640625" style="12" customWidth="1"/>
+    <col min="4" max="4" width="17.36328125" style="12" customWidth="1"/>
+    <col min="5" max="5" width="16.26953125" style="12" customWidth="1"/>
+    <col min="6" max="6" width="17" style="12" customWidth="1"/>
+    <col min="7" max="7" width="18.81640625" style="12" customWidth="1"/>
+    <col min="8" max="8" width="18.6328125" style="12" customWidth="1"/>
+    <col min="9" max="9" width="17.7265625" style="12" customWidth="1"/>
+    <col min="10" max="10" width="16.81640625" style="12" customWidth="1"/>
+    <col min="11" max="12" width="9.1796875" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="A2" s="9" t="s">
+    <row r="1" spans="1:14" s="15" customFormat="1" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="14"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="14"/>
+      <c r="K1" s="16"/>
+      <c r="L1" s="16"/>
+    </row>
+    <row r="2" spans="1:14" ht="64" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="D2" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="E2" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="F2" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="G2" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="I2" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="J2" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+      <c r="M2" s="18"/>
+      <c r="N2" s="18"/>
+    </row>
+    <row r="3" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="9"/>
-[...11 lines deleted...]
-      <c r="A3" s="9" t="s">
+      <c r="B3" s="9">
+        <v>8919101249</v>
+      </c>
+      <c r="C3" s="9">
+        <v>2305982778</v>
+      </c>
+      <c r="D3" s="9">
+        <v>709613637</v>
+      </c>
+      <c r="E3" s="9">
+        <v>0</v>
+      </c>
+      <c r="F3" s="8">
+        <v>509183590</v>
+      </c>
+      <c r="G3" s="7">
+        <v>11425514074</v>
+      </c>
+      <c r="H3" s="8">
+        <v>565489992</v>
+      </c>
+      <c r="I3" s="8">
+        <v>376958169</v>
+      </c>
+      <c r="J3" s="7">
+        <v>188531823</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="9"/>
-[...24 lines deleted...]
-      <c r="I5" s="10" t="s">
+      <c r="B4" s="9">
+        <v>2217857739</v>
+      </c>
+      <c r="C4" s="9">
+        <v>151591475</v>
+      </c>
+      <c r="D4" s="9">
+        <v>62791417</v>
+      </c>
+      <c r="E4" s="9">
+        <v>0</v>
+      </c>
+      <c r="F4" s="8">
+        <v>292588134</v>
+      </c>
+      <c r="G4" s="7">
+        <v>2139652497</v>
+      </c>
+      <c r="H4" s="8">
+        <v>423446110</v>
+      </c>
+      <c r="I4" s="8">
+        <v>257218339</v>
+      </c>
+      <c r="J4" s="7">
+        <v>166227771</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="J5" s="10"/>
-[...6 lines deleted...]
-      <c r="C6" s="5" t="s">
+      <c r="B5" s="9">
+        <v>1777266430</v>
+      </c>
+      <c r="C5" s="9">
+        <v>85458790</v>
+      </c>
+      <c r="D5" s="9">
+        <v>15251200</v>
+      </c>
+      <c r="E5" s="9">
+        <v>203983390</v>
+      </c>
+      <c r="F5" s="8">
+        <v>553385623</v>
+      </c>
+      <c r="G5" s="7">
+        <v>1528574187</v>
+      </c>
+      <c r="H5" s="8">
+        <v>537475900</v>
+      </c>
+      <c r="I5" s="8">
+        <v>354938000</v>
+      </c>
+      <c r="J5" s="7">
+        <v>182537900</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="5" t="s">
+      <c r="B6" s="9">
+        <v>1374833500</v>
+      </c>
+      <c r="C6" s="9">
+        <v>246121000</v>
+      </c>
+      <c r="D6" s="9">
+        <v>41900000</v>
+      </c>
+      <c r="E6" s="9">
+        <v>0</v>
+      </c>
+      <c r="F6" s="8">
+        <v>364273506</v>
+      </c>
+      <c r="G6" s="7">
+        <v>1298580994</v>
+      </c>
+      <c r="H6" s="8">
+        <v>629546800</v>
+      </c>
+      <c r="I6" s="8">
+        <v>346028500</v>
+      </c>
+      <c r="J6" s="7">
+        <v>283518300</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="5" t="s">
+      <c r="B7" s="9">
+        <v>3877371000</v>
+      </c>
+      <c r="C7" s="9">
+        <v>354897300</v>
+      </c>
+      <c r="D7" s="9">
+        <v>23386100</v>
+      </c>
+      <c r="E7" s="9">
+        <v>9098400</v>
+      </c>
+      <c r="F7" s="8">
+        <v>716728210</v>
+      </c>
+      <c r="G7" s="7">
+        <v>3548024590</v>
+      </c>
+      <c r="H7" s="8">
+        <v>642447000</v>
+      </c>
+      <c r="I7" s="8">
+        <v>386912800</v>
+      </c>
+      <c r="J7" s="7">
+        <v>255534200</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="B8" s="9">
+        <v>3744384421</v>
+      </c>
+      <c r="C8" s="9">
+        <v>552665441</v>
+      </c>
+      <c r="D8" s="9">
+        <v>31362000</v>
+      </c>
+      <c r="E8" s="9">
+        <v>0</v>
+      </c>
+      <c r="F8" s="8">
+        <v>551188585</v>
+      </c>
+      <c r="G8" s="7">
+        <v>3777223277</v>
+      </c>
+      <c r="H8" s="8">
+        <v>131620200</v>
+      </c>
+      <c r="I8" s="8">
+        <v>76191000</v>
+      </c>
+      <c r="J8" s="7">
+        <v>55429200</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="5" t="s">
+      <c r="B9" s="9">
+        <v>3884114184</v>
+      </c>
+      <c r="C9" s="9">
+        <v>979923295</v>
+      </c>
+      <c r="D9" s="9">
+        <v>0</v>
+      </c>
+      <c r="E9" s="9">
+        <v>0</v>
+      </c>
+      <c r="F9" s="8">
+        <v>565253357</v>
+      </c>
+      <c r="G9" s="7">
+        <v>4298784122</v>
+      </c>
+      <c r="H9" s="8">
+        <v>565118846</v>
+      </c>
+      <c r="I9" s="8">
+        <v>276469776</v>
+      </c>
+      <c r="J9" s="7">
+        <v>288649070</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="H6" s="5" t="s">
+      <c r="B10" s="9">
+        <v>957959772</v>
+      </c>
+      <c r="C10" s="9">
+        <v>235813739</v>
+      </c>
+      <c r="D10" s="9">
+        <v>13799254</v>
+      </c>
+      <c r="E10" s="9">
+        <v>0</v>
+      </c>
+      <c r="F10" s="8">
+        <v>150258509</v>
+      </c>
+      <c r="G10" s="7">
+        <v>1057314256</v>
+      </c>
+      <c r="H10" s="8">
+        <v>255623168</v>
+      </c>
+      <c r="I10" s="8">
+        <v>132809009</v>
+      </c>
+      <c r="J10" s="7">
+        <v>122814159</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="B11" s="9">
+        <v>1955951077</v>
+      </c>
+      <c r="C11" s="9">
+        <v>204347540</v>
+      </c>
+      <c r="D11" s="9">
+        <v>123831180</v>
+      </c>
+      <c r="E11" s="9">
+        <v>0</v>
+      </c>
+      <c r="F11" s="8">
+        <v>291349044</v>
+      </c>
+      <c r="G11" s="7">
+        <v>1992780753</v>
+      </c>
+      <c r="H11" s="8">
+        <v>461664714</v>
+      </c>
+      <c r="I11" s="8">
+        <v>253148224</v>
+      </c>
+      <c r="J11" s="7">
+        <v>208516490</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="B12" s="9">
+        <v>23962134400</v>
+      </c>
+      <c r="C12" s="9">
+        <v>3759253229</v>
+      </c>
+      <c r="D12" s="9">
+        <v>182050140</v>
+      </c>
+      <c r="E12" s="9">
+        <v>0</v>
+      </c>
+      <c r="F12" s="8">
+        <v>2048705669</v>
+      </c>
+      <c r="G12" s="7">
+        <v>25854732100</v>
+      </c>
+      <c r="H12" s="8">
+        <v>562390400</v>
+      </c>
+      <c r="I12" s="8">
+        <v>443299910</v>
+      </c>
+      <c r="J12" s="7">
+        <v>119090490</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="B13" s="9">
+        <v>26943968400</v>
+      </c>
+      <c r="C13" s="9">
+        <v>8000720229</v>
+      </c>
+      <c r="D13" s="9">
+        <v>359172800</v>
+      </c>
+      <c r="E13" s="9">
+        <v>5687305700</v>
+      </c>
+      <c r="F13" s="8">
+        <v>6248885444</v>
+      </c>
+      <c r="G13" s="7">
+        <v>34742281685</v>
+      </c>
+      <c r="H13" s="8">
+        <v>1173124100</v>
+      </c>
+      <c r="I13" s="8">
+        <v>754621800</v>
+      </c>
+      <c r="J13" s="7">
+        <v>418502300</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="L6" s="5"/>
-[...5 lines deleted...]
-      <c r="C7" s="5" t="s">
+      <c r="B14" s="9">
+        <v>5137392844</v>
+      </c>
+      <c r="C14" s="9">
+        <v>1830648435</v>
+      </c>
+      <c r="D14" s="9">
+        <v>246015995</v>
+      </c>
+      <c r="E14" s="9">
+        <v>21707293</v>
+      </c>
+      <c r="F14" s="8">
+        <v>1586562937</v>
+      </c>
+      <c r="G14" s="7">
+        <v>5649201630</v>
+      </c>
+      <c r="H14" s="8">
+        <v>150189593</v>
+      </c>
+      <c r="I14" s="8">
+        <v>135836346</v>
+      </c>
+      <c r="J14" s="7">
+        <v>14353247</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="5" t="s">
+      <c r="B15" s="9">
+        <v>18588844404</v>
+      </c>
+      <c r="C15" s="9">
+        <v>6943217970</v>
+      </c>
+      <c r="D15" s="9">
+        <v>2243653969</v>
+      </c>
+      <c r="E15" s="9">
+        <v>0</v>
+      </c>
+      <c r="F15" s="8">
+        <v>4173693245</v>
+      </c>
+      <c r="G15" s="7">
+        <v>23602023098</v>
+      </c>
+      <c r="H15" s="8">
+        <v>1052110700</v>
+      </c>
+      <c r="I15" s="8">
+        <v>951886750</v>
+      </c>
+      <c r="J15" s="7">
+        <v>100223950</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="B16" s="9">
+        <v>4564530395</v>
+      </c>
+      <c r="C16" s="9">
+        <v>1503276604</v>
+      </c>
+      <c r="D16" s="9">
+        <v>176011700</v>
+      </c>
+      <c r="E16" s="9">
+        <v>0</v>
+      </c>
+      <c r="F16" s="8">
+        <v>1068209186</v>
+      </c>
+      <c r="G16" s="7">
+        <v>5175609513</v>
+      </c>
+      <c r="H16" s="8">
+        <v>376837000</v>
+      </c>
+      <c r="I16" s="8">
+        <v>261133100</v>
+      </c>
+      <c r="J16" s="7">
+        <v>115703900</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="I7" s="5" t="s">
-[...16 lines deleted...]
-      <c r="C8" s="7" t="s">
+      <c r="B17" s="9">
+        <v>814180547</v>
+      </c>
+      <c r="C17" s="9">
+        <v>55330660</v>
+      </c>
+      <c r="D17" s="9">
+        <v>0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>287093658</v>
+      </c>
+      <c r="F17" s="8">
+        <v>167867972</v>
+      </c>
+      <c r="G17" s="7">
+        <v>988736893</v>
+      </c>
+      <c r="H17" s="8">
+        <v>217620757</v>
+      </c>
+      <c r="I17" s="8">
+        <v>158477499</v>
+      </c>
+      <c r="J17" s="7">
+        <v>59143258</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="D8" s="7" t="s">
-[...29 lines deleted...]
-      <c r="A10" s="1" t="s">
+      <c r="B18" s="9">
+        <v>13292449044</v>
+      </c>
+      <c r="C18" s="9">
+        <v>1374594931</v>
+      </c>
+      <c r="D18" s="9">
+        <v>39946884</v>
+      </c>
+      <c r="E18" s="9">
+        <v>177864366</v>
+      </c>
+      <c r="F18" s="8">
+        <v>167955754</v>
+      </c>
+      <c r="G18" s="7">
+        <v>14716899471</v>
+      </c>
+      <c r="H18" s="8">
+        <v>177864366</v>
+      </c>
+      <c r="I18" s="8">
+        <v>107296876</v>
+      </c>
+      <c r="J18" s="7">
+        <v>70567490</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="C10" s="8">
-[...26 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="B19" s="9">
+        <v>1620361481</v>
+      </c>
+      <c r="C19" s="9">
+        <v>1481055</v>
+      </c>
+      <c r="D19" s="9">
+        <v>0</v>
+      </c>
+      <c r="E19" s="9">
+        <v>0</v>
+      </c>
+      <c r="F19" s="8">
+        <v>250298927</v>
+      </c>
+      <c r="G19" s="7">
+        <v>1371543609</v>
+      </c>
+      <c r="H19" s="8">
+        <v>298134190</v>
+      </c>
+      <c r="I19" s="8">
+        <v>227260689</v>
+      </c>
+      <c r="J19" s="7">
+        <v>70873501</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="C11" s="8">
-[...26 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B20" s="9">
+        <v>10614627200</v>
+      </c>
+      <c r="C20" s="9">
+        <v>3239959800</v>
+      </c>
+      <c r="D20" s="9">
+        <v>1323602600</v>
+      </c>
+      <c r="E20" s="9">
+        <v>0</v>
+      </c>
+      <c r="F20" s="8">
+        <v>1819033900</v>
+      </c>
+      <c r="G20" s="7">
+        <v>13359155700</v>
+      </c>
+      <c r="H20" s="8">
+        <v>377204800</v>
+      </c>
+      <c r="I20" s="8">
+        <v>247301800</v>
+      </c>
+      <c r="J20" s="7">
+        <v>129903000</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="C12" s="8">
-[...28 lines deleted...]
-      <c r="A13" s="1" t="s">
+      <c r="B21" s="9">
+        <v>10184564318</v>
+      </c>
+      <c r="C21" s="9">
+        <v>842495389</v>
+      </c>
+      <c r="D21" s="9">
+        <v>157276728</v>
+      </c>
+      <c r="E21" s="9">
+        <v>0</v>
+      </c>
+      <c r="F21" s="8">
+        <v>926509955</v>
+      </c>
+      <c r="G21" s="7">
+        <v>10257826480</v>
+      </c>
+      <c r="H21" s="8">
+        <v>1288175519</v>
+      </c>
+      <c r="I21" s="8">
+        <v>866243263</v>
+      </c>
+      <c r="J21" s="7">
+        <v>421932256</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="C13" s="8">
-[...26 lines deleted...]
-      <c r="A14" s="1" t="s">
+      <c r="B22" s="9">
+        <v>2987434150</v>
+      </c>
+      <c r="C22" s="9">
+        <v>874212530</v>
+      </c>
+      <c r="D22" s="9">
+        <v>46443870</v>
+      </c>
+      <c r="E22" s="9">
+        <v>1284520</v>
+      </c>
+      <c r="F22" s="8">
+        <v>681344110</v>
+      </c>
+      <c r="G22" s="7">
+        <v>3228030960</v>
+      </c>
+      <c r="H22" s="8">
+        <v>209189750</v>
+      </c>
+      <c r="I22" s="8">
+        <v>132867500</v>
+      </c>
+      <c r="J22" s="7">
+        <v>76322250</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="C14" s="8">
-[...28 lines deleted...]
-      <c r="A15" s="1" t="s">
+      <c r="B23" s="9">
+        <v>1088417145</v>
+      </c>
+      <c r="C23" s="9">
+        <v>181908662</v>
+      </c>
+      <c r="D23" s="9">
+        <v>24806980</v>
+      </c>
+      <c r="E23" s="9">
+        <v>5151020</v>
+      </c>
+      <c r="F23" s="8">
+        <v>116755655</v>
+      </c>
+      <c r="G23" s="7">
+        <v>1183528152</v>
+      </c>
+      <c r="H23" s="8">
+        <v>153783930</v>
+      </c>
+      <c r="I23" s="8">
+        <v>101781160</v>
+      </c>
+      <c r="J23" s="7">
+        <v>52002770</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="C15" s="8">
-[...26 lines deleted...]
-      <c r="A16" s="1" t="s">
+      <c r="B24" s="9">
+        <v>1778084465</v>
+      </c>
+      <c r="C24" s="9">
+        <v>127596322</v>
+      </c>
+      <c r="D24" s="9">
+        <v>11812100</v>
+      </c>
+      <c r="E24" s="9">
+        <v>0</v>
+      </c>
+      <c r="F24" s="8">
+        <v>115226669</v>
+      </c>
+      <c r="G24" s="7">
+        <v>1802266218</v>
+      </c>
+      <c r="H24" s="8">
+        <v>109787800</v>
+      </c>
+      <c r="I24" s="8">
+        <v>94395400</v>
+      </c>
+      <c r="J24" s="7">
+        <v>15392400</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="C16" s="8">
-[...24 lines deleted...]
-      <c r="A17" s="1" t="s">
+      <c r="B25" s="9">
+        <v>4590720297</v>
+      </c>
+      <c r="C25" s="9">
+        <v>649307499</v>
+      </c>
+      <c r="D25" s="9">
+        <v>670365949</v>
+      </c>
+      <c r="E25" s="9">
+        <v>0</v>
+      </c>
+      <c r="F25" s="8">
+        <v>371795832</v>
+      </c>
+      <c r="G25" s="7">
+        <v>5538597913</v>
+      </c>
+      <c r="H25" s="8">
+        <v>526942355</v>
+      </c>
+      <c r="I25" s="8">
+        <v>303682726</v>
+      </c>
+      <c r="J25" s="7">
+        <v>223259629</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="C17" s="8">
-[...26 lines deleted...]
-      <c r="A18" s="1" t="s">
+      <c r="B26" s="9">
+        <v>1897432200</v>
+      </c>
+      <c r="C26" s="9">
+        <v>369670100</v>
+      </c>
+      <c r="D26" s="9">
+        <v>75773900</v>
+      </c>
+      <c r="E26" s="9">
+        <v>294859191</v>
+      </c>
+      <c r="F26" s="8">
+        <v>163297600</v>
+      </c>
+      <c r="G26" s="7">
+        <v>2474437791</v>
+      </c>
+      <c r="H26" s="8">
+        <v>410140400</v>
+      </c>
+      <c r="I26" s="8">
+        <v>163297600</v>
+      </c>
+      <c r="J26" s="7">
+        <v>246842800</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="19" t="s">
         <v>25</v>
       </c>
-      <c r="C18" s="8">
-[...26 lines deleted...]
-      <c r="A19" s="1" t="s">
+      <c r="B27" s="9">
+        <v>5626744212</v>
+      </c>
+      <c r="C27" s="9">
+        <v>2127480453</v>
+      </c>
+      <c r="D27" s="9">
+        <v>48312340</v>
+      </c>
+      <c r="E27" s="9">
+        <v>4314465917</v>
+      </c>
+      <c r="F27" s="8">
+        <v>4314465917</v>
+      </c>
+      <c r="G27" s="7">
+        <v>7802537005</v>
+      </c>
+      <c r="H27" s="8">
+        <v>380664169</v>
+      </c>
+      <c r="I27" s="8">
+        <v>247710230</v>
+      </c>
+      <c r="J27" s="7">
+        <v>132953939</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C19" s="8">
-[...26 lines deleted...]
-      <c r="A20" s="1" t="s">
+      <c r="B28" s="9">
+        <v>15326967791</v>
+      </c>
+      <c r="C28" s="9">
+        <v>5802131814</v>
+      </c>
+      <c r="D28" s="9">
+        <v>103530826</v>
+      </c>
+      <c r="E28" s="9">
+        <v>795204854</v>
+      </c>
+      <c r="F28" s="8">
+        <v>2734047801</v>
+      </c>
+      <c r="G28" s="7">
+        <v>19293787484</v>
+      </c>
+      <c r="H28" s="8">
+        <v>431850585</v>
+      </c>
+      <c r="I28" s="8">
+        <v>351094526</v>
+      </c>
+      <c r="J28" s="7">
+        <v>80756059</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="C20" s="8">
-[...28 lines deleted...]
-      <c r="A21" s="1" t="s">
+      <c r="B29" s="9">
+        <v>5754617950</v>
+      </c>
+      <c r="C29" s="9">
+        <v>486294000</v>
+      </c>
+      <c r="D29" s="9">
+        <v>0</v>
+      </c>
+      <c r="E29" s="9">
+        <v>0</v>
+      </c>
+      <c r="F29" s="8">
+        <v>238509435</v>
+      </c>
+      <c r="G29" s="7">
+        <v>6002402515</v>
+      </c>
+      <c r="H29" s="8">
+        <v>277251600</v>
+      </c>
+      <c r="I29" s="8">
+        <v>219136587</v>
+      </c>
+      <c r="J29" s="7">
+        <v>58115013</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="19" t="s">
         <v>28</v>
       </c>
-      <c r="C21" s="8">
-[...28 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B30" s="9">
+        <v>14207651102</v>
+      </c>
+      <c r="C30" s="9">
+        <v>1552167500</v>
+      </c>
+      <c r="D30" s="9">
+        <v>0</v>
+      </c>
+      <c r="E30" s="9">
+        <v>0</v>
+      </c>
+      <c r="F30" s="8">
+        <v>52426684</v>
+      </c>
+      <c r="G30" s="7">
+        <v>15707391918</v>
+      </c>
+      <c r="H30" s="8">
+        <v>201000</v>
+      </c>
+      <c r="I30" s="8">
+        <v>187500</v>
+      </c>
+      <c r="J30" s="7">
+        <v>13500</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="C22" s="8">
-[...26 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B31" s="9">
+        <v>10837963124</v>
+      </c>
+      <c r="C31" s="9">
+        <v>1031847040</v>
+      </c>
+      <c r="D31" s="9">
+        <v>1024174270</v>
+      </c>
+      <c r="E31" s="9">
+        <v>9504563</v>
+      </c>
+      <c r="F31" s="8">
+        <v>726281382</v>
+      </c>
+      <c r="G31" s="7">
+        <v>12177207615</v>
+      </c>
+      <c r="H31" s="8">
+        <v>664929381</v>
+      </c>
+      <c r="I31" s="8">
+        <v>566883642</v>
+      </c>
+      <c r="J31" s="7">
+        <v>98045739</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="C23" s="8">
-[...26 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B32" s="9">
+        <v>3623173092</v>
+      </c>
+      <c r="C32" s="9">
+        <v>730288908</v>
+      </c>
+      <c r="D32" s="9">
+        <v>239650508</v>
+      </c>
+      <c r="E32" s="9">
+        <v>0</v>
+      </c>
+      <c r="F32" s="8">
+        <v>907694804</v>
+      </c>
+      <c r="G32" s="7">
+        <v>3685417704</v>
+      </c>
+      <c r="H32" s="8">
+        <v>650204570</v>
+      </c>
+      <c r="I32" s="8">
+        <v>434165880</v>
+      </c>
+      <c r="J32" s="7">
+        <v>216038690</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="19" t="s">
         <v>31</v>
       </c>
-      <c r="C24" s="8">
-[...26 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B33" s="9">
+        <v>1710123142</v>
+      </c>
+      <c r="C33" s="9">
+        <v>459969016</v>
+      </c>
+      <c r="D33" s="9">
+        <v>60982601</v>
+      </c>
+      <c r="E33" s="9">
+        <v>1842480063</v>
+      </c>
+      <c r="F33" s="8">
+        <v>734047769</v>
+      </c>
+      <c r="G33" s="7">
+        <v>3339507053</v>
+      </c>
+      <c r="H33" s="8">
+        <v>891675100</v>
+      </c>
+      <c r="I33" s="8">
+        <v>699284000</v>
+      </c>
+      <c r="J33" s="7">
+        <v>192391100</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="C25" s="8">
-[...28 lines deleted...]
-      <c r="A26" s="1" t="s">
+      <c r="B34" s="9">
+        <v>24110219779</v>
+      </c>
+      <c r="C34" s="9">
+        <v>10395958036</v>
+      </c>
+      <c r="D34" s="9">
+        <v>4358445707</v>
+      </c>
+      <c r="E34" s="9">
+        <v>0</v>
+      </c>
+      <c r="F34" s="8">
+        <v>697752905</v>
+      </c>
+      <c r="G34" s="7">
+        <v>38166870617</v>
+      </c>
+      <c r="H34" s="8">
+        <v>331497627</v>
+      </c>
+      <c r="I34" s="8">
+        <v>241212363</v>
+      </c>
+      <c r="J34" s="7">
+        <v>90285264</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="C26" s="8">
-[...24 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="B35" s="9">
+        <v>1465107831</v>
+      </c>
+      <c r="C35" s="9">
+        <v>186765000</v>
+      </c>
+      <c r="D35" s="9">
+        <v>218197448</v>
+      </c>
+      <c r="E35" s="9">
+        <v>764778240</v>
+      </c>
+      <c r="F35" s="8">
+        <v>392514344</v>
+      </c>
+      <c r="G35" s="7">
+        <v>2242334175</v>
+      </c>
+      <c r="H35" s="8">
+        <v>548409438</v>
+      </c>
+      <c r="I35" s="8">
+        <v>316272277</v>
+      </c>
+      <c r="J35" s="7">
+        <v>232137161</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="C27" s="8">
-[...26 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B36" s="9">
+        <v>20601823758</v>
+      </c>
+      <c r="C36" s="9">
+        <v>12596592360</v>
+      </c>
+      <c r="D36" s="9">
+        <v>687784700</v>
+      </c>
+      <c r="E36" s="9">
+        <v>1669037742</v>
+      </c>
+      <c r="F36" s="8">
+        <v>5613337944</v>
+      </c>
+      <c r="G36" s="7">
+        <v>29941900616</v>
+      </c>
+      <c r="H36" s="8">
+        <v>282152100</v>
+      </c>
+      <c r="I36" s="8">
+        <v>267028060</v>
+      </c>
+      <c r="J36" s="7">
+        <v>15124040</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="C28" s="8">
-[...26 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B37" s="9">
+        <v>4991652617</v>
+      </c>
+      <c r="C37" s="9">
+        <v>518491550</v>
+      </c>
+      <c r="D37" s="9">
+        <v>310333650</v>
+      </c>
+      <c r="E37" s="9">
+        <v>0</v>
+      </c>
+      <c r="F37" s="8">
+        <v>951110112</v>
+      </c>
+      <c r="G37" s="7">
+        <v>4869367705</v>
+      </c>
+      <c r="H37" s="8">
+        <v>560734080</v>
+      </c>
+      <c r="I37" s="8">
+        <v>448863120</v>
+      </c>
+      <c r="J37" s="7">
+        <v>111870960</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="C29" s="8">
-[...28 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="B38" s="9">
+        <v>14550251440</v>
+      </c>
+      <c r="C38" s="9">
+        <v>2628618010</v>
+      </c>
+      <c r="D38" s="9">
+        <v>779667250</v>
+      </c>
+      <c r="E38" s="9">
+        <v>0</v>
+      </c>
+      <c r="F38" s="8">
+        <v>2270886598</v>
+      </c>
+      <c r="G38" s="7">
+        <v>15687650102</v>
+      </c>
+      <c r="H38" s="8">
+        <v>284222940</v>
+      </c>
+      <c r="I38" s="8">
+        <v>164059801</v>
+      </c>
+      <c r="J38" s="7">
+        <v>120163139</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="C30" s="8">
-[...28 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B39" s="9">
+        <v>713424129</v>
+      </c>
+      <c r="C39" s="9">
+        <v>26477736</v>
+      </c>
+      <c r="D39" s="9">
+        <v>1677840</v>
+      </c>
+      <c r="E39" s="9">
+        <v>286496621</v>
+      </c>
+      <c r="F39" s="8">
+        <v>287859836</v>
+      </c>
+      <c r="G39" s="7">
+        <v>740216490</v>
+      </c>
+      <c r="H39" s="8">
+        <v>290819696</v>
+      </c>
+      <c r="I39" s="8">
+        <v>188311518</v>
+      </c>
+      <c r="J39" s="7">
+        <v>102508178</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="19" t="s">
         <v>38</v>
       </c>
-      <c r="C31" s="8">
-[...26 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B40" s="9">
+        <v>789971225</v>
+      </c>
+      <c r="C40" s="9">
+        <v>272278070</v>
+      </c>
+      <c r="D40" s="9">
+        <v>4792090</v>
+      </c>
+      <c r="E40" s="9">
+        <v>2751710</v>
+      </c>
+      <c r="F40" s="8">
+        <v>55827425</v>
+      </c>
+      <c r="G40" s="7">
+        <v>1013965670</v>
+      </c>
+      <c r="H40" s="8">
+        <v>55827425</v>
+      </c>
+      <c r="I40" s="8">
+        <v>32118190</v>
+      </c>
+      <c r="J40" s="7">
+        <v>23709235</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="19" t="s">
         <v>39</v>
       </c>
-      <c r="C32" s="8">
-[...26 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B41" s="9">
+        <v>4135465159</v>
+      </c>
+      <c r="C41" s="9">
+        <v>730529768</v>
+      </c>
+      <c r="D41" s="9">
+        <v>168859245</v>
+      </c>
+      <c r="E41" s="9">
+        <v>17888418</v>
+      </c>
+      <c r="F41" s="8">
+        <v>1667675685</v>
+      </c>
+      <c r="G41" s="7">
+        <v>3385066905</v>
+      </c>
+      <c r="H41" s="8">
+        <v>622527481</v>
+      </c>
+      <c r="I41" s="8">
+        <v>404490885</v>
+      </c>
+      <c r="J41" s="7">
+        <v>218036596</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="C33" s="8">
-[...28 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B42" s="9">
+        <v>909200917</v>
+      </c>
+      <c r="C42" s="9">
+        <v>172785869</v>
+      </c>
+      <c r="D42" s="9">
+        <v>0</v>
+      </c>
+      <c r="E42" s="9">
+        <v>0</v>
+      </c>
+      <c r="F42" s="8">
+        <v>254173357</v>
+      </c>
+      <c r="G42" s="7">
+        <v>827813429</v>
+      </c>
+      <c r="H42" s="8">
+        <v>320359731</v>
+      </c>
+      <c r="I42" s="8">
+        <v>236068032</v>
+      </c>
+      <c r="J42" s="7">
+        <v>84291699</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C34" s="8">
-[...28 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B43" s="9">
+        <v>29320407867</v>
+      </c>
+      <c r="C43" s="9">
+        <v>15003028366</v>
+      </c>
+      <c r="D43" s="9">
+        <v>4451491921</v>
+      </c>
+      <c r="E43" s="9">
+        <v>943121300</v>
+      </c>
+      <c r="F43" s="8">
+        <v>7486401010</v>
+      </c>
+      <c r="G43" s="7">
+        <v>42231648444</v>
+      </c>
+      <c r="H43" s="8">
+        <v>518183260</v>
+      </c>
+      <c r="I43" s="8">
+        <v>443121150</v>
+      </c>
+      <c r="J43" s="7">
+        <v>75062110</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="C35" s="8">
-[...28 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="B44" s="9">
+        <v>2594567740</v>
+      </c>
+      <c r="C44" s="9">
+        <v>1101409960</v>
+      </c>
+      <c r="D44" s="9">
+        <v>0</v>
+      </c>
+      <c r="E44" s="9">
+        <v>0</v>
+      </c>
+      <c r="F44" s="8">
+        <v>980825604</v>
+      </c>
+      <c r="G44" s="7">
+        <v>2715152096</v>
+      </c>
+      <c r="H44" s="8">
+        <v>574061800</v>
+      </c>
+      <c r="I44" s="8">
+        <v>381378300</v>
+      </c>
+      <c r="J44" s="7">
+        <v>192683500</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="C36" s="8">
-[...24 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="B45" s="9">
+        <v>7003384060</v>
+      </c>
+      <c r="C45" s="9">
+        <v>601606210</v>
+      </c>
+      <c r="D45" s="9">
+        <v>230170260</v>
+      </c>
+      <c r="E45" s="9">
+        <v>646308610</v>
+      </c>
+      <c r="F45" s="8">
+        <v>1145602216</v>
+      </c>
+      <c r="G45" s="7">
+        <v>7335866924</v>
+      </c>
+      <c r="H45" s="8">
+        <v>771260170</v>
+      </c>
+      <c r="I45" s="8">
+        <v>624822290</v>
+      </c>
+      <c r="J45" s="7">
+        <v>146437880</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="19" t="s">
         <v>44</v>
       </c>
-      <c r="C37" s="8">
-[...24 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="B46" s="9">
+        <v>6849967590</v>
+      </c>
+      <c r="C46" s="9">
+        <v>1229943680</v>
+      </c>
+      <c r="D46" s="9">
+        <v>0</v>
+      </c>
+      <c r="E46" s="9">
+        <v>0</v>
+      </c>
+      <c r="F46" s="8">
+        <v>1721768224</v>
+      </c>
+      <c r="G46" s="7">
+        <v>6358143046</v>
+      </c>
+      <c r="H46" s="8">
+        <v>571084500</v>
+      </c>
+      <c r="I46" s="8">
+        <v>363638076</v>
+      </c>
+      <c r="J46" s="7">
+        <v>207446424</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="C38" s="8">
-[...28 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="B47" s="9">
+        <v>12481832489</v>
+      </c>
+      <c r="C47" s="9">
+        <v>2344523500</v>
+      </c>
+      <c r="D47" s="9">
+        <v>386115100</v>
+      </c>
+      <c r="E47" s="9">
+        <v>364050200</v>
+      </c>
+      <c r="F47" s="8">
+        <v>1909984634</v>
+      </c>
+      <c r="G47" s="7">
+        <v>13666536655</v>
+      </c>
+      <c r="H47" s="8">
+        <v>545419800</v>
+      </c>
+      <c r="I47" s="8">
+        <v>375222584</v>
+      </c>
+      <c r="J47" s="7">
+        <v>170197216</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="19" t="s">
         <v>46</v>
       </c>
-      <c r="C39" s="8">
-[...26 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="B48" s="9">
+        <v>889203070</v>
+      </c>
+      <c r="C48" s="9">
+        <v>397215609</v>
+      </c>
+      <c r="D48" s="9">
+        <v>0</v>
+      </c>
+      <c r="E48" s="9">
+        <v>0</v>
+      </c>
+      <c r="F48" s="8">
+        <v>181468326</v>
+      </c>
+      <c r="G48" s="7">
+        <v>1104950353</v>
+      </c>
+      <c r="H48" s="8">
+        <v>224591687</v>
+      </c>
+      <c r="I48" s="8">
+        <v>162533481</v>
+      </c>
+      <c r="J48" s="7">
+        <v>62058206</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="19" t="s">
         <v>47</v>
       </c>
-      <c r="C40" s="8">
-[...28 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B49" s="9">
+        <v>2876295780</v>
+      </c>
+      <c r="C49" s="9">
+        <v>266129050</v>
+      </c>
+      <c r="D49" s="9">
+        <v>80175800</v>
+      </c>
+      <c r="E49" s="9">
+        <v>0</v>
+      </c>
+      <c r="F49" s="8">
+        <v>202074691</v>
+      </c>
+      <c r="G49" s="7">
+        <v>3020525939</v>
+      </c>
+      <c r="H49" s="8">
+        <v>249277260</v>
+      </c>
+      <c r="I49" s="8">
+        <v>126274740</v>
+      </c>
+      <c r="J49" s="7">
+        <v>123002520</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="C41" s="8">
-[...26 lines deleted...]
-      <c r="A42" s="1" t="s">
+      <c r="B50" s="9">
+        <v>1198170377</v>
+      </c>
+      <c r="C50" s="9">
+        <v>386255846</v>
+      </c>
+      <c r="D50" s="9">
+        <v>0</v>
+      </c>
+      <c r="E50" s="9">
+        <v>0</v>
+      </c>
+      <c r="F50" s="8">
+        <v>752467629</v>
+      </c>
+      <c r="G50" s="7">
+        <v>831958594</v>
+      </c>
+      <c r="H50" s="8">
+        <v>276387026</v>
+      </c>
+      <c r="I50" s="8">
+        <v>194381022</v>
+      </c>
+      <c r="J50" s="7">
+        <v>82006004</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="19" t="s">
         <v>49</v>
       </c>
-      <c r="C42" s="8">
-[...28 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="B51" s="9">
+        <v>18265270215</v>
+      </c>
+      <c r="C51" s="9">
+        <v>3105826323</v>
+      </c>
+      <c r="D51" s="9">
+        <v>1480217165</v>
+      </c>
+      <c r="E51" s="9">
+        <v>0</v>
+      </c>
+      <c r="F51" s="8">
+        <v>1024565183</v>
+      </c>
+      <c r="G51" s="7">
+        <v>21826748520</v>
+      </c>
+      <c r="H51" s="8">
+        <v>1247189188</v>
+      </c>
+      <c r="I51" s="8">
+        <v>879119038</v>
+      </c>
+      <c r="J51" s="7">
+        <v>368070150</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="C43" s="8">
-[...28 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="B52" s="9">
+        <v>8781508036</v>
+      </c>
+      <c r="C52" s="9">
+        <v>734191176</v>
+      </c>
+      <c r="D52" s="9">
+        <v>0</v>
+      </c>
+      <c r="E52" s="9">
+        <v>0</v>
+      </c>
+      <c r="F52" s="8">
+        <v>431495787</v>
+      </c>
+      <c r="G52" s="7">
+        <v>9084203425</v>
+      </c>
+      <c r="H52" s="8">
+        <v>539251480</v>
+      </c>
+      <c r="I52" s="8">
+        <v>404413907</v>
+      </c>
+      <c r="J52" s="7">
+        <v>134837573</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="C44" s="8">
-[...26 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="B53" s="9">
+        <v>15994867937</v>
+      </c>
+      <c r="C53" s="9">
+        <v>1728989460</v>
+      </c>
+      <c r="D53" s="9">
+        <v>1034643228</v>
+      </c>
+      <c r="E53" s="9">
+        <v>0</v>
+      </c>
+      <c r="F53" s="8">
+        <v>1157934824</v>
+      </c>
+      <c r="G53" s="7">
+        <v>17600565801</v>
+      </c>
+      <c r="H53" s="8">
+        <v>1230667470</v>
+      </c>
+      <c r="I53" s="8">
+        <v>990737970</v>
+      </c>
+      <c r="J53" s="7">
+        <v>239929500</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="C45" s="8">
-[...26 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="B54" s="9">
+        <v>809885292</v>
+      </c>
+      <c r="C54" s="9">
+        <v>15487853</v>
+      </c>
+      <c r="D54" s="9">
+        <v>0</v>
+      </c>
+      <c r="E54" s="9">
+        <v>0</v>
+      </c>
+      <c r="F54" s="8">
+        <v>149055486</v>
+      </c>
+      <c r="G54" s="7">
+        <v>676317659</v>
+      </c>
+      <c r="H54" s="8">
+        <v>238805733</v>
+      </c>
+      <c r="I54" s="8">
+        <v>133993100</v>
+      </c>
+      <c r="J54" s="7">
+        <v>104812633</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="C46" s="8">
-[...28 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="B55" s="9">
+        <v>3854846215</v>
+      </c>
+      <c r="C55" s="9">
+        <v>976547100</v>
+      </c>
+      <c r="D55" s="9">
+        <v>424688900</v>
+      </c>
+      <c r="E55" s="9">
+        <v>0</v>
+      </c>
+      <c r="F55" s="8">
+        <v>979071575</v>
+      </c>
+      <c r="G55" s="7">
+        <v>4277010640</v>
+      </c>
+      <c r="H55" s="8">
+        <v>302341500</v>
+      </c>
+      <c r="I55" s="8">
+        <v>257686900</v>
+      </c>
+      <c r="J55" s="7">
+        <v>44654600</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="C47" s="8">
-[...28 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="B56" s="9">
+        <v>2329740353</v>
+      </c>
+      <c r="C56" s="9">
+        <v>510022912</v>
+      </c>
+      <c r="D56" s="9">
+        <v>228150540</v>
+      </c>
+      <c r="E56" s="9">
+        <v>0</v>
+      </c>
+      <c r="F56" s="8">
+        <v>329797254</v>
+      </c>
+      <c r="G56" s="7">
+        <v>2738116551</v>
+      </c>
+      <c r="H56" s="8">
+        <v>489258873</v>
+      </c>
+      <c r="I56" s="8">
+        <v>289487375</v>
+      </c>
+      <c r="J56" s="7">
+        <v>199771498</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="19" t="s">
         <v>55</v>
       </c>
-      <c r="C48" s="8">
-[...28 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="B57" s="9">
+        <v>8050738971</v>
+      </c>
+      <c r="C57" s="9">
+        <v>904461494</v>
+      </c>
+      <c r="D57" s="9">
+        <v>554611824</v>
+      </c>
+      <c r="E57" s="9">
+        <v>0</v>
+      </c>
+      <c r="F57" s="8">
+        <v>435578268</v>
+      </c>
+      <c r="G57" s="7">
+        <v>9074234021</v>
+      </c>
+      <c r="H57" s="8">
+        <v>551997217</v>
+      </c>
+      <c r="I57" s="8">
+        <v>363330478</v>
+      </c>
+      <c r="J57" s="7">
+        <v>188666739</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="19" t="s">
         <v>56</v>
       </c>
-      <c r="C49" s="8">
-[...24 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="B58" s="9">
+        <v>6725362310</v>
+      </c>
+      <c r="C58" s="9">
+        <v>1052723340</v>
+      </c>
+      <c r="D58" s="9">
+        <v>18727490</v>
+      </c>
+      <c r="E58" s="9">
+        <v>48170</v>
+      </c>
+      <c r="F58" s="8">
+        <v>274398764</v>
+      </c>
+      <c r="G58" s="7">
+        <v>7522462546</v>
+      </c>
+      <c r="H58" s="8">
+        <v>324329140</v>
+      </c>
+      <c r="I58" s="8">
+        <v>214398555</v>
+      </c>
+      <c r="J58" s="7">
+        <v>109930585</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="19" t="s">
         <v>57</v>
       </c>
-      <c r="C50" s="8">
-[...28 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="B59" s="9">
+        <v>2748495812</v>
+      </c>
+      <c r="C59" s="9">
+        <v>102766526</v>
+      </c>
+      <c r="D59" s="9">
+        <v>6844282</v>
+      </c>
+      <c r="E59" s="9">
+        <v>0</v>
+      </c>
+      <c r="F59" s="8">
+        <v>533048989</v>
+      </c>
+      <c r="G59" s="7">
+        <v>2325057631</v>
+      </c>
+      <c r="H59" s="8">
+        <v>304827928</v>
+      </c>
+      <c r="I59" s="8">
+        <v>272330325</v>
+      </c>
+      <c r="J59" s="7">
+        <v>32497603</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="19" t="s">
         <v>58</v>
       </c>
-      <c r="C51" s="8">
-[...24 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="B60" s="9">
+        <v>1236290764</v>
+      </c>
+      <c r="C60" s="9">
+        <v>430472572</v>
+      </c>
+      <c r="D60" s="9">
+        <v>30291576</v>
+      </c>
+      <c r="E60" s="9">
+        <v>1848503</v>
+      </c>
+      <c r="F60" s="8">
+        <v>510669319</v>
+      </c>
+      <c r="G60" s="7">
+        <v>1188234096</v>
+      </c>
+      <c r="H60" s="8">
+        <v>375590660</v>
+      </c>
+      <c r="I60" s="8">
+        <v>265510914</v>
+      </c>
+      <c r="J60" s="7">
+        <v>110079746</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="19" t="s">
         <v>59</v>
       </c>
-      <c r="C52" s="8">
-[...28 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="B61" s="9">
+        <v>3018866148</v>
+      </c>
+      <c r="C61" s="9">
+        <v>291162920</v>
+      </c>
+      <c r="D61" s="9">
+        <v>103814310</v>
+      </c>
+      <c r="E61" s="9">
+        <v>12640800</v>
+      </c>
+      <c r="F61" s="8">
+        <v>150508625</v>
+      </c>
+      <c r="G61" s="7">
+        <v>3275975553</v>
+      </c>
+      <c r="H61" s="8">
+        <v>155610600</v>
+      </c>
+      <c r="I61" s="8">
+        <v>93091800</v>
+      </c>
+      <c r="J61" s="7">
+        <v>62518800</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A62" s="19" t="s">
         <v>60</v>
       </c>
-      <c r="C53" s="8">
-[...24 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="B62" s="9">
+        <v>94473758961</v>
+      </c>
+      <c r="C62" s="9">
+        <v>72087935231</v>
+      </c>
+      <c r="D62" s="9">
+        <v>0</v>
+      </c>
+      <c r="E62" s="9">
+        <v>0</v>
+      </c>
+      <c r="F62" s="8">
+        <v>4242682269</v>
+      </c>
+      <c r="G62" s="7">
+        <v>162319011923</v>
+      </c>
+      <c r="H62" s="8">
+        <v>407048765</v>
+      </c>
+      <c r="I62" s="8">
+        <v>346882649</v>
+      </c>
+      <c r="J62" s="7">
+        <v>60166116</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A63" s="19" t="s">
         <v>61</v>
       </c>
-      <c r="C54" s="8">
-[...28 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="B63" s="9">
+        <v>1342380600</v>
+      </c>
+      <c r="C63" s="9">
+        <v>142512100</v>
+      </c>
+      <c r="D63" s="9">
+        <v>86253000</v>
+      </c>
+      <c r="E63" s="9">
+        <v>245712400</v>
+      </c>
+      <c r="F63" s="8">
+        <v>370162650</v>
+      </c>
+      <c r="G63" s="7">
+        <v>1446695450</v>
+      </c>
+      <c r="H63" s="8">
+        <v>167288900</v>
+      </c>
+      <c r="I63" s="8">
+        <v>99524300</v>
+      </c>
+      <c r="J63" s="7">
+        <v>67764600</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A64" s="19" t="s">
         <v>62</v>
       </c>
-      <c r="C55" s="8">
-[...24 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B64" s="9">
+        <v>2461188633</v>
+      </c>
+      <c r="C64" s="9">
+        <v>189817294</v>
+      </c>
+      <c r="D64" s="9">
+        <v>213705584</v>
+      </c>
+      <c r="E64" s="9">
+        <v>0</v>
+      </c>
+      <c r="F64" s="8">
+        <v>169405138</v>
+      </c>
+      <c r="G64" s="7">
+        <v>2695306373</v>
+      </c>
+      <c r="H64" s="8">
+        <v>264724480</v>
+      </c>
+      <c r="I64" s="8">
+        <v>148579581</v>
+      </c>
+      <c r="J64" s="7">
+        <v>116144899</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="19" t="s">
         <v>63</v>
       </c>
-      <c r="C56" s="8">
-[...26 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="B65" s="9">
+        <v>9306404366</v>
+      </c>
+      <c r="C65" s="9">
+        <v>5448508909</v>
+      </c>
+      <c r="D65" s="9">
+        <v>70778570</v>
+      </c>
+      <c r="E65" s="9">
+        <v>0</v>
+      </c>
+      <c r="F65" s="8">
+        <v>2526848797</v>
+      </c>
+      <c r="G65" s="7">
+        <v>12298843048</v>
+      </c>
+      <c r="H65" s="8">
+        <v>1011592190</v>
+      </c>
+      <c r="I65" s="8">
+        <v>683932350</v>
+      </c>
+      <c r="J65" s="7">
+        <v>327659840</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="19" t="s">
         <v>64</v>
       </c>
-      <c r="C57" s="8">
-[...24 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="B66" s="9">
+        <v>3956477656</v>
+      </c>
+      <c r="C66" s="9">
+        <v>2135276523</v>
+      </c>
+      <c r="D66" s="9">
+        <v>293230</v>
+      </c>
+      <c r="E66" s="9">
+        <v>0</v>
+      </c>
+      <c r="F66" s="8">
+        <v>486346617</v>
+      </c>
+      <c r="G66" s="7">
+        <v>5605700792</v>
+      </c>
+      <c r="H66" s="8">
+        <v>638124113</v>
+      </c>
+      <c r="I66" s="8">
+        <v>410997190</v>
+      </c>
+      <c r="J66" s="7">
+        <v>227126923</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A67" s="19" t="s">
         <v>65</v>
       </c>
-      <c r="C58" s="8">
-[...26 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="B67" s="9">
+        <v>24154125800</v>
+      </c>
+      <c r="C67" s="9">
+        <v>5880919000</v>
+      </c>
+      <c r="D67" s="9">
+        <v>820016500</v>
+      </c>
+      <c r="E67" s="9">
+        <v>57341967</v>
+      </c>
+      <c r="F67" s="8">
+        <v>359761695</v>
+      </c>
+      <c r="G67" s="7">
+        <v>30552641572</v>
+      </c>
+      <c r="H67" s="8">
+        <v>181727000</v>
+      </c>
+      <c r="I67" s="8">
+        <v>157205600</v>
+      </c>
+      <c r="J67" s="7">
+        <v>24521400</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="C59" s="8">
-[...24 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="B68" s="9">
+        <v>1015324064</v>
+      </c>
+      <c r="C68" s="9">
+        <v>717590784</v>
+      </c>
+      <c r="D68" s="9">
+        <v>58190169</v>
+      </c>
+      <c r="E68" s="9">
+        <v>0</v>
+      </c>
+      <c r="F68" s="8">
+        <v>295989593</v>
+      </c>
+      <c r="G68" s="7">
+        <v>1495115424</v>
+      </c>
+      <c r="H68" s="8">
+        <v>447056472</v>
+      </c>
+      <c r="I68" s="8">
+        <v>267691514</v>
+      </c>
+      <c r="J68" s="7">
+        <v>179364958</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="19" t="s">
         <v>67</v>
       </c>
-      <c r="C60" s="8">
-[...26 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="B69" s="9">
+        <v>10404049376</v>
+      </c>
+      <c r="C69" s="9">
+        <v>2080781104</v>
+      </c>
+      <c r="D69" s="9">
+        <v>32397018</v>
+      </c>
+      <c r="E69" s="9">
+        <v>315975215</v>
+      </c>
+      <c r="F69" s="8">
+        <v>394498349</v>
+      </c>
+      <c r="G69" s="7">
+        <v>12438704364</v>
+      </c>
+      <c r="H69" s="8">
+        <v>315975215</v>
+      </c>
+      <c r="I69" s="8">
+        <v>192873030</v>
+      </c>
+      <c r="J69" s="7">
+        <v>123102185</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A70" s="19" t="s">
         <v>68</v>
       </c>
-      <c r="C61" s="8">
-[...24 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B70" s="9">
+        <v>15372357239</v>
+      </c>
+      <c r="C70" s="9">
+        <v>3127852816</v>
+      </c>
+      <c r="D70" s="9">
+        <v>229751844</v>
+      </c>
+      <c r="E70" s="9">
+        <v>0</v>
+      </c>
+      <c r="F70" s="8">
+        <v>1479075646</v>
+      </c>
+      <c r="G70" s="7">
+        <v>17250886253</v>
+      </c>
+      <c r="H70" s="8">
+        <v>1072742164</v>
+      </c>
+      <c r="I70" s="8">
+        <v>726409291</v>
+      </c>
+      <c r="J70" s="7">
+        <v>346332873</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A71" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="C62" s="8">
-[...26 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="B71" s="9">
+        <v>1588023684</v>
+      </c>
+      <c r="C71" s="9">
+        <v>107650714</v>
+      </c>
+      <c r="D71" s="9">
+        <v>19997</v>
+      </c>
+      <c r="E71" s="9">
+        <v>0</v>
+      </c>
+      <c r="F71" s="8">
+        <v>109993820</v>
+      </c>
+      <c r="G71" s="7">
+        <v>1585700575</v>
+      </c>
+      <c r="H71" s="8">
+        <v>145703087</v>
+      </c>
+      <c r="I71" s="8">
+        <v>90313915</v>
+      </c>
+      <c r="J71" s="7">
+        <v>55389172</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="19" t="s">
         <v>70</v>
       </c>
-      <c r="C63" s="8">
-[...26 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="B72" s="9">
+        <v>2254891835</v>
+      </c>
+      <c r="C72" s="9">
+        <v>284920320</v>
+      </c>
+      <c r="D72" s="9">
+        <v>0</v>
+      </c>
+      <c r="E72" s="9">
+        <v>309391060</v>
+      </c>
+      <c r="F72" s="8">
+        <v>236441150</v>
+      </c>
+      <c r="G72" s="7">
+        <v>2612762065</v>
+      </c>
+      <c r="H72" s="8">
+        <v>309391060</v>
+      </c>
+      <c r="I72" s="8">
+        <v>206802060</v>
+      </c>
+      <c r="J72" s="7">
+        <v>102589000</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A73" s="19" t="s">
         <v>71</v>
       </c>
-      <c r="C64" s="8">
-[...26 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="B73" s="9">
+        <v>6606159331</v>
+      </c>
+      <c r="C73" s="9">
+        <v>534788530</v>
+      </c>
+      <c r="D73" s="9">
+        <v>2168365</v>
+      </c>
+      <c r="E73" s="9">
+        <v>0</v>
+      </c>
+      <c r="F73" s="8">
+        <v>368592411</v>
+      </c>
+      <c r="G73" s="7">
+        <v>6774523815</v>
+      </c>
+      <c r="H73" s="8">
+        <v>403651932</v>
+      </c>
+      <c r="I73" s="8">
+        <v>102773754</v>
+      </c>
+      <c r="J73" s="7">
+        <v>300878178</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="C65" s="8">
-[...28 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="B74" s="9">
+        <v>1406928434</v>
+      </c>
+      <c r="C74" s="9">
+        <v>104707702</v>
+      </c>
+      <c r="D74" s="9">
+        <v>0</v>
+      </c>
+      <c r="E74" s="9">
+        <v>0</v>
+      </c>
+      <c r="F74" s="8">
+        <v>201444255</v>
+      </c>
+      <c r="G74" s="7">
+        <v>1310191881</v>
+      </c>
+      <c r="H74" s="8">
+        <v>673852700</v>
+      </c>
+      <c r="I74" s="8">
+        <v>186774100</v>
+      </c>
+      <c r="J74" s="7">
+        <v>487078600</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A75" s="19" t="s">
         <v>73</v>
       </c>
-      <c r="C66" s="8">
-[...26 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="B75" s="9">
+        <v>2815032972</v>
+      </c>
+      <c r="C75" s="9">
+        <v>538428716</v>
+      </c>
+      <c r="D75" s="9">
+        <v>114742147</v>
+      </c>
+      <c r="E75" s="9">
+        <v>0</v>
+      </c>
+      <c r="F75" s="8">
+        <v>653613196</v>
+      </c>
+      <c r="G75" s="7">
+        <v>2814590639</v>
+      </c>
+      <c r="H75" s="8">
+        <v>401654098</v>
+      </c>
+      <c r="I75" s="8">
+        <v>268269648</v>
+      </c>
+      <c r="J75" s="7">
+        <v>133384450</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A76" s="19" t="s">
         <v>74</v>
       </c>
-      <c r="C67" s="8">
-[...28 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="B76" s="9">
+        <v>14385038511</v>
+      </c>
+      <c r="C76" s="9">
+        <v>402095692</v>
+      </c>
+      <c r="D76" s="9">
+        <v>401627407</v>
+      </c>
+      <c r="E76" s="9">
+        <v>4996085</v>
+      </c>
+      <c r="F76" s="8">
+        <v>3540092044</v>
+      </c>
+      <c r="G76" s="7">
+        <v>11653665651</v>
+      </c>
+      <c r="H76" s="8">
+        <v>770813589</v>
+      </c>
+      <c r="I76" s="8">
+        <v>497232982</v>
+      </c>
+      <c r="J76" s="7">
+        <v>273580607</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A77" s="19" t="s">
         <v>75</v>
       </c>
-      <c r="C68" s="8">
-[...28 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="B77" s="9">
+        <v>2701097992</v>
+      </c>
+      <c r="C77" s="9">
+        <v>250045227</v>
+      </c>
+      <c r="D77" s="9">
+        <v>8520365</v>
+      </c>
+      <c r="E77" s="9">
+        <v>0</v>
+      </c>
+      <c r="F77" s="8">
+        <v>327655955</v>
+      </c>
+      <c r="G77" s="7">
+        <v>2632007629</v>
+      </c>
+      <c r="H77" s="8">
+        <v>434218542</v>
+      </c>
+      <c r="I77" s="8">
+        <v>301787272</v>
+      </c>
+      <c r="J77" s="7">
+        <v>132431270</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="C69" s="8">
-[...24 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="B78" s="9">
+        <v>8741337949</v>
+      </c>
+      <c r="C78" s="9">
+        <v>1011508641</v>
+      </c>
+      <c r="D78" s="9">
+        <v>620211227</v>
+      </c>
+      <c r="E78" s="9">
+        <v>0</v>
+      </c>
+      <c r="F78" s="8">
+        <v>1443403412</v>
+      </c>
+      <c r="G78" s="7">
+        <v>8929654405</v>
+      </c>
+      <c r="H78" s="8">
+        <v>748008970</v>
+      </c>
+      <c r="I78" s="8">
+        <v>581353160</v>
+      </c>
+      <c r="J78" s="7">
+        <v>166655810</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="19" t="s">
         <v>77</v>
       </c>
-      <c r="C70" s="8">
-[...28 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="B79" s="9">
+        <v>1611744470</v>
+      </c>
+      <c r="C79" s="9">
+        <v>723208138</v>
+      </c>
+      <c r="D79" s="9">
+        <v>73314582</v>
+      </c>
+      <c r="E79" s="9">
+        <v>107675977</v>
+      </c>
+      <c r="F79" s="8">
+        <v>552066565</v>
+      </c>
+      <c r="G79" s="7">
+        <v>1963876602</v>
+      </c>
+      <c r="H79" s="8">
+        <v>191450138</v>
+      </c>
+      <c r="I79" s="8">
+        <v>105729837</v>
+      </c>
+      <c r="J79" s="7">
+        <v>85720301</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="C71" s="8">
-[...26 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="B80" s="9">
+        <v>3943765702</v>
+      </c>
+      <c r="C80" s="9">
+        <v>829102598</v>
+      </c>
+      <c r="D80" s="9">
+        <v>241031300</v>
+      </c>
+      <c r="E80" s="9">
+        <v>0</v>
+      </c>
+      <c r="F80" s="8">
+        <v>344212990</v>
+      </c>
+      <c r="G80" s="7">
+        <v>4669686610</v>
+      </c>
+      <c r="H80" s="8">
+        <v>471901700</v>
+      </c>
+      <c r="I80" s="8">
+        <v>200150400</v>
+      </c>
+      <c r="J80" s="7">
+        <v>271751300</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="19" t="s">
         <v>79</v>
       </c>
-      <c r="C72" s="8">
-[...26 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="B81" s="9">
+        <v>4679755386</v>
+      </c>
+      <c r="C81" s="9">
+        <v>672520863</v>
+      </c>
+      <c r="D81" s="9">
+        <v>344130279</v>
+      </c>
+      <c r="E81" s="9">
+        <v>0</v>
+      </c>
+      <c r="F81" s="8">
+        <v>392630516</v>
+      </c>
+      <c r="G81" s="7">
+        <v>5303776012</v>
+      </c>
+      <c r="H81" s="8">
+        <v>495930599</v>
+      </c>
+      <c r="I81" s="8">
+        <v>310096689</v>
+      </c>
+      <c r="J81" s="7">
+        <v>185833910</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A82" s="19" t="s">
         <v>80</v>
       </c>
-      <c r="C73" s="8">
-[...26 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="B82" s="9">
+        <v>9018657652</v>
+      </c>
+      <c r="C82" s="9">
+        <v>1475504326</v>
+      </c>
+      <c r="D82" s="9">
+        <v>787588389</v>
+      </c>
+      <c r="E82" s="9">
+        <v>1420580768</v>
+      </c>
+      <c r="F82" s="8">
+        <v>2391444419</v>
+      </c>
+      <c r="G82" s="7">
+        <v>10310886716</v>
+      </c>
+      <c r="H82" s="8">
+        <v>1185142206</v>
+      </c>
+      <c r="I82" s="8">
+        <v>819817747</v>
+      </c>
+      <c r="J82" s="7">
+        <v>365324459</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A83" s="19" t="s">
         <v>81</v>
       </c>
-      <c r="C74" s="8">
-[...28 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="B83" s="9">
+        <v>4838777781</v>
+      </c>
+      <c r="C83" s="9">
+        <v>715323655</v>
+      </c>
+      <c r="D83" s="9">
+        <v>441905728</v>
+      </c>
+      <c r="E83" s="9">
+        <v>0</v>
+      </c>
+      <c r="F83" s="8">
+        <v>890514209</v>
+      </c>
+      <c r="G83" s="7">
+        <v>5105492955</v>
+      </c>
+      <c r="H83" s="8">
+        <v>209650700</v>
+      </c>
+      <c r="I83" s="8">
+        <v>161317500</v>
+      </c>
+      <c r="J83" s="7">
+        <v>48333200</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="19" t="s">
         <v>82</v>
       </c>
-      <c r="C75" s="8">
-[...26 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="B84" s="9">
+        <v>1624896277</v>
+      </c>
+      <c r="C84" s="9">
+        <v>200934240</v>
+      </c>
+      <c r="D84" s="9">
+        <v>11123790</v>
+      </c>
+      <c r="E84" s="9">
+        <v>2516344368</v>
+      </c>
+      <c r="F84" s="8">
+        <v>696351194</v>
+      </c>
+      <c r="G84" s="7">
+        <v>3656947481</v>
+      </c>
+      <c r="H84" s="8">
+        <v>876482518</v>
+      </c>
+      <c r="I84" s="8">
+        <v>633771771</v>
+      </c>
+      <c r="J84" s="7">
+        <v>242710747</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="19" t="s">
         <v>83</v>
       </c>
-      <c r="C76" s="8">
-[...28 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="B85" s="9">
+        <v>986345000</v>
+      </c>
+      <c r="C85" s="9">
+        <v>549064240</v>
+      </c>
+      <c r="D85" s="9">
+        <v>115610610</v>
+      </c>
+      <c r="E85" s="9">
+        <v>0</v>
+      </c>
+      <c r="F85" s="8">
+        <v>134524889</v>
+      </c>
+      <c r="G85" s="7">
+        <v>1516494961</v>
+      </c>
+      <c r="H85" s="8">
+        <v>196705160</v>
+      </c>
+      <c r="I85" s="8">
+        <v>101076190</v>
+      </c>
+      <c r="J85" s="7">
+        <v>95628970</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A86" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="C77" s="8">
-[...26 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="B86" s="9">
+        <v>3802572073</v>
+      </c>
+      <c r="C86" s="9">
+        <v>445399428</v>
+      </c>
+      <c r="D86" s="9">
+        <v>116801259</v>
+      </c>
+      <c r="E86" s="9">
+        <v>0</v>
+      </c>
+      <c r="F86" s="8">
+        <v>431689160</v>
+      </c>
+      <c r="G86" s="7">
+        <v>3933083600</v>
+      </c>
+      <c r="H86" s="8">
+        <v>607427841</v>
+      </c>
+      <c r="I86" s="8">
+        <v>379279445</v>
+      </c>
+      <c r="J86" s="7">
+        <v>228148396</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A87" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="C78" s="8">
-[...26 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="B87" s="9">
+        <v>3142431470</v>
+      </c>
+      <c r="C87" s="9">
+        <v>249132789</v>
+      </c>
+      <c r="D87" s="9">
+        <v>35296668</v>
+      </c>
+      <c r="E87" s="9">
+        <v>0</v>
+      </c>
+      <c r="F87" s="8">
+        <v>626125538</v>
+      </c>
+      <c r="G87" s="7">
+        <v>2800735389</v>
+      </c>
+      <c r="H87" s="8">
+        <v>445726500</v>
+      </c>
+      <c r="I87" s="8">
+        <v>346041400</v>
+      </c>
+      <c r="J87" s="7">
+        <v>99685100</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A88" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="C79" s="8">
-[...26 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="B88" s="9">
+        <v>3910557254</v>
+      </c>
+      <c r="C88" s="9">
+        <v>793484149</v>
+      </c>
+      <c r="D88" s="9">
+        <v>152658710</v>
+      </c>
+      <c r="E88" s="9">
+        <v>713848950</v>
+      </c>
+      <c r="F88" s="8">
+        <v>1183426055</v>
+      </c>
+      <c r="G88" s="7">
+        <v>4387123008</v>
+      </c>
+      <c r="H88" s="8">
+        <v>682159950</v>
+      </c>
+      <c r="I88" s="8">
+        <v>395039550</v>
+      </c>
+      <c r="J88" s="7">
+        <v>287120400</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A89" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="C80" s="8">
-[...26 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="B89" s="9">
+        <v>1515507191</v>
+      </c>
+      <c r="C89" s="9">
+        <v>272941837</v>
+      </c>
+      <c r="D89" s="9">
+        <v>5744660</v>
+      </c>
+      <c r="E89" s="9">
+        <v>64350770</v>
+      </c>
+      <c r="F89" s="8">
+        <v>386178327</v>
+      </c>
+      <c r="G89" s="7">
+        <v>1472366131</v>
+      </c>
+      <c r="H89" s="8">
+        <v>70444630</v>
+      </c>
+      <c r="I89" s="8">
+        <v>44004020</v>
+      </c>
+      <c r="J89" s="7">
+        <v>26440610</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="19" t="s">
         <v>88</v>
       </c>
-      <c r="C81" s="8">
-[...24 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="B90" s="9">
+        <v>5040167342</v>
+      </c>
+      <c r="C90" s="9">
+        <v>640068822</v>
+      </c>
+      <c r="D90" s="9">
+        <v>14042640</v>
+      </c>
+      <c r="E90" s="9">
+        <v>0</v>
+      </c>
+      <c r="F90" s="8">
+        <v>280761759</v>
+      </c>
+      <c r="G90" s="7">
+        <v>5413517045</v>
+      </c>
+      <c r="H90" s="8">
+        <v>277485680</v>
+      </c>
+      <c r="I90" s="8">
+        <v>243349950</v>
+      </c>
+      <c r="J90" s="7">
+        <v>34135730</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="19" t="s">
         <v>89</v>
       </c>
-      <c r="C82" s="8">
-[...26 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="B91" s="9">
+        <v>564310838</v>
+      </c>
+      <c r="C91" s="9">
+        <v>36861273</v>
+      </c>
+      <c r="D91" s="9">
+        <v>0</v>
+      </c>
+      <c r="E91" s="9">
+        <v>0</v>
+      </c>
+      <c r="F91" s="8">
+        <v>238471209</v>
+      </c>
+      <c r="G91" s="7">
+        <v>362700902</v>
+      </c>
+      <c r="H91" s="8">
+        <v>166313882</v>
+      </c>
+      <c r="I91" s="8">
+        <v>101132053</v>
+      </c>
+      <c r="J91" s="7">
+        <v>65181829</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A92" s="19" t="s">
         <v>90</v>
       </c>
-      <c r="C83" s="8">
-[...28 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="B92" s="9">
+        <v>21020050970</v>
+      </c>
+      <c r="C92" s="9">
+        <v>2235425400</v>
+      </c>
+      <c r="D92" s="9">
+        <v>793535500</v>
+      </c>
+      <c r="E92" s="9">
+        <v>1562551390</v>
+      </c>
+      <c r="F92" s="8">
+        <v>2934814640</v>
+      </c>
+      <c r="G92" s="7">
+        <v>22676748620</v>
+      </c>
+      <c r="H92" s="8">
+        <v>1464804990</v>
+      </c>
+      <c r="I92" s="8">
+        <v>1024948673</v>
+      </c>
+      <c r="J92" s="7">
+        <v>439856317</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A93" s="19" t="s">
         <v>91</v>
       </c>
-      <c r="C84" s="8">
-[...26 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="B93" s="9">
+        <v>1653595906</v>
+      </c>
+      <c r="C93" s="9">
+        <v>372994809</v>
+      </c>
+      <c r="D93" s="9">
+        <v>107130844</v>
+      </c>
+      <c r="E93" s="9">
+        <v>0</v>
+      </c>
+      <c r="F93" s="8">
+        <v>155732507</v>
+      </c>
+      <c r="G93" s="7">
+        <v>1977989052</v>
+      </c>
+      <c r="H93" s="8">
+        <v>199807957</v>
+      </c>
+      <c r="I93" s="8">
+        <v>122090287</v>
+      </c>
+      <c r="J93" s="7">
+        <v>77717670</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A94" s="19" t="s">
         <v>92</v>
       </c>
-      <c r="C85" s="8">
-[...26 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="B94" s="9">
+        <v>116210070949</v>
+      </c>
+      <c r="C94" s="9">
+        <v>47152490249</v>
+      </c>
+      <c r="D94" s="9">
+        <v>4758412867</v>
+      </c>
+      <c r="E94" s="9">
+        <v>0</v>
+      </c>
+      <c r="F94" s="8">
+        <v>3287257981</v>
+      </c>
+      <c r="G94" s="7">
+        <v>164833716084</v>
+      </c>
+      <c r="H94" s="8">
+        <v>3042604966</v>
+      </c>
+      <c r="I94" s="8">
+        <v>2675074998</v>
+      </c>
+      <c r="J94" s="7">
+        <v>367529968</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A95" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="C86" s="8">
-[...28 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="B95" s="9">
+        <v>2303784917</v>
+      </c>
+      <c r="C95" s="9">
+        <v>115744963</v>
+      </c>
+      <c r="D95" s="9">
+        <v>14648813</v>
+      </c>
+      <c r="E95" s="9">
+        <v>0</v>
+      </c>
+      <c r="F95" s="8">
+        <v>302624572</v>
+      </c>
+      <c r="G95" s="7">
+        <v>2131554121</v>
+      </c>
+      <c r="H95" s="8">
+        <v>198835794</v>
+      </c>
+      <c r="I95" s="8">
+        <v>117714853</v>
+      </c>
+      <c r="J95" s="7">
+        <v>81120941</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A96" s="19" t="s">
         <v>94</v>
       </c>
-      <c r="C87" s="8">
-[...26 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B96" s="9">
+        <v>421305750</v>
+      </c>
+      <c r="C96" s="9">
+        <v>92183440</v>
+      </c>
+      <c r="D96" s="9">
+        <v>14364420</v>
+      </c>
+      <c r="E96" s="9">
+        <v>329567980</v>
+      </c>
+      <c r="F96" s="8">
+        <v>160534905</v>
+      </c>
+      <c r="G96" s="7">
+        <v>696886685</v>
+      </c>
+      <c r="H96" s="8">
+        <v>250400450</v>
+      </c>
+      <c r="I96" s="8">
+        <v>139047990</v>
+      </c>
+      <c r="J96" s="7">
+        <v>111352460</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A97" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="C88" s="8">
-[...26 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="B97" s="9">
+        <v>7978200365</v>
+      </c>
+      <c r="C97" s="9">
+        <v>1010754230</v>
+      </c>
+      <c r="D97" s="9">
+        <v>16965600</v>
+      </c>
+      <c r="E97" s="9">
+        <v>0</v>
+      </c>
+      <c r="F97" s="8">
+        <v>275460640</v>
+      </c>
+      <c r="G97" s="7">
+        <v>8730459555</v>
+      </c>
+      <c r="H97" s="8">
+        <v>327997400</v>
+      </c>
+      <c r="I97" s="8">
+        <v>219905200</v>
+      </c>
+      <c r="J97" s="7">
+        <v>108092200</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A98" s="19" t="s">
         <v>96</v>
       </c>
-      <c r="C89" s="8">
-[...28 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="B98" s="9">
+        <v>5662553661</v>
+      </c>
+      <c r="C98" s="9">
+        <v>1993856923</v>
+      </c>
+      <c r="D98" s="9">
+        <v>319017108</v>
+      </c>
+      <c r="E98" s="9">
+        <v>0</v>
+      </c>
+      <c r="F98" s="8">
+        <v>1539301546</v>
+      </c>
+      <c r="G98" s="7">
+        <v>6436126146</v>
+      </c>
+      <c r="H98" s="8">
+        <v>888260802</v>
+      </c>
+      <c r="I98" s="8">
+        <v>608181070</v>
+      </c>
+      <c r="J98" s="7">
+        <v>280079732</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A99" s="19" t="s">
         <v>97</v>
       </c>
-      <c r="C90" s="8">
-[...26 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="B99" s="9">
+        <v>4640364510</v>
+      </c>
+      <c r="C99" s="9">
+        <v>666200590</v>
+      </c>
+      <c r="D99" s="9">
+        <v>0</v>
+      </c>
+      <c r="E99" s="9">
+        <v>0</v>
+      </c>
+      <c r="F99" s="8">
+        <v>729282828</v>
+      </c>
+      <c r="G99" s="7">
+        <v>4577282272</v>
+      </c>
+      <c r="H99" s="8">
+        <v>989411370</v>
+      </c>
+      <c r="I99" s="8">
+        <v>631183820</v>
+      </c>
+      <c r="J99" s="7">
+        <v>358227550</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A100" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="C91" s="8">
-[...28 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="B100" s="9">
+        <v>3573187529</v>
+      </c>
+      <c r="C100" s="9">
+        <v>1080631887</v>
+      </c>
+      <c r="D100" s="9">
+        <v>469603327</v>
+      </c>
+      <c r="E100" s="9">
+        <v>0</v>
+      </c>
+      <c r="F100" s="8">
+        <v>272981883</v>
+      </c>
+      <c r="G100" s="7">
+        <v>4850440860</v>
+      </c>
+      <c r="H100" s="8">
+        <v>399693805</v>
+      </c>
+      <c r="I100" s="8">
+        <v>211558225</v>
+      </c>
+      <c r="J100" s="7">
+        <v>188135580</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="19" t="s">
         <v>99</v>
       </c>
-      <c r="C92" s="8">
-[...26 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="B101" s="9">
+        <v>2470782203</v>
+      </c>
+      <c r="C101" s="9">
+        <v>197562506</v>
+      </c>
+      <c r="D101" s="9">
+        <v>121230047</v>
+      </c>
+      <c r="E101" s="9">
+        <v>0</v>
+      </c>
+      <c r="F101" s="8">
+        <v>498708754</v>
+      </c>
+      <c r="G101" s="7">
+        <v>2290866002</v>
+      </c>
+      <c r="H101" s="8">
+        <v>741075350</v>
+      </c>
+      <c r="I101" s="8">
+        <v>464920993</v>
+      </c>
+      <c r="J101" s="7">
+        <v>276154357</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A102" s="19" t="s">
         <v>100</v>
       </c>
-      <c r="C93" s="8">
-[...26 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B102" s="9">
+        <v>1800238907</v>
+      </c>
+      <c r="C102" s="9">
+        <v>114777860</v>
+      </c>
+      <c r="D102" s="9">
+        <v>23192030</v>
+      </c>
+      <c r="E102" s="9">
+        <v>272119410</v>
+      </c>
+      <c r="F102" s="8">
+        <v>206004874</v>
+      </c>
+      <c r="G102" s="7">
+        <v>2004323333</v>
+      </c>
+      <c r="H102" s="8">
+        <v>273082080</v>
+      </c>
+      <c r="I102" s="8">
+        <v>171381400</v>
+      </c>
+      <c r="J102" s="7">
+        <v>101700680</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A103" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B103" s="11">
+        <v>836556240462</v>
+      </c>
+      <c r="C103" s="11">
+        <v>263453422318</v>
+      </c>
+      <c r="D103" s="11">
+        <v>35251243868</v>
+      </c>
+      <c r="E103" s="11">
+        <v>26279429589</v>
+      </c>
+      <c r="F103" s="11">
+        <v>102272788776</v>
+      </c>
+      <c r="G103" s="7">
+        <v>1059267547461</v>
+      </c>
+      <c r="H103" s="11">
+        <v>50425760350</v>
+      </c>
+      <c r="I103" s="11">
+        <v>34558631309</v>
+      </c>
+      <c r="J103" s="23">
+        <v>15867129041</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A104" s="25" t="s">
+        <v>116</v>
+      </c>
+      <c r="B104" s="26"/>
+      <c r="C104" s="26"/>
+      <c r="D104" s="26"/>
+      <c r="E104" s="26"/>
+      <c r="F104" s="26"/>
+      <c r="G104" s="27"/>
+      <c r="H104" s="26"/>
+      <c r="I104" s="26"/>
+      <c r="J104" s="28"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.5" right="0.25" top="0.3" bottom="0.3" header="0.3" footer="0.3"/>
+  <pageSetup scale="65" orientation="landscape" verticalDpi="599" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38E012EF-64B2-4C1B-92D3-8A55B0AEFD42}">
+  <dimension ref="A1:E9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B10" sqref="B10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="15.26953125" customWidth="1"/>
+    <col min="2" max="2" width="80.1796875" customWidth="1"/>
+    <col min="3" max="3" width="30" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="19" x14ac:dyDescent="0.4">
+      <c r="A1" s="6" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="29" t="s">
         <v>101</v>
       </c>
-      <c r="C94" s="8">
-[...26 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B2" s="29"/>
+    </row>
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="30" t="s">
         <v>102</v>
       </c>
-      <c r="C95" s="8">
-[...28 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="B3" s="31" t="s">
         <v>103</v>
       </c>
-      <c r="C96" s="8">
-[...28 lines deleted...]
-      <c r="A97" s="1" t="s">
+    </row>
+    <row r="4" spans="1:5" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="2">
+        <v>1</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="2">
+        <v>2</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A6" s="2">
+        <v>3</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="C97" s="8">
-[...26 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="E6" s="1"/>
+    </row>
+    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="4" t="s">
         <v>105</v>
       </c>
-      <c r="C98" s="8">
-[...392 lines deleted...]
-      </c>
+      <c r="B7" s="5"/>
+      <c r="E7" s="1"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E8" s="1"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E9" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...5 lines deleted...]
-  <pageSetup scale="70" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>'LG01B 20-21'!Print_Titles</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Values</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>Values!Print_Area</vt:lpstr>
+      <vt:lpstr>Values!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NCDOR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Sharon C Phelan</dc:creator>
+  <dc:title>Taxable Real Property By County</dc:title>
+  <dc:creator>George G. Hermane</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>