--- v0 (2025-10-08)
+++ v1 (2026-03-27)
@@ -1,91 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\Local 2025-2026\Tax Rates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\ADA Project\Reports Requiring ADA Remediation\Tax Rates 5 Years\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1269A2F3-BBC3-4E2C-B6C5-F9CA129F3578}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD7FC85A-55F9-4157-A2A0-B482104E1B68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28910" yWindow="-3200" windowWidth="29020" windowHeight="15700" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2021-2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Rates" sheetId="1" r:id="rId1"/>
+    <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId3"/>
+  </externalReferences>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2021-2025'!$A$1:$O$141</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2021-2025'!$1:$8</definedName>
+    <definedName name="\a">#REF!</definedName>
+    <definedName name="\x">#REF!</definedName>
+    <definedName name="\z">#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">Notes!$A$1:$B$9</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Rates'!$A$1:$H$103</definedName>
+    <definedName name="Print_Area_MI">#REF!</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Rates'!$1:$2</definedName>
+    <definedName name="Print_Titles_MI">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="119">
   <si>
     <t>County</t>
   </si>
   <si>
-    <t>revaluation</t>
-[...1 lines deleted...]
-  <si>
     <t>Alamance</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Alleghany</t>
   </si>
   <si>
     <t>Anson</t>
   </si>
   <si>
     <t>Ashe</t>
   </si>
   <si>
     <t>Avery</t>
   </si>
   <si>
     <t>Beaufort</t>
   </si>
   <si>
     <t>Bertie</t>
   </si>
   <si>
     <t>Bladen</t>
@@ -342,303 +353,881 @@
   <si>
     <t>Warren</t>
   </si>
   <si>
     <t>Washington</t>
   </si>
   <si>
     <t>Watauga</t>
   </si>
   <si>
     <t>Wayne</t>
   </si>
   <si>
     <t>Wilkes</t>
   </si>
   <si>
     <t>Wilson</t>
   </si>
   <si>
     <t>Yadkin</t>
   </si>
   <si>
     <t>Yancey</t>
   </si>
   <si>
-    <t>North Carolina Department of Revenue</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Property subject to taxation must be assessed at 100% of appraised value. </t>
   </si>
   <si>
-    <t xml:space="preserve">Revaluations are effective January 1 of year shown.  Real property must be revalued every 8 years but        </t>
-[...44 lines deleted...]
-    <t>2025-26</t>
+    <t>2025 NORTH CAROLINA PROPERTY TAX RATES FOR THE LAST FIVE YEARS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reappraisals are effective January 1 of year shown.  Real property must be reappraised every 8 years but  counties may elect to revalue more frequently.      </t>
+  </si>
+  <si>
+    <t>Year shown for next scheduled revaluation is the year indicated based on the Octennial Reappraial Budget Reserve provided to NCDOR as of July 2025.</t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>Note Number</t>
+  </si>
+  <si>
+    <t>Note Text</t>
+  </si>
+  <si>
+    <t>North Carolina Department of Revenue, Local Government Division, 919-814-1129 are presented with the counties where they are located.</t>
+  </si>
+  <si>
+    <t>End of worksheet</t>
+  </si>
+  <si>
+    <t>All rates per $100 valuation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Latest Reappraisal [Note 1]
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Next Scheduled Reappraisal [Notes 1,2]
+</t>
+  </si>
+  <si>
+    <t>End of worksheet [Note 4]</t>
+  </si>
+  <si>
+    <t>2025-26 
+[Notes 3,4]</t>
+  </si>
+  <si>
+    <t>2024-25 
+[Notes 3,4]</t>
+  </si>
+  <si>
+    <t>2023-24 
+[Notes 3,4]</t>
+  </si>
+  <si>
+    <t>2022-23
+ [Notes 3,4]</t>
+  </si>
+  <si>
+    <t>2021-20
+ [Notes 3,4]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode=".0000"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-[...4 lines deleted...]
-    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
-      <u/>
-      <sz val="11"/>
+      <sz val="15"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <u/>
-      <sz val="11"/>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="2">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color auto="1"/>
+      </left>
+      <right style="hair">
+        <color auto="1"/>
+      </right>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color auto="1"/>
+      </left>
+      <right style="hair">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyProtection="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="centerContinuous"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="4"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="4" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="4" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="4" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" quotePrefix="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="1" fontId="7" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...43 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="5">
+    <cellStyle name="Heading 1 2" xfId="3" xr:uid="{9EE0A47B-AC72-4CC7-8F55-E7AECE9CE501}"/>
+    <cellStyle name="Heading 2" xfId="2" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normal 3" xfId="4" xr:uid="{52E0D593-DED5-439A-B0BD-EE6728075254}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="18">
+    <dxf>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="hair">
+          <color auto="1"/>
+        </left>
+        <right style="hair">
+          <color auto="1"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode=".0000"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode=".0000"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode=".0000"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode=".0000"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode=".0000"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="hair">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="hair">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\Private\Tax%20Admin\Property%20Tax\Information%20Unit\Local\ADA%20Project\Files%20requiring%20extensive%20changes\LG54%20Valuation%20for%20Municipalties%20and%20Rates\LG54%20Completed%20reports\LG54%2024-25%20Reformat%20Project_Template.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Private/Tax%20Admin/Property%20Tax/Information%20Unit/Local/ADA%20Project/Files%20requiring%20extensive%20changes/LG54%20Valuation%20for%20Municipalties%20and%20Rates/LG54%20Completed%20reports/LG54%2024-25%20Reformat%20Project_Template.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="LG54 24-25"/>
+      <sheetName val="Notes"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{4EC7253A-7132-4A5E-A6D1-DA2428718588}" name="Rates" displayName="Rates" ref="A2:H102" totalsRowShown="0" headerRowDxfId="0" headerRowBorderDxfId="10" tableBorderDxfId="11" totalsRowBorderDxfId="9" headerRowCellStyle="Heading 2">
+  <tableColumns count="8">
+    <tableColumn id="1" xr3:uid="{881BB256-5BC2-48F8-AACA-CF897A3E9A70}" name="County" dataDxfId="8"/>
+    <tableColumn id="2" xr3:uid="{F3E55794-3982-4403-B3B5-2775828C1380}" name="2025-26 _x000a_[Notes 3,4]" dataDxfId="7"/>
+    <tableColumn id="3" xr3:uid="{A4BDC5AA-26F2-4FF4-B756-32548849B99A}" name="2024-25 _x000a_[Notes 3,4]" dataDxfId="6"/>
+    <tableColumn id="4" xr3:uid="{5592F946-669F-4CE7-B150-3B1D43C820FE}" name="2023-24 _x000a_[Notes 3,4]" dataDxfId="5"/>
+    <tableColumn id="5" xr3:uid="{0CFA3BE3-5AD2-4011-BAC7-202B1109A213}" name="2022-23_x000a_ [Notes 3,4]" dataDxfId="4"/>
+    <tableColumn id="6" xr3:uid="{E98138B9-DE59-4724-AB0D-2E2F609D178B}" name="2021-20_x000a_ [Notes 3,4]" dataDxfId="3"/>
+    <tableColumn id="7" xr3:uid="{20412EAC-774D-409E-858E-1D627764A8E7}" name="Latest Reappraisal [Note 1]_x000a_" dataDxfId="2"/>
+    <tableColumn id="8" xr3:uid="{0B6028F7-73BB-4FAA-9A11-E94ACA589843}" name="Next Scheduled Reappraisal [Notes 1,2]_x000a_" dataDxfId="1"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{DCDDD99A-B429-4E2C-8FF5-56E68EDAF287}" name="Notes" displayName="Notes" ref="A3:B8" totalsRowShown="0" headerRowDxfId="17" dataDxfId="16" tableBorderDxfId="15" totalsRowBorderDxfId="14" headerRowCellStyle="Heading 2">
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{CF5C9521-A8AD-412E-A68B-62318605B267}" name="Note Number" dataDxfId="13"/>
+    <tableColumn id="2" xr3:uid="{B90DB707-EC0D-4BE3-A688-9C3B65E0DF23}" name="Note Text" dataDxfId="12"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -883,3325 +1472,4373 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N218"/>
+  <dimension ref="A1:N176"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:N1"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.1796875" style="2"/>
-[...13 lines deleted...]
-    <col min="15" max="16384" width="9.1796875" style="2"/>
+    <col min="1" max="1" width="15" style="1" customWidth="1"/>
+    <col min="2" max="3" width="13.81640625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="13.81640625" style="4" customWidth="1"/>
+    <col min="5" max="5" width="13.81640625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="13.81640625" style="4" customWidth="1"/>
+    <col min="7" max="7" width="13.81640625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="15.1796875" style="4" customWidth="1"/>
+    <col min="9" max="9" width="15.54296875" style="2" customWidth="1"/>
+    <col min="10" max="10" width="7.7265625" style="4" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="5.26953125" style="2" customWidth="1"/>
+    <col min="12" max="12" width="7.7265625" style="4" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="10.7265625" style="3" customWidth="1"/>
+    <col min="14" max="14" width="11.1796875" style="3" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="19" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="31">
+    <row r="1" spans="1:14" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="26" t="s">
+        <v>102</v>
+      </c>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="6"/>
+      <c r="J1" s="6"/>
+      <c r="K1" s="6"/>
+      <c r="L1" s="6"/>
+      <c r="M1" s="6"/>
+      <c r="N1" s="6"/>
+    </row>
+    <row r="2" spans="1:14" s="8" customFormat="1" ht="52" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="31" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="31" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" s="31" t="s">
+        <v>115</v>
+      </c>
+      <c r="D2" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="E2" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="F2" s="31" t="s">
+        <v>118</v>
+      </c>
+      <c r="G2" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="H2" s="32" t="s">
+        <v>112</v>
+      </c>
+      <c r="I2" s="7"/>
+    </row>
+    <row r="3" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="20">
+        <v>0.49399999999999999</v>
+      </c>
+      <c r="C3" s="20">
+        <v>0.46899999999999997</v>
+      </c>
+      <c r="D3" s="20">
+        <v>0.432</v>
+      </c>
+      <c r="E3" s="21">
+        <v>0.65</v>
+      </c>
+      <c r="F3" s="21">
+        <v>0.66</v>
+      </c>
+      <c r="G3" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H3" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I3" s="1"/>
+      <c r="J3" s="1"/>
+      <c r="K3" s="1"/>
+      <c r="L3" s="1"/>
+      <c r="M3" s="1"/>
+      <c r="N3" s="1"/>
+    </row>
+    <row r="4" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="20">
+        <v>0.65</v>
+      </c>
+      <c r="C4" s="20">
+        <v>0.65</v>
+      </c>
+      <c r="D4" s="20">
+        <v>0.67</v>
+      </c>
+      <c r="E4" s="21">
+        <v>0.79</v>
+      </c>
+      <c r="F4" s="21">
+        <v>0.79</v>
+      </c>
+      <c r="G4" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H4" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+    </row>
+    <row r="5" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="20">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="C5" s="20">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="D5" s="20">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="E5" s="21">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="F5" s="21">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="G5" s="22">
+        <v>2021</v>
+      </c>
+      <c r="H5" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
+      <c r="L5" s="1"/>
+      <c r="M5" s="1"/>
+      <c r="N5" s="1"/>
+    </row>
+    <row r="6" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="20">
+        <v>0.77700000000000002</v>
+      </c>
+      <c r="C6" s="20">
+        <v>0.77700000000000002</v>
+      </c>
+      <c r="D6" s="20">
+        <v>0.77700000000000002</v>
+      </c>
+      <c r="E6" s="21">
+        <v>0.77700000000000002</v>
+      </c>
+      <c r="F6" s="21">
+        <v>0.77700000000000002</v>
+      </c>
+      <c r="G6" s="22">
+        <v>2018</v>
+      </c>
+      <c r="H6" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I6" s="1"/>
+      <c r="J6" s="1"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
+      <c r="N6" s="1"/>
+    </row>
+    <row r="7" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="20">
+        <v>0.44</v>
+      </c>
+      <c r="C7" s="20">
+        <v>0.44</v>
+      </c>
+      <c r="D7" s="20">
+        <v>0.44</v>
+      </c>
+      <c r="E7" s="21">
+        <v>0.51</v>
+      </c>
+      <c r="F7" s="21">
+        <v>0.51</v>
+      </c>
+      <c r="G7" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H7" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+    </row>
+    <row r="8" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="20">
+        <v>0.4</v>
+      </c>
+      <c r="C8" s="20">
+        <v>0.4</v>
+      </c>
+      <c r="D8" s="20">
+        <v>0.4</v>
+      </c>
+      <c r="E8" s="21">
+        <v>0.4</v>
+      </c>
+      <c r="F8" s="21">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="G8" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H8" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+    </row>
+    <row r="9" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="20">
+        <v>0.44500000000000001</v>
+      </c>
+      <c r="C9" s="20">
+        <v>0.625</v>
+      </c>
+      <c r="D9" s="20">
+        <v>0.625</v>
+      </c>
+      <c r="E9" s="21">
+        <v>0.625</v>
+      </c>
+      <c r="F9" s="21">
+        <v>0.625</v>
+      </c>
+      <c r="G9" s="22">
         <v>2025</v>
       </c>
-      <c r="B1" s="31"/>
-[...32 lines deleted...]
-      <c r="A3" s="33" t="s">
+      <c r="H9" s="22">
+        <v>2031</v>
+      </c>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
+    </row>
+    <row r="10" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="20">
+        <v>0.93</v>
+      </c>
+      <c r="C10" s="20">
+        <v>0.93</v>
+      </c>
+      <c r="D10" s="20">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="E10" s="21">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="F10" s="21">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="G10" s="22">
+        <v>2020</v>
+      </c>
+      <c r="H10" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
+    </row>
+    <row r="11" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="20">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="C11" s="20">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="D11" s="20">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="E11" s="21">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="F11" s="21">
+        <v>0.82</v>
+      </c>
+      <c r="G11" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H11" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1"/>
+    </row>
+    <row r="12" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="20">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="C12" s="20">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="D12" s="20">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="E12" s="21">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="F12" s="21">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="G12" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H12" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
+      <c r="N12" s="1"/>
+    </row>
+    <row r="13" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="20">
+        <v>0.54659999999999997</v>
+      </c>
+      <c r="C13" s="20">
+        <v>0.51759999999999995</v>
+      </c>
+      <c r="D13" s="20">
+        <v>0.498</v>
+      </c>
+      <c r="E13" s="21">
+        <v>0.48799999999999999</v>
+      </c>
+      <c r="F13" s="21">
+        <v>0.48799999999999999</v>
+      </c>
+      <c r="G13" s="22">
+        <v>2021</v>
+      </c>
+      <c r="H13" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="1"/>
+    </row>
+    <row r="14" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="20">
+        <v>0.55500000000000005</v>
+      </c>
+      <c r="C14" s="20">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="D14" s="20">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="E14" s="21">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="F14" s="21">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="G14" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H14" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1"/>
+      <c r="N14" s="1"/>
+    </row>
+    <row r="15" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="20">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="C15" s="20">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="D15" s="20">
+        <v>0.74</v>
+      </c>
+      <c r="E15" s="21">
+        <v>0.74</v>
+      </c>
+      <c r="F15" s="21">
+        <v>0.74</v>
+      </c>
+      <c r="G15" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H15" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+    </row>
+    <row r="16" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="20">
+        <v>0.4975</v>
+      </c>
+      <c r="C16" s="20">
+        <v>0.63</v>
+      </c>
+      <c r="D16" s="20">
+        <v>0.63</v>
+      </c>
+      <c r="E16" s="21">
+        <v>0.63</v>
+      </c>
+      <c r="F16" s="21">
+        <v>0.63</v>
+      </c>
+      <c r="G16" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H16" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="1"/>
+    </row>
+    <row r="17" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="20">
+        <v>0.73</v>
+      </c>
+      <c r="C17" s="20">
+        <v>0.73</v>
+      </c>
+      <c r="D17" s="20">
+        <v>0.73</v>
+      </c>
+      <c r="E17" s="21">
+        <v>0.87</v>
+      </c>
+      <c r="F17" s="21">
+        <v>0.87</v>
+      </c>
+      <c r="G17" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H17" s="22">
+        <v>2031</v>
+      </c>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1"/>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1"/>
+      <c r="M17" s="1"/>
+      <c r="N17" s="1"/>
+    </row>
+    <row r="18" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="20">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="C18" s="20">
+        <v>0.34</v>
+      </c>
+      <c r="D18" s="20">
+        <v>0.34</v>
+      </c>
+      <c r="E18" s="21">
+        <v>0.33</v>
+      </c>
+      <c r="F18" s="21">
+        <v>0.33</v>
+      </c>
+      <c r="G18" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H18" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I18" s="1"/>
+      <c r="J18" s="1"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1"/>
+      <c r="M18" s="1"/>
+      <c r="N18" s="1"/>
+    </row>
+    <row r="19" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="20">
+        <v>0.627</v>
+      </c>
+      <c r="C19" s="20">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="D19" s="20">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="E19" s="21">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="F19" s="21">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="G19" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H19" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I19" s="1"/>
+      <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="1"/>
+      <c r="N19" s="1"/>
+    </row>
+    <row r="20" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="20">
+        <v>0.39850000000000002</v>
+      </c>
+      <c r="C20" s="20">
+        <v>0.39850000000000002</v>
+      </c>
+      <c r="D20" s="20">
+        <v>0.39850000000000002</v>
+      </c>
+      <c r="E20" s="21">
+        <v>0.57499999999999996</v>
+      </c>
+      <c r="F20" s="21">
+        <v>0.57499999999999996</v>
+      </c>
+      <c r="G20" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H20" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I20" s="1"/>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
+      <c r="N20" s="1"/>
+    </row>
+    <row r="21" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="20">
+        <v>0.6</v>
+      </c>
+      <c r="C21" s="20">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="D21" s="20">
+        <v>0.68500000000000005</v>
+      </c>
+      <c r="E21" s="21">
+        <v>0.66500000000000004</v>
+      </c>
+      <c r="F21" s="21">
+        <v>0.66500000000000004</v>
+      </c>
+      <c r="G21" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H21" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+    </row>
+    <row r="22" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="20">
+        <v>0.61</v>
+      </c>
+      <c r="C22" s="20">
+        <v>0.61</v>
+      </c>
+      <c r="D22" s="20">
+        <v>0.61</v>
+      </c>
+      <c r="E22" s="21">
+        <v>0.61</v>
+      </c>
+      <c r="F22" s="21">
+        <v>0.5</v>
+      </c>
+      <c r="G22" s="22">
+        <v>2020</v>
+      </c>
+      <c r="H22" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I22" s="1"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="1"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="1"/>
+      <c r="N22" s="1"/>
+    </row>
+    <row r="23" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="20">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="C23" s="20">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="D23" s="20">
+        <v>0.66500000000000004</v>
+      </c>
+      <c r="E23" s="21">
+        <v>0.66500000000000004</v>
+      </c>
+      <c r="F23" s="21">
+        <v>0.755</v>
+      </c>
+      <c r="G23" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H23" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="1"/>
+      <c r="M23" s="1"/>
+      <c r="N23" s="1"/>
+    </row>
+    <row r="24" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="20">
+        <v>0.43</v>
+      </c>
+      <c r="C24" s="20">
+        <v>0.43</v>
+      </c>
+      <c r="D24" s="20">
+        <v>0.43</v>
+      </c>
+      <c r="E24" s="21">
+        <v>0.43</v>
+      </c>
+      <c r="F24" s="21">
+        <v>0.43</v>
+      </c>
+      <c r="G24" s="22">
+        <v>2018</v>
+      </c>
+      <c r="H24" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I24" s="1"/>
+      <c r="J24" s="1"/>
+      <c r="K24" s="1"/>
+      <c r="L24" s="1"/>
+      <c r="M24" s="1"/>
+      <c r="N24" s="1"/>
+    </row>
+    <row r="25" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="20">
+        <v>0.54500000000000004</v>
+      </c>
+      <c r="C25" s="20">
+        <v>0.6875</v>
+      </c>
+      <c r="D25" s="20">
+        <v>0.6875</v>
+      </c>
+      <c r="E25" s="21">
+        <v>0.6875</v>
+      </c>
+      <c r="F25" s="21">
+        <v>0.6875</v>
+      </c>
+      <c r="G25" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H25" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1"/>
+      <c r="K25" s="1"/>
+      <c r="L25" s="1"/>
+      <c r="M25" s="1"/>
+      <c r="N25" s="1"/>
+    </row>
+    <row r="26" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="20">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="C26" s="20">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="D26" s="20">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="E26" s="21">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="F26" s="21">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="G26" s="22">
+        <v>2021</v>
+      </c>
+      <c r="H26" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I26" s="1"/>
+      <c r="J26" s="1"/>
+      <c r="K26" s="1"/>
+      <c r="L26" s="1"/>
+      <c r="M26" s="1"/>
+      <c r="N26" s="1"/>
+    </row>
+    <row r="27" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="20">
+        <v>0.44479999999999997</v>
+      </c>
+      <c r="C27" s="20">
+        <v>0.44479999999999997</v>
+      </c>
+      <c r="D27" s="20">
+        <v>0.44479999999999997</v>
+      </c>
+      <c r="E27" s="21">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="F27" s="21">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="G27" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H27" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I27" s="1"/>
+      <c r="J27" s="1"/>
+      <c r="K27" s="1"/>
+      <c r="L27" s="1"/>
+      <c r="M27" s="1"/>
+      <c r="N27" s="1"/>
+    </row>
+    <row r="28" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="20">
+        <v>0.499</v>
+      </c>
+      <c r="C28" s="20">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="D28" s="20">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="E28" s="21">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="F28" s="21">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="G28" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H28" s="22">
+        <v>2033</v>
+      </c>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+      <c r="M28" s="1"/>
+      <c r="N28" s="1"/>
+    </row>
+    <row r="29" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B29" s="20">
+        <v>0.62</v>
+      </c>
+      <c r="C29" s="20">
+        <v>0.62</v>
+      </c>
+      <c r="D29" s="20">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="E29" s="21">
+        <v>0.46</v>
+      </c>
+      <c r="F29" s="21">
+        <v>0.46</v>
+      </c>
+      <c r="G29" s="22">
+        <v>2021</v>
+      </c>
+      <c r="H29" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I29" s="1"/>
+      <c r="J29" s="1"/>
+      <c r="K29" s="1"/>
+      <c r="L29" s="1"/>
+      <c r="M29" s="1"/>
+      <c r="N29" s="1"/>
+    </row>
+    <row r="30" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B30" s="20">
+        <v>0.26319999999999999</v>
+      </c>
+      <c r="C30" s="20">
+        <v>0.40050000000000002</v>
+      </c>
+      <c r="D30" s="20">
+        <v>0.40050000000000002</v>
+      </c>
+      <c r="E30" s="21">
+        <v>0.40050000000000002</v>
+      </c>
+      <c r="F30" s="21">
+        <v>0.40050000000000002</v>
+      </c>
+      <c r="G30" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H30" s="22">
+        <v>2030</v>
+      </c>
+      <c r="I30" s="1"/>
+      <c r="J30" s="1"/>
+      <c r="K30" s="1"/>
+      <c r="L30" s="1"/>
+      <c r="M30" s="1"/>
+      <c r="N30" s="1"/>
+    </row>
+    <row r="31" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" s="20">
+        <v>0.54</v>
+      </c>
+      <c r="C31" s="20">
+        <v>0.54</v>
+      </c>
+      <c r="D31" s="20">
+        <v>0.54</v>
+      </c>
+      <c r="E31" s="21">
+        <v>0.54</v>
+      </c>
+      <c r="F31" s="21">
+        <v>0.54</v>
+      </c>
+      <c r="G31" s="22">
+        <v>2021</v>
+      </c>
+      <c r="H31" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
+      <c r="K31" s="1"/>
+      <c r="L31" s="1"/>
+      <c r="M31" s="1"/>
+      <c r="N31" s="1"/>
+    </row>
+    <row r="32" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32" s="20">
+        <v>0.64859999999999995</v>
+      </c>
+      <c r="C32" s="20">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="D32" s="20">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="E32" s="21">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="F32" s="21">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="G32" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H32" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I32" s="1"/>
+      <c r="J32" s="1"/>
+      <c r="K32" s="1"/>
+      <c r="L32" s="1"/>
+      <c r="M32" s="1"/>
+      <c r="N32" s="1"/>
+    </row>
+    <row r="33" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" s="20">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="C33" s="20">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="D33" s="20">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="E33" s="21">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="F33" s="21">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="G33" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H33" s="22">
+        <v>2030</v>
+      </c>
+      <c r="I33" s="1"/>
+      <c r="J33" s="1"/>
+      <c r="K33" s="1"/>
+      <c r="L33" s="1"/>
+      <c r="M33" s="1"/>
+      <c r="N33" s="1"/>
+    </row>
+    <row r="34" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="20">
+        <v>0.55420000000000003</v>
+      </c>
+      <c r="C34" s="20">
+        <v>0.79869999999999997</v>
+      </c>
+      <c r="D34" s="20">
+        <v>0.75219999999999998</v>
+      </c>
+      <c r="E34" s="21">
+        <v>0.72219999999999995</v>
+      </c>
+      <c r="F34" s="21">
+        <v>0.72219999999999995</v>
+      </c>
+      <c r="G34" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H34" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I34" s="1"/>
+      <c r="J34" s="1"/>
+      <c r="K34" s="1"/>
+      <c r="L34" s="1"/>
+      <c r="M34" s="1"/>
+      <c r="N34" s="1"/>
+    </row>
+    <row r="35" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" s="20">
+        <v>0.89</v>
+      </c>
+      <c r="C35" s="20">
+        <v>0.89</v>
+      </c>
+      <c r="D35" s="20">
+        <v>0.95</v>
+      </c>
+      <c r="E35" s="21">
+        <v>0.95</v>
+      </c>
+      <c r="F35" s="21">
+        <v>0.95</v>
+      </c>
+      <c r="G35" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H35" s="22">
+        <v>2032</v>
+      </c>
+      <c r="I35" s="1"/>
+      <c r="J35" s="1"/>
+      <c r="K35" s="1"/>
+      <c r="L35" s="1"/>
+      <c r="M35" s="1"/>
+      <c r="N35" s="1"/>
+    </row>
+    <row r="36" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B36" s="20">
+        <v>0.53520000000000001</v>
+      </c>
+      <c r="C36" s="20">
+        <v>0.67779999999999996</v>
+      </c>
+      <c r="D36" s="20">
+        <v>0.67779999999999996</v>
+      </c>
+      <c r="E36" s="21">
+        <v>0.67779999999999996</v>
+      </c>
+      <c r="F36" s="21">
+        <v>0.67779999999999996</v>
+      </c>
+      <c r="G36" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H36" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I36" s="1"/>
+      <c r="J36" s="1"/>
+      <c r="K36" s="1"/>
+      <c r="L36" s="1"/>
+      <c r="M36" s="1"/>
+      <c r="N36" s="1"/>
+    </row>
+    <row r="37" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" s="20">
+        <v>0.505</v>
+      </c>
+      <c r="C37" s="20">
+        <v>0.505</v>
+      </c>
+      <c r="D37" s="20">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="E37" s="21">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="F37" s="21">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="G37" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H37" s="22">
+        <v>2030</v>
+      </c>
+      <c r="I37" s="1"/>
+      <c r="J37" s="1"/>
+      <c r="K37" s="1"/>
+      <c r="L37" s="1"/>
+      <c r="M37" s="1"/>
+      <c r="N37" s="1"/>
+    </row>
+    <row r="38" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B38" s="20">
+        <v>0.59899999999999998</v>
+      </c>
+      <c r="C38" s="20">
+        <v>0.59899999999999998</v>
+      </c>
+      <c r="D38" s="20">
+        <v>0.61</v>
+      </c>
+      <c r="E38" s="21">
+        <v>0.81</v>
+      </c>
+      <c r="F38" s="21">
+        <v>0.83</v>
+      </c>
+      <c r="G38" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H38" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I38" s="1"/>
+      <c r="J38" s="1"/>
+      <c r="K38" s="1"/>
+      <c r="L38" s="1"/>
+      <c r="M38" s="1"/>
+      <c r="N38" s="1"/>
+    </row>
+    <row r="39" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="19" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" s="20">
+        <v>0.67</v>
+      </c>
+      <c r="C39" s="20">
+        <v>0.84</v>
+      </c>
+      <c r="D39" s="20">
+        <v>0.84</v>
+      </c>
+      <c r="E39" s="21">
+        <v>0.84</v>
+      </c>
+      <c r="F39" s="21">
+        <v>0.79</v>
+      </c>
+      <c r="G39" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H39" s="22">
+        <v>2033</v>
+      </c>
+      <c r="I39" s="1"/>
+      <c r="J39" s="1"/>
+      <c r="K39" s="1"/>
+      <c r="L39" s="1"/>
+      <c r="M39" s="1"/>
+      <c r="N39" s="1"/>
+    </row>
+    <row r="40" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B40" s="20">
+        <v>0.59</v>
+      </c>
+      <c r="C40" s="20">
+        <v>0.59</v>
+      </c>
+      <c r="D40" s="20">
+        <v>0.59</v>
+      </c>
+      <c r="E40" s="21">
+        <v>0.65</v>
+      </c>
+      <c r="F40" s="21">
+        <v>0.65</v>
+      </c>
+      <c r="G40" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H40" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I40" s="1"/>
+      <c r="J40" s="1"/>
+      <c r="K40" s="1"/>
+      <c r="L40" s="1"/>
+      <c r="M40" s="1"/>
+      <c r="N40" s="1"/>
+    </row>
+    <row r="41" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" s="20">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="C41" s="20">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="D41" s="20">
+        <v>0.84</v>
+      </c>
+      <c r="E41" s="21">
+        <v>0.84</v>
+      </c>
+      <c r="F41" s="21">
+        <v>0.84</v>
+      </c>
+      <c r="G41" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H41" s="22">
+        <v>2030</v>
+      </c>
+      <c r="I41" s="1"/>
+      <c r="J41" s="1"/>
+      <c r="K41" s="1"/>
+      <c r="L41" s="1"/>
+      <c r="M41" s="1"/>
+      <c r="N41" s="1"/>
+    </row>
+    <row r="42" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B42" s="20">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="C42" s="20">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="D42" s="20">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="E42" s="21">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="F42" s="21">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="G42" s="22">
+        <v>2021</v>
+      </c>
+      <c r="H42" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I42" s="1"/>
+      <c r="J42" s="1"/>
+      <c r="K42" s="1"/>
+      <c r="L42" s="1"/>
+      <c r="M42" s="1"/>
+      <c r="N42" s="1"/>
+    </row>
+    <row r="43" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B43" s="20">
+        <v>0.73050000000000004</v>
+      </c>
+      <c r="C43" s="20">
+        <v>0.73050000000000004</v>
+      </c>
+      <c r="D43" s="20">
+        <v>0.73050000000000004</v>
+      </c>
+      <c r="E43" s="21">
+        <v>0.73050000000000004</v>
+      </c>
+      <c r="F43" s="21">
+        <v>0.73050000000000004</v>
+      </c>
+      <c r="G43" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H43" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I43" s="1"/>
+      <c r="J43" s="1"/>
+      <c r="K43" s="1"/>
+      <c r="L43" s="1"/>
+      <c r="M43" s="1"/>
+      <c r="N43" s="1"/>
+    </row>
+    <row r="44" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="B44" s="20">
+        <v>0.7</v>
+      </c>
+      <c r="C44" s="20">
+        <v>0.7</v>
+      </c>
+      <c r="D44" s="20">
+        <v>0.76</v>
+      </c>
+      <c r="E44" s="21">
+        <v>0.76</v>
+      </c>
+      <c r="F44" s="21">
+        <v>0.76</v>
+      </c>
+      <c r="G44" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H44" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I44" s="1"/>
+      <c r="J44" s="1"/>
+      <c r="K44" s="1"/>
+      <c r="L44" s="1"/>
+      <c r="M44" s="1"/>
+      <c r="N44" s="1"/>
+    </row>
+    <row r="45" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="B45" s="20">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="C45" s="20">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="D45" s="20">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="E45" s="21">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="F45" s="21">
+        <v>0.75</v>
+      </c>
+      <c r="G45" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H45" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1"/>
+      <c r="K45" s="1"/>
+      <c r="L45" s="1"/>
+      <c r="M45" s="1"/>
+      <c r="N45" s="1"/>
+    </row>
+    <row r="46" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="B46" s="20">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="C46" s="20">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="D46" s="20">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="E46" s="21">
+        <v>0.53500000000000003</v>
+      </c>
+      <c r="F46" s="21">
+        <v>0.53500000000000003</v>
+      </c>
+      <c r="G46" s="22">
+        <v>2021</v>
+      </c>
+      <c r="H46" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I46" s="1"/>
+      <c r="J46" s="1"/>
+      <c r="K46" s="1"/>
+      <c r="L46" s="1"/>
+      <c r="M46" s="1"/>
+      <c r="N46" s="1"/>
+    </row>
+    <row r="47" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="B47" s="20">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="C47" s="20">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="D47" s="20">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="E47" s="21">
+        <v>0.56100000000000005</v>
+      </c>
+      <c r="F47" s="21">
+        <v>0.56100000000000005</v>
+      </c>
+      <c r="G47" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H47" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I47" s="1"/>
+      <c r="J47" s="1"/>
+      <c r="K47" s="1"/>
+      <c r="L47" s="1"/>
+      <c r="M47" s="1"/>
+      <c r="N47" s="1"/>
+    </row>
+    <row r="48" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="B48" s="20">
+        <v>0.84</v>
+      </c>
+      <c r="C48" s="20">
+        <v>0.84</v>
+      </c>
+      <c r="D48" s="20">
+        <v>0.84</v>
+      </c>
+      <c r="E48" s="21">
+        <v>0.84</v>
+      </c>
+      <c r="F48" s="21">
+        <v>0.84</v>
+      </c>
+      <c r="G48" s="22">
+        <v>2019</v>
+      </c>
+      <c r="H48" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I48" s="1"/>
+      <c r="J48" s="1"/>
+      <c r="K48" s="1"/>
+      <c r="L48" s="1"/>
+      <c r="M48" s="1"/>
+      <c r="N48" s="1"/>
+    </row>
+    <row r="49" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="B49" s="20">
+        <v>0.73</v>
+      </c>
+      <c r="C49" s="20">
+        <v>0.73</v>
+      </c>
+      <c r="D49" s="20">
+        <v>0.73</v>
+      </c>
+      <c r="E49" s="21">
+        <v>0.73</v>
+      </c>
+      <c r="F49" s="21">
+        <v>0.75</v>
+      </c>
+      <c r="G49" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H49" s="22">
+        <v>2030</v>
+      </c>
+      <c r="I49" s="1"/>
+      <c r="J49" s="1"/>
+      <c r="K49" s="1"/>
+      <c r="L49" s="1"/>
+      <c r="M49" s="1"/>
+      <c r="N49" s="1"/>
+    </row>
+    <row r="50" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B50" s="20">
+        <v>0.92</v>
+      </c>
+      <c r="C50" s="20">
+        <v>0.92</v>
+      </c>
+      <c r="D50" s="20">
+        <v>1.0449999999999999</v>
+      </c>
+      <c r="E50" s="21">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="F50" s="21">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="G50" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H50" s="22">
+        <v>2030</v>
+      </c>
+      <c r="I50" s="1"/>
+      <c r="J50" s="1"/>
+      <c r="K50" s="1"/>
+      <c r="L50" s="1"/>
+      <c r="M50" s="1"/>
+      <c r="N50" s="1"/>
+    </row>
+    <row r="51" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="B51" s="20">
+        <v>0.5</v>
+      </c>
+      <c r="C51" s="20">
+        <v>0.5</v>
+      </c>
+      <c r="D51" s="20">
+        <v>0.5</v>
+      </c>
+      <c r="E51" s="21">
+        <v>0.53749999999999998</v>
+      </c>
+      <c r="F51" s="21">
+        <v>0.53749999999999998</v>
+      </c>
+      <c r="G51" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H51" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I51" s="1"/>
+      <c r="J51" s="1"/>
+      <c r="K51" s="1"/>
+      <c r="L51" s="1"/>
+      <c r="M51" s="1"/>
+      <c r="N51" s="1"/>
+    </row>
+    <row r="52" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B52" s="20">
+        <v>0.31</v>
+      </c>
+      <c r="C52" s="20">
+        <v>0.38</v>
+      </c>
+      <c r="D52" s="20">
+        <v>0.38</v>
+      </c>
+      <c r="E52" s="21">
+        <v>0.38</v>
+      </c>
+      <c r="F52" s="21">
+        <v>0.36</v>
+      </c>
+      <c r="G52" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H52" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I52" s="1"/>
+      <c r="J52" s="1"/>
+      <c r="K52" s="1"/>
+      <c r="L52" s="1"/>
+      <c r="M52" s="1"/>
+      <c r="N52" s="1"/>
+    </row>
+    <row r="53" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="20">
+        <v>0.52</v>
+      </c>
+      <c r="C53" s="20">
+        <v>0.67</v>
+      </c>
+      <c r="D53" s="20">
+        <v>0.69</v>
+      </c>
+      <c r="E53" s="21">
+        <v>0.73</v>
+      </c>
+      <c r="F53" s="21">
+        <v>0.73</v>
+      </c>
+      <c r="G53" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H53" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I53" s="1"/>
+      <c r="J53" s="1"/>
+      <c r="K53" s="1"/>
+      <c r="L53" s="1"/>
+      <c r="M53" s="1"/>
+      <c r="N53" s="1"/>
+    </row>
+    <row r="54" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="20">
+        <v>0.74</v>
+      </c>
+      <c r="C54" s="20">
+        <v>0.74</v>
+      </c>
+      <c r="D54" s="20">
+        <v>0.74</v>
+      </c>
+      <c r="E54" s="21">
+        <v>0.72</v>
+      </c>
+      <c r="F54" s="21">
+        <v>0.75</v>
+      </c>
+      <c r="G54" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H54" s="22">
+        <v>2030</v>
+      </c>
+      <c r="I54" s="1"/>
+      <c r="J54" s="1"/>
+      <c r="K54" s="1"/>
+      <c r="L54" s="1"/>
+      <c r="M54" s="1"/>
+      <c r="N54" s="1"/>
+    </row>
+    <row r="55" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B55" s="20">
+        <v>0.65</v>
+      </c>
+      <c r="C55" s="20">
+        <v>0.65</v>
+      </c>
+      <c r="D55" s="20">
+        <v>0.65</v>
+      </c>
+      <c r="E55" s="21">
+        <v>0.73</v>
+      </c>
+      <c r="F55" s="21">
+        <v>0.76</v>
+      </c>
+      <c r="G55" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H55" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I55" s="1"/>
+      <c r="J55" s="1"/>
+      <c r="K55" s="1"/>
+      <c r="L55" s="1"/>
+      <c r="M55" s="1"/>
+      <c r="N55" s="1"/>
+    </row>
+    <row r="56" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="23" t="s">
+        <v>54</v>
+      </c>
+      <c r="B56" s="20">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="C56" s="20">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="D56" s="20">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="E56" s="21">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="F56" s="21">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="G56" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H56" s="22">
+        <v>2033</v>
+      </c>
+      <c r="I56" s="1"/>
+      <c r="J56" s="1"/>
+      <c r="K56" s="1"/>
+      <c r="L56" s="1"/>
+      <c r="M56" s="1"/>
+      <c r="N56" s="1"/>
+    </row>
+    <row r="57" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="B57" s="20">
+        <v>0.499</v>
+      </c>
+      <c r="C57" s="20">
+        <v>0.499</v>
+      </c>
+      <c r="D57" s="20">
+        <v>0.499</v>
+      </c>
+      <c r="E57" s="21">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="F57" s="21">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="G57" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H57" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I57" s="1"/>
+      <c r="J57" s="1"/>
+      <c r="K57" s="1"/>
+      <c r="L57" s="1"/>
+      <c r="M57" s="1"/>
+      <c r="N57" s="1"/>
+    </row>
+    <row r="58" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="B58" s="20">
+        <v>0.27</v>
+      </c>
+      <c r="C58" s="20">
+        <v>0.27</v>
+      </c>
+      <c r="D58" s="20">
+        <v>0.27</v>
+      </c>
+      <c r="E58" s="21">
+        <v>0.4</v>
+      </c>
+      <c r="F58" s="21">
+        <v>0.4</v>
+      </c>
+      <c r="G58" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H58" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I58" s="1"/>
+      <c r="J58" s="1"/>
+      <c r="K58" s="1"/>
+      <c r="L58" s="1"/>
+      <c r="M58" s="1"/>
+      <c r="N58" s="1"/>
+    </row>
+    <row r="59" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="B59" s="20">
+        <v>0.36</v>
+      </c>
+      <c r="C59" s="20">
+        <v>0.36</v>
+      </c>
+      <c r="D59" s="20">
+        <v>0.5</v>
+      </c>
+      <c r="E59" s="21">
+        <v>0.5</v>
+      </c>
+      <c r="F59" s="21">
+        <v>0.5</v>
+      </c>
+      <c r="G59" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H59" s="22">
+        <v>2032</v>
+      </c>
+      <c r="I59" s="1"/>
+      <c r="J59" s="1"/>
+      <c r="K59" s="1"/>
+      <c r="L59" s="1"/>
+      <c r="M59" s="1"/>
+      <c r="N59" s="1"/>
+    </row>
+    <row r="60" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="23" t="s">
+        <v>58</v>
+      </c>
+      <c r="B60" s="20">
+        <v>0.72</v>
+      </c>
+      <c r="C60" s="20">
+        <v>0.81</v>
+      </c>
+      <c r="D60" s="20">
+        <v>0.81</v>
+      </c>
+      <c r="E60" s="21">
+        <v>0.81</v>
+      </c>
+      <c r="F60" s="21">
+        <v>0.81</v>
+      </c>
+      <c r="G60" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H60" s="22">
+        <v>2033</v>
+      </c>
+      <c r="I60" s="1"/>
+      <c r="J60" s="1"/>
+      <c r="K60" s="1"/>
+      <c r="L60" s="1"/>
+      <c r="M60" s="1"/>
+      <c r="N60" s="1"/>
+    </row>
+    <row r="61" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="B61" s="20">
+        <v>0.5675</v>
+      </c>
+      <c r="C61" s="20">
+        <v>0.5675</v>
+      </c>
+      <c r="D61" s="20">
+        <v>0.5675</v>
+      </c>
+      <c r="E61" s="21">
+        <v>0.57750000000000001</v>
+      </c>
+      <c r="F61" s="21">
+        <v>0.57750000000000001</v>
+      </c>
+      <c r="G61" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H61" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I61" s="1"/>
+      <c r="J61" s="1"/>
+      <c r="K61" s="1"/>
+      <c r="L61" s="1"/>
+      <c r="M61" s="1"/>
+      <c r="N61" s="1"/>
+    </row>
+    <row r="62" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="B62" s="20">
+        <v>0.49270000000000003</v>
+      </c>
+      <c r="C62" s="20">
+        <v>0.48309999999999997</v>
+      </c>
+      <c r="D62" s="20">
+        <v>0.47310000000000002</v>
+      </c>
+      <c r="E62" s="21">
+        <v>0.6169</v>
+      </c>
+      <c r="F62" s="21">
+        <v>0.6169</v>
+      </c>
+      <c r="G62" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H62" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I62" s="1"/>
+      <c r="J62" s="1"/>
+      <c r="K62" s="1"/>
+      <c r="L62" s="1"/>
+      <c r="M62" s="1"/>
+      <c r="N62" s="1"/>
+    </row>
+    <row r="63" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="B63" s="20">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="C63" s="20">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="D63" s="20">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="E63" s="21">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="F63" s="21">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="G63" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H63" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I63" s="1"/>
+      <c r="J63" s="1"/>
+      <c r="K63" s="1"/>
+      <c r="L63" s="1"/>
+      <c r="M63" s="1"/>
+      <c r="N63" s="1"/>
+    </row>
+    <row r="64" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="B64" s="20">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="C64" s="20">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="D64" s="20">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="E64" s="21">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="F64" s="21">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="G64" s="22">
+        <v>2020</v>
+      </c>
+      <c r="H64" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I64" s="1"/>
+      <c r="J64" s="1"/>
+      <c r="K64" s="1"/>
+      <c r="L64" s="1"/>
+      <c r="M64" s="1"/>
+      <c r="N64" s="1"/>
+    </row>
+    <row r="65" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="B65" s="20">
+        <v>0.29499999999999998</v>
+      </c>
+      <c r="C65" s="20">
+        <v>0.31</v>
+      </c>
+      <c r="D65" s="20">
+        <v>0.33</v>
+      </c>
+      <c r="E65" s="21">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="F65" s="21">
+        <v>0.51</v>
+      </c>
+      <c r="G65" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H65" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I65" s="1"/>
+      <c r="J65" s="1"/>
+      <c r="K65" s="1"/>
+      <c r="L65" s="1"/>
+      <c r="M65" s="1"/>
+      <c r="N65" s="1"/>
+    </row>
+    <row r="66" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="B66" s="20">
+        <v>0.63</v>
+      </c>
+      <c r="C66" s="20">
+        <v>0.63</v>
+      </c>
+      <c r="D66" s="20">
+        <v>0.67</v>
+      </c>
+      <c r="E66" s="21">
+        <v>0.67</v>
+      </c>
+      <c r="F66" s="21">
+        <v>0.67</v>
+      </c>
+      <c r="G66" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H66" s="22">
+        <v>2032</v>
+      </c>
+      <c r="I66" s="1"/>
+      <c r="J66" s="1"/>
+      <c r="K66" s="1"/>
+      <c r="L66" s="1"/>
+      <c r="M66" s="1"/>
+      <c r="N66" s="1"/>
+    </row>
+    <row r="67" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="23" t="s">
+        <v>65</v>
+      </c>
+      <c r="B67" s="20">
+        <v>0.30599999999999999</v>
+      </c>
+      <c r="C67" s="20">
+        <v>0.45</v>
+      </c>
+      <c r="D67" s="20">
+        <v>0.45</v>
+      </c>
+      <c r="E67" s="21">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="F67" s="21">
+        <v>0.47499999999999998</v>
+      </c>
+      <c r="G67" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H67" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I67" s="1"/>
+      <c r="J67" s="1"/>
+      <c r="K67" s="1"/>
+      <c r="L67" s="1"/>
+      <c r="M67" s="1"/>
+      <c r="N67" s="1"/>
+    </row>
+    <row r="68" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="B68" s="20">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="C68" s="20">
+        <v>0.83</v>
+      </c>
+      <c r="D68" s="20">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="E68" s="21">
+        <v>0.9</v>
+      </c>
+      <c r="F68" s="21">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="G68" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H68" s="22">
+        <v>2031</v>
+      </c>
+      <c r="I68" s="1"/>
+      <c r="J68" s="1"/>
+      <c r="K68" s="1"/>
+      <c r="L68" s="1"/>
+      <c r="M68" s="1"/>
+      <c r="N68" s="1"/>
+    </row>
+    <row r="69" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="B69" s="20">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="C69" s="20">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="D69" s="20">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="E69" s="21">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="F69" s="21">
+        <v>0.70499999999999996</v>
+      </c>
+      <c r="G69" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H69" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I69" s="1"/>
+      <c r="J69" s="1"/>
+      <c r="K69" s="1"/>
+      <c r="L69" s="1"/>
+      <c r="M69" s="1"/>
+      <c r="N69" s="1"/>
+    </row>
+    <row r="70" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="B70" s="20">
+        <v>0.63829999999999998</v>
+      </c>
+      <c r="C70" s="20">
+        <v>0.8629</v>
+      </c>
+      <c r="D70" s="20">
+        <v>0.83530000000000004</v>
+      </c>
+      <c r="E70" s="21">
+        <v>0.83120000000000005</v>
+      </c>
+      <c r="F70" s="21">
+        <v>0.81869999999999998</v>
+      </c>
+      <c r="G70" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H70" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I70" s="1"/>
+      <c r="J70" s="1"/>
+      <c r="K70" s="1"/>
+      <c r="L70" s="1"/>
+      <c r="M70" s="1"/>
+      <c r="N70" s="1"/>
+    </row>
+    <row r="71" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="B71" s="20">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="C71" s="20">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="D71" s="20">
+        <v>0.625</v>
+      </c>
+      <c r="E71" s="21">
+        <v>0.625</v>
+      </c>
+      <c r="F71" s="21">
+        <v>0.625</v>
+      </c>
+      <c r="G71" s="22">
+        <v>2020</v>
+      </c>
+      <c r="H71" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I71" s="1"/>
+      <c r="J71" s="1"/>
+      <c r="K71" s="1"/>
+      <c r="L71" s="1"/>
+      <c r="M71" s="1"/>
+      <c r="N71" s="1"/>
+    </row>
+    <row r="72" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="B72" s="20">
+        <v>0.62</v>
+      </c>
+      <c r="C72" s="20">
+        <v>0.62</v>
+      </c>
+      <c r="D72" s="20">
+        <v>0.62</v>
+      </c>
+      <c r="E72" s="21">
+        <v>0.62</v>
+      </c>
+      <c r="F72" s="21">
+        <v>0.77</v>
+      </c>
+      <c r="G72" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H72" s="22">
+        <v>2030</v>
+      </c>
+      <c r="I72" s="1"/>
+      <c r="J72" s="1"/>
+      <c r="K72" s="1"/>
+      <c r="L72" s="1"/>
+      <c r="M72" s="1"/>
+      <c r="N72" s="1"/>
+    </row>
+    <row r="73" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="23" t="s">
+        <v>71</v>
+      </c>
+      <c r="B73" s="20">
+        <v>0.73750000000000004</v>
+      </c>
+      <c r="C73" s="20">
+        <v>0.73750000000000004</v>
+      </c>
+      <c r="D73" s="20">
+        <v>0.73750000000000004</v>
+      </c>
+      <c r="E73" s="21">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="F73" s="21">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="G73" s="22">
+        <v>2019</v>
+      </c>
+      <c r="H73" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I73" s="1"/>
+      <c r="J73" s="1"/>
+      <c r="K73" s="1"/>
+      <c r="L73" s="1"/>
+      <c r="M73" s="1"/>
+      <c r="N73" s="1"/>
+    </row>
+    <row r="74" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="B74" s="20">
+        <v>0.52</v>
+      </c>
+      <c r="C74" s="20">
+        <v>0.52</v>
+      </c>
+      <c r="D74" s="20">
+        <v>0.64</v>
+      </c>
+      <c r="E74" s="21">
+        <v>0.61</v>
+      </c>
+      <c r="F74" s="21">
+        <v>0.61</v>
+      </c>
+      <c r="G74" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H74" s="22">
+        <v>2032</v>
+      </c>
+      <c r="I74" s="1"/>
+      <c r="J74" s="1"/>
+      <c r="K74" s="1"/>
+      <c r="L74" s="1"/>
+      <c r="M74" s="1"/>
+      <c r="N74" s="1"/>
+    </row>
+    <row r="75" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="B75" s="20">
+        <v>0.63</v>
+      </c>
+      <c r="C75" s="20">
+        <v>0.72250000000000003</v>
+      </c>
+      <c r="D75" s="20">
+        <v>0.72250000000000003</v>
+      </c>
+      <c r="E75" s="21">
+        <v>0.72</v>
+      </c>
+      <c r="F75" s="21">
+        <v>0.72</v>
+      </c>
+      <c r="G75" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H75" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I75" s="1"/>
+      <c r="J75" s="1"/>
+      <c r="K75" s="1"/>
+      <c r="L75" s="1"/>
+      <c r="M75" s="1"/>
+      <c r="N75" s="1"/>
+    </row>
+    <row r="76" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="23" t="s">
+        <v>74</v>
+      </c>
+      <c r="B76" s="20">
+        <v>0.56630000000000003</v>
+      </c>
+      <c r="C76" s="20">
+        <v>0.56630000000000003</v>
+      </c>
+      <c r="D76" s="20">
+        <v>0.68410000000000004</v>
+      </c>
+      <c r="E76" s="21">
+        <v>0.68410000000000004</v>
+      </c>
+      <c r="F76" s="21">
+        <v>0.68410000000000004</v>
+      </c>
+      <c r="G76" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H76" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I76" s="1"/>
+      <c r="J76" s="1"/>
+      <c r="K76" s="1"/>
+      <c r="L76" s="1"/>
+      <c r="M76" s="1"/>
+      <c r="N76" s="1"/>
+    </row>
+    <row r="77" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="B77" s="20">
+        <v>0.42770000000000002</v>
+      </c>
+      <c r="C77" s="20">
+        <v>0.5343</v>
+      </c>
+      <c r="D77" s="20">
+        <v>0.5343</v>
+      </c>
+      <c r="E77" s="21">
+        <v>0.51429999999999998</v>
+      </c>
+      <c r="F77" s="21">
+        <v>0.51429999999999998</v>
+      </c>
+      <c r="G77" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H77" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I77" s="1"/>
+      <c r="J77" s="1"/>
+      <c r="K77" s="1"/>
+      <c r="L77" s="1"/>
+      <c r="M77" s="1"/>
+      <c r="N77" s="1"/>
+    </row>
+    <row r="78" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="B78" s="20">
+        <v>0.5</v>
+      </c>
+      <c r="C78" s="20">
+        <v>0.5</v>
+      </c>
+      <c r="D78" s="20">
+        <v>0.5</v>
+      </c>
+      <c r="E78" s="21">
+        <v>0.63270000000000004</v>
+      </c>
+      <c r="F78" s="21">
+        <v>0.63270000000000004</v>
+      </c>
+      <c r="G78" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H78" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I78" s="1"/>
+      <c r="J78" s="1"/>
+      <c r="K78" s="1"/>
+      <c r="L78" s="1"/>
+      <c r="M78" s="1"/>
+      <c r="N78" s="1"/>
+    </row>
+    <row r="79" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="B79" s="20">
+        <v>0.73</v>
+      </c>
+      <c r="C79" s="20">
+        <v>0.75</v>
+      </c>
+      <c r="D79" s="20">
+        <v>0.83</v>
+      </c>
+      <c r="E79" s="21">
+        <v>0.83</v>
+      </c>
+      <c r="F79" s="21">
+        <v>0.83</v>
+      </c>
+      <c r="G79" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H79" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I79" s="1"/>
+      <c r="J79" s="1"/>
+      <c r="K79" s="1"/>
+      <c r="L79" s="1"/>
+      <c r="M79" s="1"/>
+      <c r="N79" s="1"/>
+    </row>
+    <row r="80" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="B80" s="20">
+        <v>0.75</v>
+      </c>
+      <c r="C80" s="20">
+        <v>0.75</v>
+      </c>
+      <c r="D80" s="20">
+        <v>0.77</v>
+      </c>
+      <c r="E80" s="21">
+        <v>0.77</v>
+      </c>
+      <c r="F80" s="21">
+        <v>0.77</v>
+      </c>
+      <c r="G80" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H80" s="22">
+        <v>2030</v>
+      </c>
+      <c r="I80" s="1"/>
+      <c r="J80" s="1"/>
+      <c r="K80" s="1"/>
+      <c r="L80" s="1"/>
+      <c r="M80" s="1"/>
+      <c r="N80" s="1"/>
+    </row>
+    <row r="81" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="B81" s="20">
+        <v>0.58009999999999995</v>
+      </c>
+      <c r="C81" s="20">
+        <v>0.58009999999999995</v>
+      </c>
+      <c r="D81" s="20">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="E81" s="21">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="F81" s="21">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="G81" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H81" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I81" s="1"/>
+      <c r="J81" s="1"/>
+      <c r="K81" s="1"/>
+      <c r="L81" s="1"/>
+      <c r="M81" s="1"/>
+      <c r="N81" s="1"/>
+    </row>
+    <row r="82" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="B82" s="20">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="C82" s="20">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="D82" s="20">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="E82" s="21">
+        <v>0.65749999999999997</v>
+      </c>
+      <c r="F82" s="21">
+        <v>0.65749999999999997</v>
+      </c>
+      <c r="G82" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H82" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I82" s="1"/>
+      <c r="J82" s="1"/>
+      <c r="K82" s="1"/>
+      <c r="L82" s="1"/>
+      <c r="M82" s="1"/>
+      <c r="N82" s="1"/>
+    </row>
+    <row r="83" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="B83" s="20">
+        <v>0.45400000000000001</v>
+      </c>
+      <c r="C83" s="20">
+        <v>0.45400000000000001</v>
+      </c>
+      <c r="D83" s="20">
+        <v>0.45400000000000001</v>
+      </c>
+      <c r="E83" s="21">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="F83" s="21">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="G83" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H83" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I83" s="1"/>
+      <c r="J83" s="1"/>
+      <c r="K83" s="1"/>
+      <c r="L83" s="1"/>
+      <c r="M83" s="1"/>
+      <c r="N83" s="1"/>
+    </row>
+    <row r="84" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="23" t="s">
+        <v>82</v>
+      </c>
+      <c r="B84" s="20">
+        <v>0.68500000000000005</v>
+      </c>
+      <c r="C84" s="20">
+        <v>0.625</v>
+      </c>
+      <c r="D84" s="20">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="E84" s="21">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="F84" s="21">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="G84" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H84" s="22">
+        <v>2028</v>
+      </c>
+      <c r="I84" s="1"/>
+      <c r="J84" s="1"/>
+      <c r="K84" s="1"/>
+      <c r="L84" s="1"/>
+      <c r="M84" s="1"/>
+      <c r="N84" s="1"/>
+    </row>
+    <row r="85" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="23" t="s">
+        <v>83</v>
+      </c>
+      <c r="B85" s="20">
+        <v>0.99</v>
+      </c>
+      <c r="C85" s="20">
+        <v>0.99</v>
+      </c>
+      <c r="D85" s="20">
+        <v>0.99</v>
+      </c>
+      <c r="E85" s="21">
+        <v>0.99</v>
+      </c>
+      <c r="F85" s="21">
+        <v>1</v>
+      </c>
+      <c r="G85" s="22">
+        <v>2019</v>
+      </c>
+      <c r="H85" s="22">
+        <v>2026</v>
+      </c>
+      <c r="I85" s="1"/>
+      <c r="J85" s="1"/>
+      <c r="K85" s="1"/>
+      <c r="L85" s="1"/>
+      <c r="M85" s="1"/>
+      <c r="N85" s="1"/>
+    </row>
+    <row r="86" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="B86" s="20">
+        <v>0.51</v>
+      </c>
+      <c r="C86" s="20">
+        <v>0.61</v>
+      </c>
+      <c r="D86" s="20">
+        <v>0.61</v>
+      </c>
+      <c r="E86" s="21">
+        <v>0.61</v>
+      </c>
+      <c r="F86" s="21">
+        <v>0.61</v>
+      </c>
+      <c r="G86" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H86" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I86" s="1"/>
+      <c r="J86" s="1"/>
+      <c r="K86" s="1"/>
+      <c r="L86" s="1"/>
+      <c r="M86" s="1"/>
+      <c r="N86" s="1"/>
+    </row>
+    <row r="87" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="23" t="s">
+        <v>85</v>
+      </c>
+      <c r="B87" s="20">
+        <v>0.625</v>
+      </c>
+      <c r="C87" s="20">
+        <v>0.71</v>
+      </c>
+      <c r="D87" s="20">
+        <v>0.66</v>
+      </c>
+      <c r="E87" s="21">
+        <v>0.66</v>
+      </c>
+      <c r="F87" s="21">
+        <v>0.66</v>
+      </c>
+      <c r="G87" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H87" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I87" s="1"/>
+      <c r="J87" s="1"/>
+      <c r="K87" s="1"/>
+      <c r="L87" s="1"/>
+      <c r="M87" s="1"/>
+      <c r="N87" s="1"/>
+    </row>
+    <row r="88" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="B88" s="20">
+        <v>0.51300000000000001</v>
+      </c>
+      <c r="C88" s="20">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="D88" s="20">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="E88" s="21">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="F88" s="21">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="G88" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H88" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I88" s="1"/>
+      <c r="J88" s="1"/>
+      <c r="K88" s="1"/>
+      <c r="L88" s="1"/>
+      <c r="M88" s="1"/>
+      <c r="N88" s="1"/>
+    </row>
+    <row r="89" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="B89" s="20">
+        <v>0.41</v>
+      </c>
+      <c r="C89" s="20">
+        <v>0.41</v>
+      </c>
+      <c r="D89" s="20">
+        <v>0.36</v>
+      </c>
+      <c r="E89" s="21">
+        <v>0.36</v>
+      </c>
+      <c r="F89" s="21">
+        <v>0.36</v>
+      </c>
+      <c r="G89" s="22">
+        <v>2021</v>
+      </c>
+      <c r="H89" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I89" s="1"/>
+      <c r="J89" s="1"/>
+      <c r="K89" s="1"/>
+      <c r="L89" s="1"/>
+      <c r="M89" s="1"/>
+      <c r="N89" s="1"/>
+    </row>
+    <row r="90" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="B90" s="20">
+        <v>0.41049999999999998</v>
+      </c>
+      <c r="C90" s="20">
+        <v>0.60329999999999995</v>
+      </c>
+      <c r="D90" s="20">
+        <v>0.60329999999999995</v>
+      </c>
+      <c r="E90" s="21">
+        <v>0.60329999999999995</v>
+      </c>
+      <c r="F90" s="21">
+        <v>0.60329999999999995</v>
+      </c>
+      <c r="G90" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H90" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I90" s="1"/>
+      <c r="J90" s="1"/>
+      <c r="K90" s="1"/>
+      <c r="L90" s="1"/>
+      <c r="M90" s="1"/>
+      <c r="N90" s="1"/>
+    </row>
+    <row r="91" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="23" t="s">
+        <v>89</v>
+      </c>
+      <c r="B91" s="20">
+        <v>0.87</v>
+      </c>
+      <c r="C91" s="20">
+        <v>0.95</v>
+      </c>
+      <c r="D91" s="20">
+        <v>0.95</v>
+      </c>
+      <c r="E91" s="21">
+        <v>0.95</v>
+      </c>
+      <c r="F91" s="21">
+        <v>0.95</v>
+      </c>
+      <c r="G91" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H91" s="22">
+        <v>2033</v>
+      </c>
+      <c r="I91" s="1"/>
+      <c r="J91" s="1"/>
+      <c r="K91" s="1"/>
+      <c r="L91" s="1"/>
+      <c r="M91" s="1"/>
+      <c r="N91" s="1"/>
+    </row>
+    <row r="92" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="B92" s="20">
+        <v>0.43419999999999997</v>
+      </c>
+      <c r="C92" s="20">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="D92" s="20">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="E92" s="21">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="F92" s="21">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="G92" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H92" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I92" s="1"/>
+      <c r="J92" s="1"/>
+      <c r="K92" s="1"/>
+      <c r="L92" s="1"/>
+      <c r="M92" s="1"/>
+      <c r="N92" s="1"/>
+    </row>
+    <row r="93" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="23" t="s">
+        <v>91</v>
+      </c>
+      <c r="B93" s="20">
+        <v>0.71289999999999998</v>
+      </c>
+      <c r="C93" s="20">
+        <v>0.71289999999999998</v>
+      </c>
+      <c r="D93" s="20">
+        <v>0.89</v>
+      </c>
+      <c r="E93" s="21">
+        <v>0.89</v>
+      </c>
+      <c r="F93" s="21">
+        <v>0.89</v>
+      </c>
+      <c r="G93" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H93" s="22">
+        <v>2032</v>
+      </c>
+      <c r="I93" s="1"/>
+      <c r="J93" s="1"/>
+      <c r="K93" s="1"/>
+      <c r="L93" s="1"/>
+      <c r="M93" s="1"/>
+      <c r="N93" s="1"/>
+    </row>
+    <row r="94" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="B94" s="20">
+        <v>0.5171</v>
+      </c>
+      <c r="C94" s="20">
+        <v>0.51349999999999996</v>
+      </c>
+      <c r="D94" s="20">
+        <v>0.65700000000000003</v>
+      </c>
+      <c r="E94" s="21">
+        <v>0.61950000000000005</v>
+      </c>
+      <c r="F94" s="21">
+        <v>0.6</v>
+      </c>
+      <c r="G94" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H94" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I94" s="1"/>
+      <c r="J94" s="1"/>
+      <c r="K94" s="1"/>
+      <c r="L94" s="1"/>
+      <c r="M94" s="1"/>
+      <c r="N94" s="1"/>
+    </row>
+    <row r="95" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="23" t="s">
+        <v>93</v>
+      </c>
+      <c r="B95" s="20">
+        <v>0.5796</v>
+      </c>
+      <c r="C95" s="20">
+        <v>0.81</v>
+      </c>
+      <c r="D95" s="20">
+        <v>0.81</v>
+      </c>
+      <c r="E95" s="21">
+        <v>0.81</v>
+      </c>
+      <c r="F95" s="21">
+        <v>0.81</v>
+      </c>
+      <c r="G95" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H95" s="22">
+        <v>2033</v>
+      </c>
+      <c r="I95" s="1"/>
+      <c r="J95" s="1"/>
+      <c r="K95" s="1"/>
+      <c r="L95" s="1"/>
+      <c r="M95" s="1"/>
+      <c r="N95" s="1"/>
+    </row>
+    <row r="96" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B96" s="20">
+        <v>0.85</v>
+      </c>
+      <c r="C96" s="20">
+        <v>0.85</v>
+      </c>
+      <c r="D96" s="20">
+        <v>0.85</v>
+      </c>
+      <c r="E96" s="21">
+        <v>0.85</v>
+      </c>
+      <c r="F96" s="21">
+        <v>0.85</v>
+      </c>
+      <c r="G96" s="22">
+        <v>2021</v>
+      </c>
+      <c r="H96" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I96" s="1"/>
+      <c r="J96" s="1"/>
+      <c r="K96" s="1"/>
+      <c r="L96" s="1"/>
+      <c r="M96" s="1"/>
+      <c r="N96" s="1"/>
+    </row>
+    <row r="97" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B97" s="20">
+        <v>0.318</v>
+      </c>
+      <c r="C97" s="20">
+        <v>0.318</v>
+      </c>
+      <c r="D97" s="20">
+        <v>0.318</v>
+      </c>
+      <c r="E97" s="21">
+        <v>0.318</v>
+      </c>
+      <c r="F97" s="21">
+        <v>0.40300000000000002</v>
+      </c>
+      <c r="G97" s="22">
+        <v>2022</v>
+      </c>
+      <c r="H97" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I97" s="1"/>
+      <c r="J97" s="1"/>
+      <c r="K97" s="1"/>
+      <c r="L97" s="1"/>
+      <c r="M97" s="1"/>
+      <c r="N97" s="1"/>
+    </row>
+    <row r="98" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B98" s="20">
+        <v>0.62590000000000001</v>
+      </c>
+      <c r="C98" s="20">
+        <v>0.76749999999999996</v>
+      </c>
+      <c r="D98" s="20">
+        <v>0.74250000000000005</v>
+      </c>
+      <c r="E98" s="21">
+        <v>0.74250000000000005</v>
+      </c>
+      <c r="F98" s="21">
+        <v>0.70750000000000002</v>
+      </c>
+      <c r="G98" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H98" s="22">
+        <v>2033</v>
+      </c>
+      <c r="I98" s="1"/>
+      <c r="J98" s="1"/>
+      <c r="K98" s="1"/>
+      <c r="L98" s="1"/>
+      <c r="M98" s="1"/>
+      <c r="N98" s="1"/>
+    </row>
+    <row r="99" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B99" s="20">
+        <v>0.42</v>
+      </c>
+      <c r="C99" s="20">
+        <v>0.66</v>
+      </c>
+      <c r="D99" s="20">
+        <v>0.66</v>
+      </c>
+      <c r="E99" s="21">
+        <v>0.66</v>
+      </c>
+      <c r="F99" s="21">
+        <v>0.66</v>
+      </c>
+      <c r="G99" s="22">
+        <v>2025</v>
+      </c>
+      <c r="H99" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I99" s="1"/>
+      <c r="J99" s="1"/>
+      <c r="K99" s="1"/>
+      <c r="L99" s="1"/>
+      <c r="M99" s="1"/>
+      <c r="N99" s="1"/>
+    </row>
+    <row r="100" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B100" s="20">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="C100" s="20">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="D100" s="20">
+        <v>0.73</v>
+      </c>
+      <c r="E100" s="21">
+        <v>0.73</v>
+      </c>
+      <c r="F100" s="21">
+        <v>0.73</v>
+      </c>
+      <c r="G100" s="22">
+        <v>2024</v>
+      </c>
+      <c r="H100" s="22">
+        <v>2029</v>
+      </c>
+      <c r="I100" s="1"/>
+      <c r="J100" s="1"/>
+      <c r="K100" s="1"/>
+      <c r="L100" s="1"/>
+      <c r="M100" s="1"/>
+      <c r="N100" s="1"/>
+    </row>
+    <row r="101" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B101" s="20">
+        <v>0.65</v>
+      </c>
+      <c r="C101" s="20">
+        <v>0.65</v>
+      </c>
+      <c r="D101" s="20">
+        <v>0.65</v>
+      </c>
+      <c r="E101" s="21">
+        <v>0.66</v>
+      </c>
+      <c r="F101" s="21">
+        <v>0.66</v>
+      </c>
+      <c r="G101" s="22">
+        <v>2023</v>
+      </c>
+      <c r="H101" s="22">
+        <v>2027</v>
+      </c>
+      <c r="I101" s="1"/>
+      <c r="J101" s="1"/>
+      <c r="K101" s="1"/>
+      <c r="L101" s="1"/>
+      <c r="M101" s="1"/>
+      <c r="N101" s="1"/>
+    </row>
+    <row r="102" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="B102" s="28">
+        <v>0.52</v>
+      </c>
+      <c r="C102" s="28">
+        <v>0.52</v>
+      </c>
+      <c r="D102" s="28">
+        <v>0.6</v>
+      </c>
+      <c r="E102" s="29">
+        <v>0.6</v>
+      </c>
+      <c r="F102" s="29">
+        <v>0.6</v>
+      </c>
+      <c r="G102" s="30">
+        <v>2024</v>
+      </c>
+      <c r="H102" s="30">
+        <v>2032</v>
+      </c>
+      <c r="I102" s="1"/>
+      <c r="J102" s="1"/>
+      <c r="K102" s="1"/>
+      <c r="L102" s="1"/>
+      <c r="M102" s="1"/>
+      <c r="N102" s="1"/>
+    </row>
+    <row r="103" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="33" t="s">
         <v>113</v>
       </c>
-      <c r="B3" s="33"/>
-[...2866 lines deleted...]
-      </c>
+      <c r="B103" s="24"/>
+      <c r="C103" s="25"/>
+      <c r="D103" s="24"/>
+      <c r="E103" s="25"/>
+      <c r="F103" s="24"/>
+      <c r="G103" s="25"/>
+      <c r="H103" s="24"/>
+      <c r="I103" s="4"/>
+      <c r="J103" s="2"/>
+      <c r="K103" s="4"/>
+      <c r="L103" s="3"/>
+      <c r="N103" s="1"/>
+    </row>
+    <row r="104" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="2"/>
+      <c r="C104" s="4"/>
+      <c r="D104" s="2"/>
+      <c r="E104" s="4"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="4"/>
+      <c r="H104" s="2"/>
+      <c r="I104" s="4"/>
+      <c r="J104" s="2"/>
+      <c r="K104" s="4"/>
+      <c r="L104" s="3"/>
+      <c r="N104" s="1"/>
+    </row>
+    <row r="105" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="2"/>
+      <c r="C105" s="4"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="4"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="4"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="4"/>
+      <c r="J105" s="2"/>
+      <c r="K105" s="4"/>
+      <c r="L105" s="3"/>
+      <c r="N105" s="1"/>
+    </row>
+    <row r="106" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="2"/>
+      <c r="C106" s="4"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="4"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="4"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="4"/>
+      <c r="J106" s="2"/>
+      <c r="K106" s="4"/>
+      <c r="L106" s="3"/>
+      <c r="N106" s="1"/>
+    </row>
+    <row r="107" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="2"/>
+      <c r="C107" s="4"/>
+      <c r="D107" s="2"/>
+      <c r="E107" s="4"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="4"/>
+      <c r="H107" s="2"/>
+      <c r="I107" s="4"/>
+      <c r="J107" s="2"/>
+      <c r="K107" s="4"/>
+      <c r="L107" s="3"/>
+      <c r="N107" s="1"/>
+    </row>
+    <row r="108" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="2"/>
+      <c r="C108" s="4"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="4"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="4"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="4"/>
+      <c r="J108" s="2"/>
+      <c r="K108" s="4"/>
+      <c r="L108" s="3"/>
+      <c r="N108" s="1"/>
+    </row>
+    <row r="109" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="2"/>
+      <c r="C109" s="4"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="4"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="4"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="4"/>
+      <c r="J109" s="2"/>
+      <c r="K109" s="4"/>
+      <c r="L109" s="3"/>
+      <c r="N109" s="1"/>
+    </row>
+    <row r="110" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="2"/>
+      <c r="C110" s="4"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="4"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="4"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="4"/>
+      <c r="J110" s="2"/>
+      <c r="K110" s="4"/>
+      <c r="L110" s="3"/>
+      <c r="N110" s="1"/>
+    </row>
+    <row r="111" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="2"/>
+      <c r="C111" s="4"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="4"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="4"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="4"/>
+      <c r="J111" s="2"/>
+      <c r="K111" s="4"/>
+      <c r="L111" s="3"/>
+      <c r="N111" s="1"/>
+    </row>
+    <row r="112" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="2"/>
+      <c r="C112" s="4"/>
+      <c r="D112" s="2"/>
+      <c r="E112" s="4"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="4"/>
+      <c r="H112" s="2"/>
+      <c r="I112" s="4"/>
+      <c r="J112" s="2"/>
+      <c r="K112" s="4"/>
+      <c r="L112" s="3"/>
+      <c r="N112" s="1"/>
+    </row>
+    <row r="113" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="2"/>
+      <c r="C113" s="4"/>
+      <c r="D113" s="2"/>
+      <c r="E113" s="4"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="4"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="4"/>
+      <c r="J113" s="2"/>
+      <c r="K113" s="4"/>
+      <c r="L113" s="3"/>
+      <c r="N113" s="1"/>
+    </row>
+    <row r="114" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="2"/>
+      <c r="C114" s="4"/>
+      <c r="D114" s="2"/>
+      <c r="E114" s="4"/>
+      <c r="F114" s="2"/>
+      <c r="G114" s="4"/>
+      <c r="H114" s="2"/>
+      <c r="I114" s="4"/>
+      <c r="J114" s="2"/>
+      <c r="K114" s="4"/>
+      <c r="L114" s="3"/>
+      <c r="N114" s="1"/>
+    </row>
+    <row r="115" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="2"/>
+      <c r="C115" s="4"/>
+      <c r="D115" s="2"/>
+      <c r="E115" s="4"/>
+      <c r="F115" s="2"/>
+      <c r="G115" s="4"/>
+      <c r="H115" s="2"/>
+      <c r="I115" s="4"/>
+      <c r="J115" s="2"/>
+      <c r="K115" s="4"/>
+      <c r="L115" s="3"/>
+      <c r="N115" s="1"/>
+    </row>
+    <row r="116" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="2"/>
+      <c r="C116" s="4"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="4"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="4"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="4"/>
+      <c r="J116" s="2"/>
+      <c r="K116" s="4"/>
+      <c r="L116" s="3"/>
+      <c r="N116" s="1"/>
+    </row>
+    <row r="117" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="2"/>
+      <c r="C117" s="4"/>
+      <c r="D117" s="2"/>
+      <c r="E117" s="4"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="4"/>
+      <c r="H117" s="2"/>
+      <c r="I117" s="4"/>
+      <c r="J117" s="2"/>
+      <c r="K117" s="4"/>
+      <c r="L117" s="3"/>
+      <c r="N117" s="1"/>
+    </row>
+    <row r="118" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="2"/>
+      <c r="C118" s="4"/>
+      <c r="D118" s="2"/>
+      <c r="E118" s="4"/>
+      <c r="F118" s="2"/>
+      <c r="G118" s="4"/>
+      <c r="H118" s="2"/>
+      <c r="I118" s="4"/>
+      <c r="J118" s="2"/>
+      <c r="K118" s="4"/>
+      <c r="L118" s="3"/>
+      <c r="N118" s="1"/>
+    </row>
+    <row r="119" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="2"/>
+      <c r="C119" s="4"/>
+      <c r="D119" s="2"/>
+      <c r="E119" s="4"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="4"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="4"/>
+      <c r="J119" s="2"/>
+      <c r="K119" s="4"/>
+      <c r="L119" s="3"/>
+      <c r="N119" s="1"/>
+    </row>
+    <row r="120" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="2"/>
+      <c r="C120" s="4"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="4"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="4"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="4"/>
+      <c r="J120" s="2"/>
+      <c r="K120" s="4"/>
+      <c r="L120" s="3"/>
+      <c r="N120" s="1"/>
+    </row>
+    <row r="121" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="2"/>
+      <c r="C121" s="4"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="4"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="4"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="4"/>
+      <c r="J121" s="2"/>
+      <c r="K121" s="4"/>
+      <c r="L121" s="3"/>
+      <c r="N121" s="1"/>
+    </row>
+    <row r="122" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="2"/>
+      <c r="C122" s="4"/>
+      <c r="D122" s="2"/>
+      <c r="E122" s="4"/>
+      <c r="F122" s="2"/>
+      <c r="G122" s="4"/>
+      <c r="H122" s="2"/>
+      <c r="I122" s="4"/>
+      <c r="J122" s="2"/>
+      <c r="K122" s="4"/>
+      <c r="L122" s="3"/>
+      <c r="N122" s="1"/>
+    </row>
+    <row r="123" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="2"/>
+      <c r="C123" s="4"/>
+      <c r="D123" s="2"/>
+      <c r="E123" s="4"/>
+      <c r="F123" s="2"/>
+      <c r="G123" s="4"/>
+      <c r="H123" s="2"/>
+      <c r="I123" s="4"/>
+      <c r="J123" s="2"/>
+      <c r="K123" s="4"/>
+      <c r="L123" s="3"/>
+      <c r="N123" s="1"/>
+    </row>
+    <row r="124" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="2"/>
+      <c r="C124" s="4"/>
+      <c r="D124" s="2"/>
+      <c r="E124" s="4"/>
+      <c r="F124" s="2"/>
+      <c r="G124" s="4"/>
+      <c r="H124" s="2"/>
+      <c r="I124" s="4"/>
+      <c r="J124" s="2"/>
+      <c r="K124" s="4"/>
+      <c r="L124" s="3"/>
+      <c r="N124" s="1"/>
+    </row>
+    <row r="125" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="2"/>
+      <c r="C125" s="4"/>
+      <c r="D125" s="2"/>
+      <c r="E125" s="4"/>
+      <c r="F125" s="2"/>
+      <c r="G125" s="4"/>
+      <c r="H125" s="2"/>
+      <c r="I125" s="4"/>
+      <c r="J125" s="2"/>
+      <c r="K125" s="4"/>
+      <c r="L125" s="3"/>
+      <c r="N125" s="1"/>
+    </row>
+    <row r="126" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="2"/>
+      <c r="C126" s="4"/>
+      <c r="D126" s="2"/>
+      <c r="E126" s="4"/>
+      <c r="F126" s="2"/>
+      <c r="G126" s="4"/>
+      <c r="H126" s="2"/>
+      <c r="I126" s="4"/>
+      <c r="J126" s="2"/>
+      <c r="K126" s="4"/>
+      <c r="L126" s="3"/>
+      <c r="N126" s="1"/>
+    </row>
+    <row r="127" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="2"/>
+      <c r="C127" s="4"/>
+      <c r="D127" s="2"/>
+      <c r="E127" s="4"/>
+      <c r="F127" s="2"/>
+      <c r="G127" s="4"/>
+      <c r="H127" s="2"/>
+      <c r="I127" s="4"/>
+      <c r="J127" s="2"/>
+      <c r="K127" s="4"/>
+      <c r="L127" s="3"/>
+      <c r="N127" s="1"/>
+    </row>
+    <row r="128" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="2"/>
+      <c r="C128" s="4"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="4"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="4"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="4"/>
+      <c r="J128" s="2"/>
+      <c r="K128" s="4"/>
+      <c r="L128" s="3"/>
+      <c r="N128" s="1"/>
     </row>
     <row r="129" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A129" s="20"/>
-[...20 lines deleted...]
-      <c r="K130" s="11"/>
+      <c r="A129" s="2"/>
+      <c r="C129" s="4"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="4"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="4"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="4"/>
+      <c r="J129" s="2"/>
+      <c r="K129" s="4"/>
+      <c r="L129" s="3"/>
+      <c r="N129" s="1"/>
+    </row>
+    <row r="130" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="2"/>
+      <c r="C130" s="4"/>
+      <c r="D130" s="2"/>
+      <c r="E130" s="4"/>
+      <c r="F130" s="2"/>
+      <c r="G130" s="4"/>
+      <c r="H130" s="2"/>
+      <c r="I130" s="4"/>
+      <c r="J130" s="2"/>
+      <c r="K130" s="4"/>
+      <c r="L130" s="3"/>
+      <c r="N130" s="1"/>
     </row>
     <row r="131" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B131" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A131" s="2"/>
       <c r="C131" s="4"/>
-      <c r="D131" s="4"/>
+      <c r="D131" s="2"/>
       <c r="E131" s="4"/>
-      <c r="F131" s="4"/>
+      <c r="F131" s="2"/>
       <c r="G131" s="4"/>
-      <c r="H131" s="4"/>
+      <c r="H131" s="2"/>
       <c r="I131" s="4"/>
-      <c r="J131" s="4"/>
+      <c r="J131" s="2"/>
       <c r="K131" s="4"/>
-      <c r="L131" s="4"/>
-[...4 lines deleted...]
-      <c r="B132" s="4"/>
+      <c r="L131" s="3"/>
+      <c r="N131" s="1"/>
+    </row>
+    <row r="132" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="2"/>
       <c r="C132" s="4"/>
-      <c r="D132" s="4"/>
+      <c r="D132" s="2"/>
       <c r="E132" s="4"/>
-      <c r="F132" s="4"/>
+      <c r="F132" s="2"/>
       <c r="G132" s="4"/>
-      <c r="H132" s="4"/>
+      <c r="H132" s="2"/>
       <c r="I132" s="4"/>
-      <c r="J132" s="4"/>
+      <c r="J132" s="2"/>
       <c r="K132" s="4"/>
-      <c r="L132" s="4"/>
-[...1 lines deleted...]
-      <c r="N132" s="16"/>
+      <c r="L132" s="3"/>
+      <c r="N132" s="1"/>
     </row>
     <row r="133" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B133" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A133" s="2"/>
       <c r="C133" s="4"/>
-      <c r="D133" s="4"/>
+      <c r="D133" s="2"/>
       <c r="E133" s="4"/>
-      <c r="F133" s="4"/>
+      <c r="F133" s="2"/>
       <c r="G133" s="4"/>
-      <c r="H133" s="4"/>
+      <c r="H133" s="2"/>
       <c r="I133" s="4"/>
-      <c r="J133" s="4"/>
+      <c r="J133" s="2"/>
       <c r="K133" s="4"/>
-      <c r="L133" s="4"/>
-[...1 lines deleted...]
-      <c r="N133" s="16"/>
+      <c r="L133" s="3"/>
+      <c r="N133" s="1"/>
     </row>
     <row r="134" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B134" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A134" s="2"/>
       <c r="C134" s="4"/>
-      <c r="D134" s="4"/>
+      <c r="D134" s="2"/>
       <c r="E134" s="4"/>
-      <c r="F134" s="4"/>
+      <c r="F134" s="2"/>
       <c r="G134" s="4"/>
-      <c r="H134" s="4"/>
+      <c r="H134" s="2"/>
       <c r="I134" s="4"/>
-      <c r="J134" s="4"/>
+      <c r="J134" s="2"/>
       <c r="K134" s="4"/>
-      <c r="L134" s="4"/>
-[...4 lines deleted...]
-      <c r="B135" s="4"/>
+      <c r="L134" s="3"/>
+      <c r="N134" s="1"/>
+    </row>
+    <row r="135" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="2"/>
       <c r="C135" s="4"/>
-      <c r="D135" s="4"/>
+      <c r="D135" s="2"/>
       <c r="E135" s="4"/>
-      <c r="F135" s="4"/>
+      <c r="F135" s="2"/>
       <c r="G135" s="4"/>
-      <c r="H135" s="4"/>
+      <c r="H135" s="2"/>
       <c r="I135" s="4"/>
-      <c r="J135" s="4"/>
+      <c r="J135" s="2"/>
       <c r="K135" s="4"/>
-      <c r="L135" s="4"/>
-[...6 lines deleted...]
-      </c>
+      <c r="L135" s="3"/>
+      <c r="N135" s="1"/>
+    </row>
+    <row r="136" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="2"/>
       <c r="C136" s="4"/>
-      <c r="D136" s="4"/>
+      <c r="D136" s="2"/>
       <c r="E136" s="4"/>
-      <c r="F136" s="4"/>
+      <c r="F136" s="2"/>
       <c r="G136" s="4"/>
-      <c r="H136" s="4"/>
+      <c r="H136" s="2"/>
       <c r="I136" s="4"/>
-      <c r="J136" s="4"/>
+      <c r="J136" s="2"/>
       <c r="K136" s="4"/>
-      <c r="L136" s="4"/>
-[...6 lines deleted...]
-      </c>
+      <c r="L136" s="3"/>
+      <c r="N136" s="1"/>
+    </row>
+    <row r="137" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="2"/>
       <c r="C137" s="4"/>
-      <c r="D137" s="4"/>
+      <c r="D137" s="2"/>
       <c r="E137" s="4"/>
-      <c r="F137" s="4"/>
+      <c r="F137" s="2"/>
       <c r="G137" s="4"/>
-      <c r="H137" s="4"/>
+      <c r="H137" s="2"/>
       <c r="I137" s="4"/>
-      <c r="J137" s="4"/>
+      <c r="J137" s="2"/>
       <c r="K137" s="4"/>
-      <c r="L137" s="4"/>
-[...4 lines deleted...]
-      <c r="B138" s="14"/>
+      <c r="L137" s="3"/>
+      <c r="N137" s="1"/>
+    </row>
+    <row r="138" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="2"/>
       <c r="C138" s="4"/>
-      <c r="D138" s="4"/>
+      <c r="D138" s="2"/>
       <c r="E138" s="4"/>
-      <c r="F138" s="4"/>
+      <c r="F138" s="2"/>
       <c r="G138" s="4"/>
-      <c r="H138" s="4"/>
+      <c r="H138" s="2"/>
       <c r="I138" s="4"/>
-      <c r="J138" s="4"/>
+      <c r="J138" s="2"/>
       <c r="K138" s="4"/>
-      <c r="L138" s="4"/>
-[...6 lines deleted...]
-      </c>
+      <c r="L138" s="3"/>
+      <c r="N138" s="1"/>
+    </row>
+    <row r="139" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="2"/>
       <c r="C139" s="4"/>
-      <c r="D139" s="4"/>
+      <c r="D139" s="2"/>
       <c r="E139" s="4"/>
-      <c r="F139" s="4"/>
+      <c r="F139" s="2"/>
       <c r="G139" s="4"/>
-      <c r="H139" s="4"/>
+      <c r="H139" s="2"/>
       <c r="I139" s="4"/>
-      <c r="J139" s="4"/>
+      <c r="J139" s="2"/>
       <c r="K139" s="4"/>
-      <c r="L139" s="4"/>
-[...6 lines deleted...]
-      </c>
+      <c r="L139" s="3"/>
+      <c r="N139" s="1"/>
+    </row>
+    <row r="140" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="2"/>
       <c r="C140" s="4"/>
-      <c r="D140" s="4"/>
+      <c r="D140" s="2"/>
       <c r="E140" s="4"/>
-      <c r="F140" s="4"/>
+      <c r="F140" s="2"/>
       <c r="G140" s="4"/>
-      <c r="H140" s="4"/>
+      <c r="H140" s="2"/>
       <c r="I140" s="4"/>
-      <c r="J140" s="4"/>
+      <c r="J140" s="2"/>
       <c r="K140" s="4"/>
-      <c r="L140" s="4"/>
-[...6 lines deleted...]
-      </c>
+      <c r="L140" s="3"/>
+      <c r="N140" s="1"/>
+    </row>
+    <row r="141" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="2"/>
       <c r="C141" s="4"/>
-      <c r="D141" s="4"/>
+      <c r="D141" s="2"/>
       <c r="E141" s="4"/>
-      <c r="F141" s="4"/>
+      <c r="F141" s="2"/>
       <c r="G141" s="4"/>
-      <c r="H141" s="4"/>
+      <c r="H141" s="2"/>
       <c r="I141" s="4"/>
-      <c r="J141" s="4"/>
+      <c r="J141" s="2"/>
       <c r="K141" s="4"/>
-      <c r="L141" s="4"/>
-[...4 lines deleted...]
-      <c r="B142" s="12"/>
+      <c r="L141" s="3"/>
+      <c r="N141" s="1"/>
+    </row>
+    <row r="142" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="2"/>
+      <c r="C142" s="4"/>
+      <c r="D142" s="2"/>
+      <c r="E142" s="4"/>
+      <c r="F142" s="2"/>
+      <c r="G142" s="4"/>
+      <c r="H142" s="2"/>
+      <c r="I142" s="4"/>
+      <c r="J142" s="2"/>
+      <c r="K142" s="4"/>
+      <c r="L142" s="3"/>
+      <c r="N142" s="1"/>
     </row>
     <row r="143" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C143" s="1"/>
-[...3 lines deleted...]
-      <c r="K143" s="1"/>
+      <c r="A143" s="2"/>
+      <c r="C143" s="4"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="4"/>
+      <c r="F143" s="2"/>
+      <c r="G143" s="4"/>
+      <c r="H143" s="2"/>
+      <c r="I143" s="4"/>
+      <c r="J143" s="2"/>
+      <c r="K143" s="4"/>
+      <c r="L143" s="3"/>
+      <c r="N143" s="1"/>
     </row>
     <row r="144" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C144" s="1"/>
-[...79 lines deleted...]
-    <row r="218" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="A144" s="2"/>
+      <c r="C144" s="4"/>
+      <c r="D144" s="2"/>
+      <c r="E144" s="4"/>
+      <c r="F144" s="2"/>
+      <c r="G144" s="4"/>
+      <c r="H144" s="2"/>
+      <c r="I144" s="4"/>
+      <c r="J144" s="2"/>
+      <c r="K144" s="4"/>
+      <c r="L144" s="3"/>
+      <c r="N144" s="1"/>
+    </row>
+    <row r="145" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="2"/>
+      <c r="C145" s="4"/>
+      <c r="D145" s="2"/>
+      <c r="E145" s="4"/>
+      <c r="F145" s="2"/>
+      <c r="G145" s="4"/>
+      <c r="H145" s="2"/>
+      <c r="I145" s="4"/>
+      <c r="J145" s="2"/>
+      <c r="K145" s="4"/>
+      <c r="L145" s="3"/>
+      <c r="N145" s="1"/>
+    </row>
+    <row r="146" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="2"/>
+      <c r="C146" s="4"/>
+      <c r="D146" s="2"/>
+      <c r="E146" s="4"/>
+      <c r="F146" s="2"/>
+      <c r="G146" s="4"/>
+      <c r="H146" s="2"/>
+      <c r="I146" s="4"/>
+      <c r="J146" s="2"/>
+      <c r="K146" s="4"/>
+      <c r="L146" s="3"/>
+      <c r="N146" s="1"/>
+    </row>
+    <row r="147" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="2"/>
+      <c r="C147" s="4"/>
+      <c r="D147" s="2"/>
+      <c r="E147" s="4"/>
+      <c r="F147" s="2"/>
+      <c r="G147" s="4"/>
+      <c r="H147" s="2"/>
+      <c r="I147" s="4"/>
+      <c r="J147" s="2"/>
+      <c r="K147" s="4"/>
+      <c r="L147" s="3"/>
+      <c r="N147" s="1"/>
+    </row>
+    <row r="148" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="2"/>
+      <c r="C148" s="4"/>
+      <c r="D148" s="2"/>
+      <c r="E148" s="4"/>
+      <c r="F148" s="2"/>
+      <c r="G148" s="4"/>
+      <c r="H148" s="2"/>
+      <c r="I148" s="4"/>
+      <c r="J148" s="2"/>
+      <c r="K148" s="4"/>
+      <c r="L148" s="3"/>
+      <c r="N148" s="1"/>
+    </row>
+    <row r="149" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="2"/>
+      <c r="C149" s="4"/>
+      <c r="D149" s="2"/>
+      <c r="E149" s="4"/>
+      <c r="F149" s="2"/>
+      <c r="G149" s="4"/>
+      <c r="H149" s="2"/>
+      <c r="I149" s="4"/>
+      <c r="J149" s="2"/>
+      <c r="K149" s="4"/>
+      <c r="L149" s="3"/>
+      <c r="N149" s="1"/>
+    </row>
+    <row r="150" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="2"/>
+      <c r="C150" s="4"/>
+      <c r="D150" s="2"/>
+      <c r="E150" s="4"/>
+      <c r="F150" s="2"/>
+      <c r="G150" s="4"/>
+      <c r="H150" s="2"/>
+      <c r="I150" s="4"/>
+      <c r="J150" s="2"/>
+      <c r="K150" s="4"/>
+      <c r="L150" s="3"/>
+      <c r="N150" s="1"/>
+    </row>
+    <row r="151" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="2"/>
+      <c r="C151" s="4"/>
+      <c r="D151" s="2"/>
+      <c r="E151" s="4"/>
+      <c r="F151" s="2"/>
+      <c r="G151" s="4"/>
+      <c r="H151" s="2"/>
+      <c r="I151" s="4"/>
+      <c r="J151" s="2"/>
+      <c r="K151" s="4"/>
+      <c r="L151" s="3"/>
+      <c r="N151" s="1"/>
+    </row>
+    <row r="152" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="2"/>
+      <c r="C152" s="4"/>
+      <c r="D152" s="2"/>
+      <c r="E152" s="4"/>
+      <c r="F152" s="2"/>
+      <c r="G152" s="4"/>
+      <c r="H152" s="2"/>
+      <c r="I152" s="4"/>
+      <c r="J152" s="2"/>
+      <c r="K152" s="4"/>
+      <c r="L152" s="3"/>
+      <c r="N152" s="1"/>
+    </row>
+    <row r="153" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="2"/>
+      <c r="C153" s="4"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="4"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="4"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="4"/>
+      <c r="J153" s="2"/>
+      <c r="K153" s="4"/>
+      <c r="L153" s="3"/>
+      <c r="N153" s="1"/>
+    </row>
+    <row r="154" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="2"/>
+      <c r="C154" s="4"/>
+      <c r="D154" s="2"/>
+      <c r="E154" s="4"/>
+      <c r="F154" s="2"/>
+      <c r="G154" s="4"/>
+      <c r="H154" s="2"/>
+      <c r="I154" s="4"/>
+      <c r="J154" s="2"/>
+      <c r="K154" s="4"/>
+      <c r="L154" s="3"/>
+      <c r="N154" s="1"/>
+    </row>
+    <row r="155" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="2"/>
+      <c r="C155" s="4"/>
+      <c r="D155" s="2"/>
+      <c r="E155" s="4"/>
+      <c r="F155" s="2"/>
+      <c r="G155" s="4"/>
+      <c r="H155" s="2"/>
+      <c r="I155" s="4"/>
+      <c r="J155" s="2"/>
+      <c r="K155" s="4"/>
+      <c r="L155" s="3"/>
+      <c r="N155" s="1"/>
+    </row>
+    <row r="156" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="2"/>
+      <c r="C156" s="4"/>
+      <c r="D156" s="2"/>
+      <c r="E156" s="4"/>
+      <c r="F156" s="2"/>
+      <c r="G156" s="4"/>
+      <c r="H156" s="2"/>
+      <c r="I156" s="4"/>
+      <c r="J156" s="2"/>
+      <c r="K156" s="4"/>
+      <c r="L156" s="3"/>
+      <c r="N156" s="1"/>
+    </row>
+    <row r="157" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="2"/>
+      <c r="C157" s="4"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="4"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="4"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="4"/>
+      <c r="J157" s="2"/>
+      <c r="K157" s="4"/>
+      <c r="L157" s="3"/>
+      <c r="N157" s="1"/>
+    </row>
+    <row r="158" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="2"/>
+      <c r="C158" s="4"/>
+      <c r="D158" s="2"/>
+      <c r="E158" s="4"/>
+      <c r="F158" s="2"/>
+      <c r="G158" s="4"/>
+      <c r="H158" s="2"/>
+      <c r="I158" s="4"/>
+      <c r="J158" s="2"/>
+      <c r="K158" s="4"/>
+      <c r="L158" s="3"/>
+      <c r="N158" s="1"/>
+    </row>
+    <row r="159" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="2"/>
+      <c r="C159" s="4"/>
+      <c r="D159" s="2"/>
+      <c r="E159" s="4"/>
+      <c r="F159" s="2"/>
+      <c r="G159" s="4"/>
+      <c r="H159" s="2"/>
+      <c r="I159" s="4"/>
+      <c r="J159" s="2"/>
+      <c r="K159" s="4"/>
+      <c r="L159" s="3"/>
+      <c r="N159" s="1"/>
+    </row>
+    <row r="160" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="2"/>
+      <c r="C160" s="4"/>
+      <c r="D160" s="2"/>
+      <c r="E160" s="4"/>
+      <c r="F160" s="2"/>
+      <c r="G160" s="4"/>
+      <c r="H160" s="2"/>
+      <c r="I160" s="4"/>
+      <c r="J160" s="2"/>
+      <c r="K160" s="4"/>
+      <c r="L160" s="3"/>
+      <c r="N160" s="1"/>
+    </row>
+    <row r="161" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="2"/>
+      <c r="C161" s="4"/>
+      <c r="D161" s="2"/>
+      <c r="E161" s="4"/>
+      <c r="F161" s="2"/>
+      <c r="G161" s="4"/>
+      <c r="H161" s="2"/>
+      <c r="I161" s="4"/>
+      <c r="J161" s="2"/>
+      <c r="K161" s="4"/>
+      <c r="L161" s="3"/>
+      <c r="N161" s="1"/>
+    </row>
+    <row r="162" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="2"/>
+      <c r="C162" s="4"/>
+      <c r="D162" s="2"/>
+      <c r="E162" s="4"/>
+      <c r="F162" s="2"/>
+      <c r="G162" s="4"/>
+      <c r="H162" s="2"/>
+      <c r="I162" s="4"/>
+      <c r="J162" s="2"/>
+      <c r="K162" s="4"/>
+      <c r="L162" s="3"/>
+      <c r="N162" s="1"/>
+    </row>
+    <row r="163" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="2"/>
+      <c r="C163" s="4"/>
+      <c r="D163" s="2"/>
+      <c r="E163" s="4"/>
+      <c r="F163" s="2"/>
+      <c r="G163" s="4"/>
+      <c r="H163" s="2"/>
+      <c r="I163" s="4"/>
+      <c r="J163" s="2"/>
+      <c r="K163" s="4"/>
+      <c r="L163" s="3"/>
+      <c r="N163" s="1"/>
+    </row>
+    <row r="164" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="2"/>
+      <c r="C164" s="4"/>
+      <c r="D164" s="2"/>
+      <c r="E164" s="4"/>
+      <c r="F164" s="2"/>
+      <c r="G164" s="4"/>
+      <c r="H164" s="2"/>
+      <c r="I164" s="4"/>
+      <c r="J164" s="2"/>
+      <c r="K164" s="4"/>
+      <c r="L164" s="3"/>
+      <c r="N164" s="1"/>
+    </row>
+    <row r="165" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="2"/>
+      <c r="C165" s="4"/>
+      <c r="D165" s="2"/>
+      <c r="E165" s="4"/>
+      <c r="F165" s="2"/>
+      <c r="G165" s="4"/>
+      <c r="H165" s="2"/>
+      <c r="I165" s="4"/>
+      <c r="J165" s="2"/>
+      <c r="K165" s="4"/>
+      <c r="L165" s="3"/>
+      <c r="N165" s="1"/>
+    </row>
+    <row r="166" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="2"/>
+      <c r="C166" s="4"/>
+      <c r="D166" s="2"/>
+      <c r="E166" s="4"/>
+      <c r="F166" s="2"/>
+      <c r="G166" s="4"/>
+      <c r="H166" s="2"/>
+      <c r="I166" s="4"/>
+      <c r="J166" s="2"/>
+      <c r="K166" s="4"/>
+      <c r="L166" s="3"/>
+      <c r="N166" s="1"/>
+    </row>
+    <row r="167" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="168" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="169" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="170" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="171" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="172" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="173" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="174" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="175" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="176" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <mergeCells count="4">
-[...4 lines deleted...]
-  </mergeCells>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:H102">
+    <sortCondition ref="A3:A102"/>
+  </sortState>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0" header="0.5" footer="0.5"/>
-  <pageSetup scale="85" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0" header="0.5" footer="0.5"/>
+  <pageSetup scale="65" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
-  <rowBreaks count="2" manualBreakCount="2">
-[...2 lines deleted...]
-  </rowBreaks>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86D5B56E-2A71-4FED-8C3C-0505832CF5F2}">
+  <dimension ref="A1:E11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B15" sqref="B15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="15.26953125" style="9" customWidth="1"/>
+    <col min="2" max="2" width="101.1796875" style="9" customWidth="1"/>
+    <col min="3" max="3" width="30" style="9" customWidth="1"/>
+    <col min="4" max="16384" width="8.7265625" style="9"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="26" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" s="11"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A3" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" s="13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="34" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="14">
+        <v>1</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="34" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="14">
+        <v>2</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="34" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="14">
+        <v>3</v>
+      </c>
+      <c r="B6" s="15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="34" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="14">
+        <v>4</v>
+      </c>
+      <c r="B7" s="15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="34" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="14">
+        <v>5</v>
+      </c>
+      <c r="B8" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E8" s="16"/>
+    </row>
+    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B9" s="18"/>
+      <c r="E9" s="16"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E10" s="16"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E11" s="16"/>
+    </row>
+  </sheetData>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="70" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'2021-2025'!Print_Titles</vt:lpstr>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Rates</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>Notes!Print_Area</vt:lpstr>
+      <vt:lpstr>'Rates'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Rates'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Corporation</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>