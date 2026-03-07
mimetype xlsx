--- v0 (2025-10-24)
+++ v1 (2026-03-07)
@@ -1,546 +1,1233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27531"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\Local 2024-2025\Tax Rates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Private\Tax Admin\Property Tax\Information Unit\Local\ADA Project\Reports Requiring ADA Remediation\Tax Rates County\3. ADA Compliant\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{692CA7B3-B1BB-4444-BCCE-9686236F715B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EA352A19-225B-47F6-8AAB-81928808FA25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-57710" yWindow="-1750" windowWidth="29020" windowHeight="15700" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024-2025" sheetId="2" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
+    <sheet name="County Rates" sheetId="2" r:id="rId1"/>
+    <sheet name="Notes" sheetId="5" r:id="rId2"/>
+    <sheet name="x" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2024-2025'!$A$1:$K$77</definedName>
+    <definedName name="\a">#REF!</definedName>
+    <definedName name="\x">#REF!</definedName>
+    <definedName name="\z">#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'County Rates'!$A$1:$E$103</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">Notes!$A$1:$B$9</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">x!$A$1:$B$9</definedName>
+    <definedName name="Print_Area_MI">#REF!</definedName>
+    <definedName name="Print_Titles_MI">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="120">
-[...20 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="116">
   <si>
     <t>Counties</t>
   </si>
   <si>
-    <t>Rate</t>
-[...307 lines deleted...]
-  <si>
     <t>Property subject to taxation must be assessed at 100% of appraised value.</t>
   </si>
   <si>
-    <t>Reappraisals are effective January 1 of year shown.  Real property must be reappraised every 8 years but</t>
-[...20 lines deleted...]
-    <t>provided to NCDOR as of July 2024.</t>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>Note Number</t>
+  </si>
+  <si>
+    <t>Note Text</t>
+  </si>
+  <si>
+    <t>North Carolina Department of Revenue, Local Government Division, 919-814-1129 are presented with the counties where they are located.</t>
+  </si>
+  <si>
+    <t>End of worksheet</t>
+  </si>
+  <si>
+    <t>All rates per $100 valuation</t>
+  </si>
+  <si>
+    <t>Reappraisals are effective January 1 of year shown.  Real property must be reappraised every 8 years but counties may elect to reappraise more frequently.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alamance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alexander </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alleghany </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ashe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Beaufort </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bertie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bladen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brunswick </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Buncombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Burke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cabarrus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caldwell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camden </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carteret </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caswell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catawba </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chatham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cherokee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cleveland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Columbus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Craven </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cumberland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Currituck </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dare </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davidson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davie </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duplin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edgecombe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Forsyth </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franklin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Graham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Granville </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guilford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halifax </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harnett </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Haywood </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Henderson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hertford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoke </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hyde </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iredell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jackson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnston </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jones </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lee </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lenoir </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Macon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Madison </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mcdowell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mecklenburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitchell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montgomery </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nash </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Hanover </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northampton </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Onslow </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pamlico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pasquotank </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pender </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perquimans </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Person </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pitt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polk </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Randolph </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richmond </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Robeson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rockingham </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rowan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rutherford </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scotland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stanly </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stokes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surry </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Swain </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Transylvania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrrell </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Union </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vance </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wake </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warren </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Washington </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Watauga </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wayne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilkes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilson </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yadkin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yancey </t>
+  </si>
+  <si>
+    <t>End of worksheet [Note 5]</t>
+  </si>
+  <si>
+    <t>Year of Latest Reapprasial
+[Notes 1,2]</t>
+  </si>
+  <si>
+    <t>Tax Rate
+[Notes 1,2]</t>
+  </si>
+  <si>
+    <t>Next Schedules Reappraisal
+ Notes [3,4]</t>
+  </si>
+  <si>
+    <t>Year shown for next scheduled reappraisal is the year indicated based on the Octennial Reappraisal Budget Reserve provided to NCDOR as of July 2024.</t>
+  </si>
+  <si>
+    <t>2023-2024 Property Tax Rates And Reappraisal Schedules For North Carolina Counties</t>
+  </si>
+  <si>
+    <t>2024-2025 Property Tax Rates And Reappraisal Schedules For North Carolina Counties</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode=".0000"/>
   </numFmts>
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-      <sz val="8"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="3"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="1">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color auto="1"/>
+      </left>
+      <right style="hair">
+        <color auto="1"/>
+      </right>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color theme="1"/>
+      </left>
+      <right style="hair">
+        <color theme="1"/>
+      </right>
+      <top style="hair">
+        <color theme="1"/>
+      </top>
+      <bottom style="hair">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyProtection="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyProtection="0">
+      <alignment horizontal="left"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="4" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="4" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="8">
+    <cellStyle name="Heading 1 2" xfId="2" xr:uid="{40CF754A-7B7E-4FC8-B4EB-FE96F6DCBA85}"/>
+    <cellStyle name="Heading 2" xfId="1" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Heading 2 2" xfId="4" xr:uid="{961A4E84-ED9B-42DE-960B-AF26A3C7B1E1}"/>
+    <cellStyle name="Heading 3" xfId="5" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Heading 3 2" xfId="6" xr:uid="{8A61C994-0D0D-44B1-98AF-E2541A988FDF}"/>
+    <cellStyle name="Heading 3 3" xfId="7" xr:uid="{6399BFCE-75BC-46F2-AAC0-CF724CE458E8}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 3" xfId="3" xr:uid="{6C2E819A-5AC3-4803-857A-A24FBBB1BC5D}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="20">
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color auto="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="164" formatCode=".0000"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{7D8BC74F-8A19-4F70-9F41-8A8468C9D9C6}" name="Rates" displayName="Rates" ref="A2:D102" totalsRowShown="0" headerRowDxfId="19" headerRowBorderDxfId="18" tableBorderDxfId="17" totalsRowBorderDxfId="16" headerRowCellStyle="Heading 2">
+  <tableColumns count="4">
+    <tableColumn id="1" xr3:uid="{3D908533-166E-43A2-9DDF-116D1CF86D8B}" name="Counties" dataDxfId="15"/>
+    <tableColumn id="2" xr3:uid="{E5023B1B-0514-4D8B-AB29-85EEF195A47B}" name="Tax Rate_x000a_[Notes 1,2]" dataDxfId="14"/>
+    <tableColumn id="3" xr3:uid="{8C0491D4-0C82-4F7A-9207-F730821C526F}" name="Year of Latest Reapprasial_x000a_[Notes 1,2]" dataDxfId="13"/>
+    <tableColumn id="4" xr3:uid="{BDA1A7C2-2BB1-49DB-A3EA-62CEFB5BE1C9}" name="Next Schedules Reappraisal_x000a_ Notes [3,4]" dataDxfId="12"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{F5C2F3AA-6A25-430C-80A0-5C6910A25404}" name="Notes4" displayName="Notes4" ref="A3:B8" totalsRowShown="0" headerRowDxfId="11" dataDxfId="10" tableBorderDxfId="9" totalsRowBorderDxfId="8" headerRowCellStyle="Heading 3">
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{254F2BE9-EC9D-4FF9-962D-3EC0B5CC250A}" name="Note Number" dataDxfId="7"/>
+    <tableColumn id="2" xr3:uid="{6EC097D2-B81E-4B20-87E6-502D4C9CDCFD}" name="Note Text" dataDxfId="6"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A18CB3D9-0E24-47AD-B108-9A1A04326B6B}" name="Notes" displayName="Notes" ref="A3:B8" totalsRowShown="0" headerRowDxfId="5" dataDxfId="4" tableBorderDxfId="3" totalsRowBorderDxfId="2" headerRowCellStyle="Heading 2">
+  <tableColumns count="2">
+    <tableColumn id="1" xr3:uid="{9BE01778-2089-4EE6-AB51-A982BC832897}" name="Note Number" dataDxfId="1"/>
+    <tableColumn id="2" xr3:uid="{E0AC6723-9165-4193-8AB8-B44861F9E9A4}" name="Note Text" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -761,2425 +1448,1842 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M96"/>
+  <dimension ref="A1:E103"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:K1"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="14.7265625" customWidth="1"/>
+    <col min="2" max="2" width="15.1796875" customWidth="1"/>
+    <col min="3" max="3" width="20.26953125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="23.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="57.26953125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+    </row>
+    <row r="2" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="C2" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="D2" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="E2" s="15"/>
+    </row>
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" s="17">
+        <v>0.46899999999999997</v>
+      </c>
+      <c r="C3" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D3" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E3" s="14"/>
+    </row>
+    <row r="4" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="17">
+        <v>0.65</v>
+      </c>
+      <c r="C4" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D4" s="21">
+        <v>2031</v>
+      </c>
+      <c r="E4" s="14"/>
+    </row>
+    <row r="5" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="17">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="C5" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D5" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E5" s="14"/>
+    </row>
+    <row r="6" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="17">
+        <v>0.77700000000000002</v>
+      </c>
+      <c r="C6" s="18">
+        <v>2018</v>
+      </c>
+      <c r="D6" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E6" s="14"/>
+    </row>
+    <row r="7" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" s="17">
+        <v>0.44</v>
+      </c>
+      <c r="C7" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D7" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E7" s="14"/>
+    </row>
+    <row r="8" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="C8" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D8" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E8" s="14"/>
+    </row>
+    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="C9" s="18">
+        <v>2018</v>
+      </c>
+      <c r="D9" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E9" s="14"/>
+    </row>
+    <row r="10" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="C10" s="18">
+        <v>2020</v>
+      </c>
+      <c r="D10" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E10" s="14"/>
+    </row>
+    <row r="11" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="17">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="C11" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D11" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E11" s="14"/>
+    </row>
+    <row r="12" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="17">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="C12" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D12" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E12" s="14"/>
+    </row>
+    <row r="13" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="17">
+        <v>0.51759999999999995</v>
+      </c>
+      <c r="C13" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D13" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E13" s="14"/>
+    </row>
+    <row r="14" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="17">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="C14" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D14" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E14" s="14"/>
+    </row>
+    <row r="15" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="17">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="C15" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D15" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E15" s="14"/>
+    </row>
+    <row r="16" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="17">
+        <v>0.63</v>
+      </c>
+      <c r="C16" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D16" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E16" s="14"/>
+    </row>
+    <row r="17" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="17">
+        <v>0.73</v>
+      </c>
+      <c r="C17" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D17" s="21">
+        <v>2031</v>
+      </c>
+      <c r="E17" s="14"/>
+    </row>
+    <row r="18" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="17">
+        <v>0.34</v>
+      </c>
+      <c r="C18" s="18">
+        <v>2020</v>
+      </c>
+      <c r="D18" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E18" s="14"/>
+    </row>
+    <row r="19" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="B19" s="17">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="C19" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D19" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E19" s="14"/>
+    </row>
+    <row r="20" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="17">
+        <v>0.39850000000000002</v>
+      </c>
+      <c r="C20" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D20" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E20" s="14"/>
+    </row>
+    <row r="21" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="B21" s="17">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="C21" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D21" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E21" s="14"/>
+    </row>
+    <row r="22" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="17">
+        <v>0.61</v>
+      </c>
+      <c r="C22" s="18">
+        <v>2020</v>
+      </c>
+      <c r="D22" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E22" s="14"/>
+    </row>
+    <row r="23" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="B23" s="17">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="C23" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D23" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E23" s="14"/>
+    </row>
+    <row r="24" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="17">
+        <v>0.43</v>
+      </c>
+      <c r="C24" s="18">
+        <v>2018</v>
+      </c>
+      <c r="D24" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E24" s="14"/>
+    </row>
+    <row r="25" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="B25" s="17">
+        <v>0.6875</v>
+      </c>
+      <c r="C25" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D25" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E25" s="14"/>
+    </row>
+    <row r="26" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="B26" s="17">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="C26" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D26" s="21">
+        <v>2029</v>
+      </c>
+      <c r="E26" s="14"/>
+    </row>
+    <row r="27" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="B27" s="17">
+        <v>0.44479999999999997</v>
+      </c>
+      <c r="C27" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D27" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E27" s="14"/>
+    </row>
+    <row r="28" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="B28" s="17">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="C28" s="18">
+        <v>2017</v>
+      </c>
+      <c r="D28" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E28" s="14"/>
+    </row>
+    <row r="29" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="B29" s="17">
+        <v>0.62</v>
+      </c>
+      <c r="C29" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D29" s="21">
+        <v>2029</v>
+      </c>
+      <c r="E29" s="14"/>
+    </row>
+    <row r="30" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="B30" s="17">
+        <v>0.40050000000000002</v>
+      </c>
+      <c r="C30" s="18">
+        <v>2020</v>
+      </c>
+      <c r="D30" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E30" s="14"/>
+    </row>
+    <row r="31" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="B31" s="17">
+        <v>0.54</v>
+      </c>
+      <c r="C31" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D31" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E31" s="14"/>
+    </row>
+    <row r="32" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="B32" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="C32" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D32" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E32" s="14"/>
+    </row>
+    <row r="33" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="B33" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="C33" s="18">
+        <v>2017</v>
+      </c>
+      <c r="D33" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E33" s="14"/>
+    </row>
+    <row r="34" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="B34" s="17">
+        <v>0.79869999999999997</v>
+      </c>
+      <c r="C34" s="18">
+        <v>2019</v>
+      </c>
+      <c r="D34" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E34" s="14"/>
+    </row>
+    <row r="35" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B35" s="17">
+        <v>0.89</v>
+      </c>
+      <c r="C35" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D35" s="21">
+        <v>2032</v>
+      </c>
+      <c r="E35" s="14"/>
+    </row>
+    <row r="36" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" s="17">
+        <v>0.67779999999999996</v>
+      </c>
+      <c r="C36" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D36" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E36" s="14"/>
+    </row>
+    <row r="37" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" s="17">
+        <v>0.505</v>
+      </c>
+      <c r="C37" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D37" s="21">
+        <v>2030</v>
+      </c>
+      <c r="E37" s="14"/>
+    </row>
+    <row r="38" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="17">
+        <v>0.59899999999999998</v>
+      </c>
+      <c r="C38" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D38" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E38" s="14"/>
+    </row>
+    <row r="39" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="B39" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="C39" s="18">
+        <v>2017</v>
+      </c>
+      <c r="D39" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E39" s="14"/>
+    </row>
+    <row r="40" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B40" s="17">
+        <v>0.59</v>
+      </c>
+      <c r="C40" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D40" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E40" s="14"/>
+    </row>
+    <row r="41" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="B41" s="17">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="C41" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D41" s="21">
+        <v>2030</v>
+      </c>
+      <c r="E41" s="14"/>
+    </row>
+    <row r="42" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="B42" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="C42" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D42" s="21">
+        <v>2029</v>
+      </c>
+      <c r="E42" s="14"/>
+    </row>
+    <row r="43" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="B43" s="17">
+        <v>0.73050000000000004</v>
+      </c>
+      <c r="C43" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D43" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E43" s="14"/>
+    </row>
+    <row r="44" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="B44" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="C44" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D44" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E44" s="14"/>
+    </row>
+    <row r="45" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="B45" s="17">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="C45" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D45" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E45" s="14"/>
+    </row>
+    <row r="46" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="B46" s="17">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="C46" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D46" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E46" s="14"/>
+    </row>
+    <row r="47" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="B47" s="17">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="C47" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D47" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E47" s="14"/>
+    </row>
+    <row r="48" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="B48" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="C48" s="18">
+        <v>2019</v>
+      </c>
+      <c r="D48" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E48" s="14"/>
+    </row>
+    <row r="49" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="B49" s="17">
+        <v>0.73</v>
+      </c>
+      <c r="C49" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D49" s="21">
+        <v>2030</v>
+      </c>
+      <c r="E49" s="14"/>
+    </row>
+    <row r="50" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="B50" s="17">
+        <v>0.92</v>
+      </c>
+      <c r="C50" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D50" s="21">
+        <v>2030</v>
+      </c>
+      <c r="E50" s="14"/>
+    </row>
+    <row r="51" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B51" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="C51" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D51" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E51" s="14"/>
+    </row>
+    <row r="52" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B52" s="17">
+        <v>0.38</v>
+      </c>
+      <c r="C52" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D52" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E52" s="14"/>
+    </row>
+    <row r="53" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="B53" s="17">
+        <v>0.67</v>
+      </c>
+      <c r="C53" s="18">
+        <v>2019</v>
+      </c>
+      <c r="D53" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E53" s="14"/>
+    </row>
+    <row r="54" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="B54" s="17">
+        <v>0.74</v>
+      </c>
+      <c r="C54" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D54" s="21">
+        <v>2030</v>
+      </c>
+      <c r="E54" s="14"/>
+    </row>
+    <row r="55" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B55" s="17">
+        <v>0.65</v>
+      </c>
+      <c r="C55" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D55" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E55" s="14"/>
+    </row>
+    <row r="56" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="B56" s="17">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="C56" s="18">
+        <v>2017</v>
+      </c>
+      <c r="D56" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E56" s="14"/>
+    </row>
+    <row r="57" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="B57" s="17">
+        <v>0.499</v>
+      </c>
+      <c r="C57" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D57" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E57" s="14"/>
+    </row>
+    <row r="58" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="B58" s="17">
+        <v>0.27</v>
+      </c>
+      <c r="C58" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D58" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E58" s="14"/>
+    </row>
+    <row r="59" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="B59" s="17">
+        <v>0.36</v>
+      </c>
+      <c r="C59" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D59" s="21">
+        <v>2032</v>
+      </c>
+      <c r="E59" s="14"/>
+    </row>
+    <row r="60" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="B60" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="C60" s="18">
+        <v>2017</v>
+      </c>
+      <c r="D60" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E60" s="14"/>
+    </row>
+    <row r="61" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A61" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="B61" s="17">
+        <v>0.5675</v>
+      </c>
+      <c r="C61" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D61" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E61" s="14"/>
+    </row>
+    <row r="62" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A62" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="B62" s="17">
+        <v>0.48309999999999997</v>
+      </c>
+      <c r="C62" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D62" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E62" s="14"/>
+    </row>
+    <row r="63" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="B63" s="17">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="C63" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D63" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E63" s="13"/>
+    </row>
+    <row r="64" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B64" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="C64" s="18">
+        <v>2020</v>
+      </c>
+      <c r="D64" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E64" s="13"/>
+    </row>
+    <row r="65" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="B65" s="17">
+        <v>0.31</v>
+      </c>
+      <c r="C65" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D65" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E65" s="13"/>
+    </row>
+    <row r="66" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="B66" s="17">
+        <v>0.63</v>
+      </c>
+      <c r="C66" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D66" s="21">
+        <v>2032</v>
+      </c>
+      <c r="E66" s="13"/>
+    </row>
+    <row r="67" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="20" t="s">
+        <v>73</v>
+      </c>
+      <c r="B67" s="17">
+        <v>0.45</v>
+      </c>
+      <c r="C67" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D67" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E67" s="13"/>
+    </row>
+    <row r="68" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="B68" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="C68" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D68" s="21">
+        <v>2031</v>
+      </c>
+      <c r="E68" s="13"/>
+    </row>
+    <row r="69" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="B69" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="C69" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D69" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E69" s="13"/>
+    </row>
+    <row r="70" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B70" s="17">
+        <v>0.8629</v>
+      </c>
+      <c r="C70" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D70" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E70" s="13"/>
+    </row>
+    <row r="71" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="B71" s="17">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="C71" s="18">
+        <v>2020</v>
+      </c>
+      <c r="D71" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E71" s="13"/>
+    </row>
+    <row r="72" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="B72" s="17">
+        <v>0.62</v>
+      </c>
+      <c r="C72" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D72" s="21">
+        <v>2030</v>
+      </c>
+      <c r="E72" s="14"/>
+    </row>
+    <row r="73" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A73" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="B73" s="17">
+        <v>0.73750000000000004</v>
+      </c>
+      <c r="C73" s="18">
+        <v>2019</v>
+      </c>
+      <c r="D73" s="21">
+        <v>2026</v>
+      </c>
+      <c r="E73" s="14"/>
+    </row>
+    <row r="74" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="B74" s="17">
+        <v>0.52</v>
+      </c>
+      <c r="C74" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D74" s="21">
+        <v>2032</v>
+      </c>
+      <c r="E74" s="14"/>
+    </row>
+    <row r="75" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A75" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="B75" s="17">
+        <v>0.72250000000000003</v>
+      </c>
+      <c r="C75" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D75" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E75" s="14"/>
+    </row>
+    <row r="76" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A76" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="B76" s="17">
+        <v>0.56630000000000003</v>
+      </c>
+      <c r="C76" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D76" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E76" s="14"/>
+    </row>
+    <row r="77" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A77" s="20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B77" s="17">
+        <v>0.5343</v>
+      </c>
+      <c r="C77" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D77" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E77" s="14"/>
+    </row>
+    <row r="78" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B78" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="C78" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D78" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E78" s="14"/>
+    </row>
+    <row r="79" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B79" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="C79" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D79" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E79" s="14"/>
+    </row>
+    <row r="80" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B80" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="C80" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D80" s="21">
+        <v>2030</v>
+      </c>
+      <c r="E80" s="14"/>
+    </row>
+    <row r="81" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B81" s="17">
+        <v>0.58009999999999995</v>
+      </c>
+      <c r="C81" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D81" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E81" s="14"/>
+    </row>
+    <row r="82" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A82" s="20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B82" s="17">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="C82" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D82" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E82" s="14"/>
+    </row>
+    <row r="83" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A83" s="20" t="s">
+        <v>89</v>
+      </c>
+      <c r="B83" s="17">
+        <v>0.45400000000000001</v>
+      </c>
+      <c r="C83" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D83" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E83" s="14"/>
+    </row>
+    <row r="84" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B84" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="C84" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D84" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E84" s="14"/>
+    </row>
+    <row r="85" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="B85" s="17">
+        <v>0.99</v>
+      </c>
+      <c r="C85" s="18">
+        <v>2019</v>
+      </c>
+      <c r="D85" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E85" s="14"/>
+    </row>
+    <row r="86" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A86" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B86" s="17">
+        <v>0.61</v>
+      </c>
+      <c r="C86" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D86" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E86" s="14"/>
+    </row>
+    <row r="87" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A87" s="20" t="s">
+        <v>93</v>
+      </c>
+      <c r="B87" s="17">
+        <v>0.71</v>
+      </c>
+      <c r="C87" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D87" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E87" s="14"/>
+    </row>
+    <row r="88" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A88" s="20" t="s">
+        <v>94</v>
+      </c>
+      <c r="B88" s="17">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="C88" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D88" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E88" s="14"/>
+    </row>
+    <row r="89" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A89" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B89" s="17">
+        <v>0.41</v>
+      </c>
+      <c r="C89" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D89" s="21">
+        <v>2029</v>
+      </c>
+      <c r="E89" s="14"/>
+    </row>
+    <row r="90" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A90" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="B90" s="17">
+        <v>0.60329999999999995</v>
+      </c>
+      <c r="C90" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D90" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E90" s="14"/>
+    </row>
+    <row r="91" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="B91" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="C91" s="18">
+        <v>2017</v>
+      </c>
+      <c r="D91" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E91" s="13"/>
+    </row>
+    <row r="92" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A92" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="B92" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="C92" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D92" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E92" s="13"/>
+    </row>
+    <row r="93" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A93" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="B93" s="17">
+        <v>0.71289999999999998</v>
+      </c>
+      <c r="C93" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D93" s="21">
+        <v>2032</v>
+      </c>
+      <c r="E93" s="13"/>
+    </row>
+    <row r="94" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A94" s="20" t="s">
+        <v>100</v>
+      </c>
+      <c r="B94" s="17">
+        <v>0.51349999999999996</v>
+      </c>
+      <c r="C94" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D94" s="21">
+        <v>2028</v>
+      </c>
+      <c r="E94" s="13"/>
+    </row>
+    <row r="95" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A95" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B95" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="C95" s="18">
+        <v>2017</v>
+      </c>
+      <c r="D95" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E95" s="13"/>
+    </row>
+    <row r="96" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A96" s="20" t="s">
+        <v>102</v>
+      </c>
+      <c r="B96" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="C96" s="18">
+        <v>2021</v>
+      </c>
+      <c r="D96" s="21">
+        <v>2029</v>
+      </c>
+      <c r="E96" s="13"/>
+    </row>
+    <row r="97" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A97" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B97" s="17">
+        <v>0.318</v>
+      </c>
+      <c r="C97" s="18">
+        <v>2022</v>
+      </c>
+      <c r="D97" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E97" s="13"/>
+    </row>
+    <row r="98" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A98" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="B98" s="17">
+        <v>0.76749999999999996</v>
+      </c>
+      <c r="C98" s="18">
+        <v>2019</v>
+      </c>
+      <c r="D98" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E98" s="13"/>
+    </row>
+    <row r="99" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A99" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="B99" s="17">
+        <v>0.66</v>
+      </c>
+      <c r="C99" s="18">
+        <v>2019</v>
+      </c>
+      <c r="D99" s="21">
+        <v>2025</v>
+      </c>
+      <c r="E99" s="13"/>
+    </row>
+    <row r="100" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A100" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="B100" s="17">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="C100" s="18">
+        <v>2024</v>
+      </c>
+      <c r="D100" s="21">
+        <v>2032</v>
+      </c>
+      <c r="E100" s="13"/>
+    </row>
+    <row r="101" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="B101" s="17">
+        <v>0.65</v>
+      </c>
+      <c r="C101" s="18">
+        <v>2023</v>
+      </c>
+      <c r="D101" s="21">
+        <v>2027</v>
+      </c>
+      <c r="E101" s="13"/>
+    </row>
+    <row r="102" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A102" s="25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B102" s="26">
+        <v>0.52</v>
+      </c>
+      <c r="C102" s="27">
+        <v>2024</v>
+      </c>
+      <c r="D102" s="28">
+        <v>2032</v>
+      </c>
+      <c r="E102" s="13"/>
+    </row>
+    <row r="103" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A103" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B103" s="14"/>
+      <c r="C103" s="15"/>
+      <c r="D103" s="15"/>
+      <c r="E103" s="13"/>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:D103">
+    <sortCondition ref="A3:A103"/>
+  </sortState>
+  <printOptions horizontalCentered="1" verticalCentered="1"/>
+  <pageMargins left="0.25" right="0.25" top="0" bottom="0.5" header="0.3" footer="0.3"/>
+  <pageSetup scale="65" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37A9434F-D405-4123-8BD1-8C2F3F8422DA}">
+  <dimension ref="A1:E11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="15.26953125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="82.81640625" style="3" customWidth="1"/>
+    <col min="3" max="3" width="30" style="3" customWidth="1"/>
+    <col min="4" max="16384" width="8.7265625" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="5"/>
+    </row>
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="31" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" s="32" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="29">
+        <v>1</v>
+      </c>
+      <c r="B4" s="30" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="29">
+        <v>2</v>
+      </c>
+      <c r="B5" s="30" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="29">
+        <v>3</v>
+      </c>
+      <c r="B6" s="30" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="29">
+        <v>4</v>
+      </c>
+      <c r="B7" s="30" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="29">
+        <v>5</v>
+      </c>
+      <c r="B8" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="E8" s="10"/>
+    </row>
+    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="12"/>
+      <c r="E9" s="10"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E10" s="10"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E11" s="10"/>
+    </row>
+  </sheetData>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="80" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EA853E72-A053-4D2C-B16D-B6CE36EECB6F}">
+  <dimension ref="A1:E11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E20" sqref="E20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14.7265625" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="13.54296875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="15.26953125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="82.81640625" style="3" customWidth="1"/>
+    <col min="3" max="3" width="30" style="3" customWidth="1"/>
+    <col min="4" max="16384" width="8.7265625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.35">
-[...34 lines deleted...]
-      <c r="A3" s="8" t="s">
+    <row r="1" spans="1:5" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="19" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="5"/>
+    </row>
+    <row r="3" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="8">
         <v>1</v>
       </c>
-      <c r="B3" s="8"/>
-[...31 lines deleted...]
-      <c r="D5" s="3" t="s">
+      <c r="B4" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="8">
         <v>2</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="B5" s="9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="8">
         <v>3</v>
       </c>
-      <c r="F5" s="3"/>
-[...15 lines deleted...]
-      <c r="C6" s="3" t="s">
+      <c r="B6" s="9" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="8">
         <v>4</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="B7" s="9" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="8">
         <v>5</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="B8" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="E8" s="10"/>
+    </row>
+    <row r="9" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="3"/>
-[...2198 lines deleted...]
-      <c r="M96" s="2"/>
+      <c r="B9" s="12"/>
+      <c r="E9" s="10"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E10" s="10"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="E11" s="10"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-[...21 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="80" orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>'2024-2025'!Print_Area</vt:lpstr>
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>County Rates</vt:lpstr>
+      <vt:lpstr>Notes</vt:lpstr>
+      <vt:lpstr>x</vt:lpstr>
+      <vt:lpstr>'County Rates'!Print_Area</vt:lpstr>
+      <vt:lpstr>Notes!Print_Area</vt:lpstr>
+      <vt:lpstr>x!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NCDOR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>County Tax Rates and Reappraisal Schedules</dc:title>
   <dc:creator>George G. Hermane</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>